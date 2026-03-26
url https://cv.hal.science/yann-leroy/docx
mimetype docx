--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Yann Leroy </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Docteur en génie Industriel de l’Ecole Nationale Supérieure de Arts et Métiers 2009, Yann Leroy est enseignant-chercheur contratuel du Laboratoire Génie Industriel de CentraleSupélec. Il est qualifié en 2011 aux fonctions de Maître de Conférences par la section CNU 60 (Mécanique, Génie Mécanique, Génie Civil).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rattaché à l’équipe Ingénierie de La Conception (Design Engineering), ses projets de recherche concernent la conception de systèmes industriels durables et l’ingénierie de l’innovation. Il intervient sur l’ensemble du cursus CentraleSupélec et est notamment responsable de la Filière de troisième année « Conception & Industrialisation de Systèmes Innovants » (</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">www.fci.ecp.fr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Il est membre de la Design Society, de l’International Society for Industrial Ecology, de l’Association de chercheurs en éco-conception ECOSD et est Direction Centralesupélec du pôle IDF AIP-Primeca.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Domaines de compétences:</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Analyse de Cycle de Vie</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Eco-Conception</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Méthodologie de conception de produits et services</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Eco-innovation</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ingénierie de l'innovation</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Aide à la décision</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Incertitude</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ecologie Industrielle</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Evaluation environnementale</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Durabilité</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Who decides? Positioning stakeholders in a decision-making process via network modeling and analysis: Application to regional trains decarbonization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Volant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Marle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne-Marie Dalbavie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transportation Research Interdisciplinary Perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 36, pp.101880. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.trip.2026.101880⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selection of a suitable conductor for inductive power transfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Phulpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rym Boulahbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hafaliana Randrianjanaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 5 (1), pp.7. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/magnetism5010007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04983559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing and monitoring the environmental performance of complex industrial projects: a communication-based approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Mansour Salamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Nicolaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cleaner Environmental Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.100295. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cesys.2025.100295⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05158874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential of air-source heat pumps to reduce environmental impacts in 18 European countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Masternak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Reinbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Saelens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 292, pp.130487. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2024.130487⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04549232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choosing an optimized refrigeration system based on sustainability and operational scenarios applied to four supermarket architectures in three European countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmine Salehy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Delahaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hong Minh Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Fournaison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 392, pp.136307. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2023.136307⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04041479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Product-level circularity metrics based on the “Closing–Slowing Future–Past” quadrant model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetiana Shevchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meisam Ranjbari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Production and Consumption</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 34, pp.395-411. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.spc.2022.09.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03812751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nexus Between Life Cycle Assessment, Circularity and Sustainability Indicators—Part II: Experimentations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pigosso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariia Kravchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circular Economy and Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s43615-022-00160-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03586563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operational Context Change Propagation Prediction on Autonomous Vehicles Architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Damak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Trehard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marija Jankovic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Autonomous Vehicles and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1 (3), </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4052556⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03541983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative life cycle assessment and costing of an autonomous lawn mowing system with human-operated alternatives: implication for sustainable design improvements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhonghao Pan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Wattonville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Greenlee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sustainable Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-21. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/19397038.2021.1919785⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03211701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-tool methodology to evaluate action levers to close the loop on critical materials – Application to precious metals used in catalytic converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Production and Consumption</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.spc.2021.01.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03112933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research perspectives in ecodesign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenola Yannou-Le Bris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 6, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/dsj.2020.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02539918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dismantling, remanufacturing and recovering heavy vehicles in a circular economy - Technico-economic and organisational lessons learnt from an industrial pilot study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resources, Conservation and Recycling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 156, pp.104684. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.resconrec.2020.104684⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closing the loop on platinum from catalytic converters: Contributions from material flow analysis and circularity indicators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alissa Kendall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Industrial Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jiec.12852⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02094798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des indicateurs catalyseurs de l’économie circulaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2019.0346⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02069631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A taxonomy of circular economy indicators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alissa Kendall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 207, pp.542-559. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2018.10.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management of the end-of-life of light and heavy vehicles in the U.S.: comparison with the European union in a circular economy perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alissa Kendall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Material Cycles and Waste Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10163-019-00897-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02190787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mining customer product reviews for product development: A summarization process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tianjun Hou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Poirson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expert Systems with Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 132, pp.141-150. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eswa.2019.04.069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02434235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a circular economy for platinum in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alissa Kendall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science for Environment Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 535</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02460298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mining Changes in User Expectation Over Time From Online Reviews</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tianjun Hou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Poirson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanical Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 141 (9), </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4042793⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02434231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An activity-based modelling framework for quantifying occupants' energy consumption in residential buildings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers in Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 103, pp.1-13. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compind.2018.08.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01882940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What about the circular economy of vehicles in the U.S.? An extension of the analysis done in the EU by Saidani et al. (2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alissa Kendall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resources, Conservation and Recycling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 136, pp.287-288</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heavy vehicles on the road towards the circular economy: Analysis and comparison with the automotive industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resources, Conservation and Recycling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.resconrec.2017.06.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01571577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to Assess Product Performance in the Circular Economy? Proposed Requirements for the Design of a Circularity Measurement Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recycling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 2, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/recycling2010006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01483940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecodesign tools in the construction sector: analyzing usage inadequacies with designers' needs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 148, pp.60-72. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2017.01.173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01452620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research directions in eco-innovation: a French perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Tyl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal on Interactive Design and Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (3), pp.309-318. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12008-016-0332-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01446062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of Environmental Impact Estimation in System Architecture & Supplier Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yun Ye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marija Jankovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gül E. Okudan Kremer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Engineering Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 27 (2), pp.117-140. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00163-015-0208-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01272663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-ideation and eco-selection of R&D projects portfolio in complex systems industries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 112 (5), pp.4329-4343. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2015.08.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01186346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient and successfull design methods and tools for sustainable industrial systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Perry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Lepochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Zinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal on Interactive Design and Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (3), pp.211 - 212. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12008-016-0315-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01715876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An occupant-based energy consumption model for user-focused design of residential buildings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toufic Zaraket</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Minel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chapotot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanical Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, special issue on "User Needs and Preferences in Design Engineering", pp.1-11. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4030202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01152335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the environmental impacts of olive packaging solutions for the European food market</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenola Bertoluci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Olsson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 64, pp.234-243. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2013.09.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01159629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploitation scenarios in industrial system LCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Life Cycle Assessment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 19 (1), pp 231-245. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11367-013-0631-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations from radical innovation projects considering the company context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marija Jankovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gül E. Okudan Kremer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanical Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 135 (2), pp.1-21. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4023150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01152298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cost and benefit analysis of future end-of-life vehicle glazing recycling in France: a systematic approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Farel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Ghaffari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resources, Conservation and Recycling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 74, pp.54-65. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.resconrec.2013.02.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00796059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DE LA GESTION DES INCERTITUDES EN ANALYSE DE CYCLE DE VIE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lasvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marché et Organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposition for an adapted management process to evolve from unsupervised Life Cycle Assessment of complex industrial systems towards an eco-designing organization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Millet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concurrent Engineering: Research and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 20 (2), pp.111-126. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1063293X12446663⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00748708v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La conception durable (Partie II) : Applications industrielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenola Bertoluci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Ghaffari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Centraliens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 611, pp.30-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La conception durable (Partie I) : enjeux et outils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenola Bertoluci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Ghaffari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Centraliens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 609, pp.50-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A qualitative, quantitative or mixed approach to deal with uncertainty in Life Cycle Assessment of complex systems: towards a selective integration of uncertainty according to LCA objectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Froelich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Design Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Int. J. Design Engineering, 3 (2), http://www.inderscienceonline.com/doi/pdf/10.1504/IJDE.2010.034862. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJDE.2010.034862⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01157550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (47)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Integrated Framework for Post-Consumer Plastic Waste Management in Europe: Indicators and Macro-Environmental Barriers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Caceres Mendoza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Cruz Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakim Boudaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd CIRP Conference on Life Cycle Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Manchester (UK), United Kingdom. pp.118-123, </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procir.2025.01.056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05172600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">System analysis of digital service system perimeter and its interdependencies in Life Cycle Assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floris Thiant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Penas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Ligozat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE International Symposium on Systems Engineering (ISSE 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05240543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Does Circular Economy Disrupt Business Models: the Case of Ballast Reuse in Railway Projects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Mansour Salamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Nicolaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport Research Arena Conference (TRA 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Dublin, Ireland. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-95284-5_103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04703847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and Analyzing Interactions Between Stakeholders for Train Decarbonization Decisions at a Regional Scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Volant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Marle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne-Marie Dalbavie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Dependency and Structure Modelling Conference, DSM 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Stuttgart, Germany. pp.059-068, </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35199/dsm2024.07⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04731913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of Perceived Relationships Between Environmental Performance Indicators in Ecodesign Projects: the Case of Rail Infrastructure Projects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Mansour Salamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Nicolaï</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th International Conference on Engineering Design (ICED23)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Bordeaux, France. pp.2185-2194, </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/pds.2023.219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposal of a strategic model to unlock the circular potential in industrial practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Benini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tullio Tolio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Chiara Magnanini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd CIRP Design Conference, CIRP Design 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, unknown, France. pp.233-238, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procir.2022.05.242⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04371947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing LCA, circularity and sustainability indicators for sustainable design: results from a hands-on project with 87 engineering students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariia Kravchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pigosso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Engineering Design (ICED21)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Gothenburg, Sweden. pp.681-690, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/pds.2021.68⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UNDERSTANDING AND MONITORING ENVIRONMENTAL PERFORMANCE OF INFRASTRUCTURE DESIGN PROJECTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Mansour Salamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Nicolaï</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Engineering Design (ICED21)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Design Society, Aug 2021, Gothenburg, Sweden. pp.3269-3278, </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/pds.2021.588⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03329672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reflecting on the environmental impact of research activities: an exploratory study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Rebours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th CIRP Life Cycle Engineering (LCE) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Grenoble, France. pp.754-758, </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procir.2020.01.129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02879669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Product circularity indicators: what contributions in designing for a circular economy?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DESIGN Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Dubrovnik, Croatia. pp.2129 - 2138, </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/dsd.2020.76⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02866926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design-for-cost-and-environment: ontological analysis and comparison of service representation approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Villanueva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Design Conference - DESIGN 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Dubrovnik, Croatia. pp.2197-2206, </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/dsd.2020.130⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03035786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy performances assessment for sustainable design recommendations: Case study of a supermarket's refrigeration system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmine Salehy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hong-Minh Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Delahaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th CIRP Life Cycle Engineering (LCE) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Grenoble, France. pp.328-333, </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procir.2020.01.102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02928049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the environmental and economic sustainability of autonomous systems: A case study in the agricultural industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Pan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Greenlee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Wattonville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIRP Life Cycle Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Grenoble, France. pp.209-214, </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procir.2020.02.123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02917316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a multi-tool approach to close-the-loop on critical raw materials: a case study on platinum from catalytic converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Online Symposium on Circular Economy and Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Alexandroupolis, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03112936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a framework to evaluate the life cycle sustainability performance of autonomous systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouar El Ghzizal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">eCONFERE 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02924939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How circular economy and industrial ecology concepts are intertwined? A bibliometric and text mining analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Online Symposium on Circular Economy and Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Alexandroupolis, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Semi-automated Requirements Reuse and Recycling Process for Autonomous Transportation Systems R&D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Damak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marija Jankovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Chelbi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Engineering Design (ICED19)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Delft, Netherlands. pp.3551-3560, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/dsi.2019.362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02297520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing the Robustness of Circularity Indicators: Empirical Insights from Workshops on an Industrial Product</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Engineering Design (ICED19)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Delft, Netherlands. pp.3401-3410, </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/dsi.2019.347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02202239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life cycle assessment of hypermarket refrigeration system: effects of location and choice of architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmine Salehy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hong-Minh Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Fournaison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">avniR Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02404067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Framing product circularity performance for optimized green profit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2019 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference IDETC/CIE2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Anaheim, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02270135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Affordance-Based Online Review Analysis Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tianjun Hou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Poirson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Engineering Design (ICED19)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Delft, Netherlands. pp.2457-2466, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/dsi.2019.252⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02434244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C-indicators: a web-based platform to monitor and improve the circularity potential of products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2019 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference IDETC/CIE2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Anaheim, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02270137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circularity Indicators: the Advisor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2018 International Design Engineering Technical Conferences &amp; Computers and Information in Engineering Conference IDETC/CIE 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of safety requirements evolution in the transition of land transportation systems toward autonomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Damak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marija Jankovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Design Conference - DESIGN 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Dubrovnik, Croatia. pp.2845 - 2854, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21278/idc.2018.0448⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01785779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid top-down and bottom-up framework to measure products' circularity performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Engineering Design, ICED 17</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01571581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying affordances from online product reviews</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tianjun Hou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Poirson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Engineering Design (ICED)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01673545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-Efficient Eco-Innovation Workshop Process in Complex System Industries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aglaé Auclaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01331092v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Which hygienic products for which continent? Design for usage and sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lakshmi Murthy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amrine Lallmahomed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenola Yannou-Le Bris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Design Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Dubrovnik, Croatia. pp.311-320</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01444960v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecoconception des bâtiments : pratiques actuelles et freins à l'utilisation des outils d'écoconception - Une étude en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14e colloque AIP PRIMECA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Aimé La Plagne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01184091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental evaluation of ideas in early phases: a challenging issue for design teams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Tyl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 20th International Conference on Engineering Design (ICED 15)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Milan, Italy. pp.117-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01186356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New research opportunities in eco-innovation from two years of collaborative research projects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Tyl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Life Cycle Management - LCM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01188806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying needs for new ecodesign tools with the DSM value bucket tool - an example in the construction industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lasvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Engineering Design 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Milano, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01184082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation environnementale des idées en phase amont : un défi pour les équipes de conception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Tyl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème colloque national AIP-Priméca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, La Plagne, France. pp.62-67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01144404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Stochastic Activity-Based Approach for forecasting Energy Consumption in Residential Buildings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toufic Zaraket</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IDETC 2014: International Design Engineering Technical Conferences / CIE: Computers and Information in Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Buffalo, United States. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2014-35528⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01786646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-design vs. eco-innovation: an industrial survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Tyl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenola Bertoluci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Design Conference - DESIGN 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Dubrovnik, Croatia. pp.1501-1510</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01144352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing Sustainable Performance of Industrial System Alternatives by Integrating Environment, Costs, Clients and Exploitation Context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lamé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2014 International Design Engineering Technical Conferences &amp; Computers and Information in Engineering Conference - IDETC/CIE 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Buffalo, New-York, United States. Paper No. DETC2014-34882, </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2014-34882⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01144384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INTERNATIONAL SURVEY ON CRITICAL REVIEW AND VERIFICATION PRACTICES IN LCA WITH A FOCUS IN THE CONSTRUCTION SECTOR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lasvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capucine Briquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Chevalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on Life Cycle Management - LCM 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Gothenburg, Sweden. Paper No 312</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01785909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une meilleure prise en compte de l'empreinte environnementale de systèmes industriels complexes par une approche d'ACV basée sur des scénarios d'exploitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVème congrès SFGP 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Lyon, France. sfgp2013120658</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00875335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stimuler l'éco-conception de systèmes industriels complexes par la génération d'un portefeuille de projets de R&D éco-innovants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVème congrès SFGP 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Lyon, France. sfgp2013120659</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00875337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating LCA-based models into design process for buildings: a study of the existing practices in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toufic Zaraket</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lasvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maia Bentos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on Life Cycle Management - LCM 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Gothenburg, Sweden. Paper no. 327</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01144335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A usage model-driven approach for forecasting occupant-related energy consumption in residential buildings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toufic Zaraket</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Minel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chapotot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONFERE 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Biarritz, France. pp.USB</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00913635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a structured functional unit definition framework to limit LCA results variability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on Life Cycle Management - LCM 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Gothenburg, Sweden. Paper no. 484</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification and selection of eco-innovative R&D projects in complex systems industries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Design Conference - DESIGN 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Dubrovnik, Croatia. pp.767-776</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00794428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental approach to assess the disparities in the usage trends of domestic electric lighting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toufic Zaraket</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Minel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chapotot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Design Engineering Technical Conferences (IDETC 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Chicago, United States. pp.IDETC2012-70835, </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2012.70835⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00734742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards parametric environmental profiles of complex industrial systems in preliminary design stage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Millet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2011 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference - IDETC/CIE2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Washington, DC, United States. Paper no. DETC2011-47376, pp. 241-250, </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2011-47376⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00794628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing the complexity of environmental assessments of complex industrial systems with a Lean 6 Sigma approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Afonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First International Conference on Complex System Design &amp; Management - CSDM 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Paris, France. pp. 279-294, </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-15654-0_20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00794740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relative Contribution of a Subsystem to the Environmental Impact of a Complex System: Application to Aluminium Electrolysis Conversion Substations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IDMME - Virtual Concept 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Bordeaux, France. Paper no. GEDI-P109, p. 90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00794671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring and Monitoring Progress Towards the Circular Economy - Application to the Heavy Vehicle Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PhD Student-Company Meeting Day</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Gif-sur-Yvette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taxonomy and Choice of Appropriate Set of Circularity Indicators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier Thématique Annuel EcoSD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Chatillon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to Close the Loop of Platinum from Heavy Vehicles Catalytic Converters?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9th biennial conference of the International Society for Industrial Ecology (ISIE) and the 25th annual conference of the International Symposium on Sustainable Systems and Technology (ISSST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Chicago, United States. , 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01571583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Circular Economy of Heavy-Duty & Off-Road Vehicles and Associated Key Components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Université-Industrie sur le Développement Durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Montreuil, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01571580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-Design & Circular Economy of Heavy-Duty & Off-Road (HDOR) Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CRIEC 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Chatenay-Malabry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01340766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development opportunities of ecodesign tools for the building sector - A French case-study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soumaya Yazidi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Life Cycle Management - LCM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Bordeaux, France. 10, pp.49 - 62, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01322826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ЦИРКУЛЯРНА ЕКОНОМІКА Навчальний посібник</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetiana Shevchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Yosipivna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Rostislavovna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, 978-617-521-028-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chantiers de l'éco-conception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Latortue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gobin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses des Mines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, A paraître, 9782356715784</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels indicateurs de circularité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les enjeux d’écoconception associés à l’économie circulaire - EcoSD Annual Workshop 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presse des Mines, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02460293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing Sustainable Performance of Industrial System Alternatives in Operating Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pascal Da Costa; Danielle Attias. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Towards a Sustainable Economy - Paradoxes and Trends in Energy and Transportation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, 2018, Sustainability and Innovation, 978-3-319-79059-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01830664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-ideation and eco-selection of R&D projects for complex systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Millet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The challenges of eco-innovation: From eco-ideation toward sustainable business models</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses des Mines, pp.43-54, 2016, Développement Durable, 978-2-35671-401-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01450840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activity-based simulation of households' energy and water consumptions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toufic Zaraket</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Minel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chapotot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EcoSD annual workshop 2016 on "How ecodesign of products and services can embrace the use stage?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presse des Mines, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01448717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research perspectives in eco-design - Additional material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenola Yannou-Le Bris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] CentraleSupélec, Université Paris-Saclay; AgroParisTech - INRA; University of Illinois at Urbana Champaign. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02084355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chantiers de l'Eco-Conception : Etat des lieux de la Recherche dans le Bâtiment en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Latortue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] CentraleSupélec, Université Paris-Saclay. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégration des usages en éco-conception de bâtiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Latortue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gobin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EcoSD. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04368220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement d'une méthodologie de fiabilisation des prises de décisions environnementales dans le cadre d'analyses de cycle de vie basée sur l'analyse et la gestion des incertitudes sur les données d'inventaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'ingénieur [physics]. Arts et Métiers ParisTech, 2009. Français. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2009ENAM0033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pastel-00005830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId251"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Yann Leroy </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Docteur en génie Industriel de l’Ecole Nationale Supérieure de Arts et Métiers 2009, Yann Leroy est enseignant-chercheur contratuel du Laboratoire Génie Industriel de CentraleSupélec. Il est qualifié en 2011 aux fonctions de Maître de Conférences par la section CNU 60 (Mécanique, Génie Mécanique, Génie Civil).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rattaché à l’équipe Ingénierie de La Conception (Design Engineering), ses projets de recherche concernent la conception de systèmes industriels durables et l’ingénierie de l’innovation. Il intervient sur l’ensemble du cursus CentraleSupélec et est notamment responsable de la Filière de troisième année « Conception & Industrialisation de Systèmes Innovants » (</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">www.fci.ecp.fr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Il est membre de la Design Society, de l’International Society for Industrial Ecology, de l’Association de chercheurs en éco-conception ECOSD et est Direction Centralesupélec du pôle IDF AIP-Primeca.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Domaines de compétences:</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Analyse de Cycle de Vie</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Eco-Conception</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Méthodologie de conception de produits et services</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Eco-innovation</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ingénierie de l'innovation</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Aide à la décision</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Incertitude</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ecologie Industrielle</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Evaluation environnementale</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Durabilité</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Who decides? Positioning stakeholders in a decision-making process via network modeling and analysis: Application to regional trains decarbonization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Volant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Marle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne-Marie Dalbavie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transportation Research Interdisciplinary Perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 36, pp.101880. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.trip.2026.101880⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selection of a suitable conductor for inductive power transfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Phulpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rym Boulahbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hafaliana Randrianjanaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 5 (1), pp.7. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/magnetism5010007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04983559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing and monitoring the environmental performance of complex industrial projects: a communication-based approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Mansour Salamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Nicolaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cleaner Environmental Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.100295. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cesys.2025.100295⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05158874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential of air-source heat pumps to reduce environmental impacts in 18 European countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Masternak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Reinbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Saelens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 292, pp.130487. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.energy.2024.130487⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04549232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choosing an optimized refrigeration system based on sustainability and operational scenarios applied to four supermarket architectures in three European countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmine Salehy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Delahaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hong Minh Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Fournaison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 392, pp.136307. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2023.136307⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04041479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Product-level circularity metrics based on the “Closing–Slowing Future–Past” quadrant model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetiana Shevchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meisam Ranjbari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Production and Consumption</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 34, pp.395-411. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.spc.2022.09.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03812751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nexus Between Life Cycle Assessment, Circularity and Sustainability Indicators—Part II: Experimentations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pigosso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariia Kravchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circular Economy and Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s43615-022-00160-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03586563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operational Context Change Propagation Prediction on Autonomous Vehicles Architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Damak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Trehard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marija Jankovic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Autonomous Vehicles and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1 (3), </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4052556⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03541983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative life cycle assessment and costing of an autonomous lawn mowing system with human-operated alternatives: implication for sustainable design improvements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhonghao Pan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Wattonville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Greenlee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sustainable Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-21. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/19397038.2021.1919785⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03211701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-tool methodology to evaluate action levers to close the loop on critical materials – Application to precious metals used in catalytic converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Production and Consumption</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.spc.2021.01.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03112933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research perspectives in ecodesign</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenola Yannou-Le Bris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 6, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/dsj.2020.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02539918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dismantling, remanufacturing and recovering heavy vehicles in a circular economy - Technico-economic and organisational lessons learnt from an industrial pilot study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resources, Conservation and Recycling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 156, pp.104684. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.resconrec.2020.104684⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closing the loop on platinum from catalytic converters: Contributions from material flow analysis and circularity indicators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alissa Kendall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Industrial Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jiec.12852⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02094798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des indicateurs catalyseurs de l’économie circulaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2019.0346⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02069631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A taxonomy of circular economy indicators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alissa Kendall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 207, pp.542-559. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2018.10.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management of the end-of-life of light and heavy vehicles in the U.S.: comparison with the European union in a circular economy perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alissa Kendall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Material Cycles and Waste Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10163-019-00897-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02190787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mining customer product reviews for product development: A summarization process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tianjun Hou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Poirson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expert Systems with Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 132, pp.141-150. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eswa.2019.04.069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02434235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a circular economy for platinum in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alissa Kendall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science for Environment Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 535</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02460298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mining Changes in User Expectation Over Time From Online Reviews</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tianjun Hou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Poirson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanical Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 141 (9), </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4042793⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02434231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An activity-based modelling framework for quantifying occupants' energy consumption in residential buildings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers in Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 103, pp.1-13. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compind.2018.08.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01882940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What about the circular economy of vehicles in the U.S.? An extension of the analysis done in the EU by Saidani et al. (2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alissa Kendall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resources, Conservation and Recycling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 136, pp.287-288</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heavy vehicles on the road towards the circular economy: Analysis and comparison with the automotive industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resources, Conservation and Recycling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.resconrec.2017.06.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01571577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to Assess Product Performance in the Circular Economy? Proposed Requirements for the Design of a Circularity Measurement Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recycling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 2, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/recycling2010006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01483940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecodesign tools in the construction sector: analyzing usage inadequacies with designers' needs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 148, pp.60-72. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2017.01.173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01452620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research directions in eco-innovation: a French perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Tyl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal on Interactive Design and Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (3), pp.309-318. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12008-016-0332-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01446062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of Environmental Impact Estimation in System Architecture & Supplier Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yun Ye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marija Jankovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gül E. Okudan Kremer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Engineering Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 27 (2), pp.117-140. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00163-015-0208-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01272663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-ideation and eco-selection of R&D projects portfolio in complex systems industries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 112 (5), pp.4329-4343. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2015.08.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01186346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient and successfull design methods and tools for sustainable industrial systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Perry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Lepochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Zinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal on Interactive Design and Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (3), pp.211 - 212. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12008-016-0315-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01715876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An occupant-based energy consumption model for user-focused design of residential buildings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toufic Zaraket</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Minel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chapotot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanical Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, special issue on "User Needs and Preferences in Design Engineering", pp.1-11. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4030202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01152335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the environmental impacts of olive packaging solutions for the European food market</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenola Bertoluci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annika Olsson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 64, pp.234-243. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2013.09.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01159629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploitation scenarios in industrial system LCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Life Cycle Assessment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 19 (1), pp 231-245. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11367-013-0631-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations from radical innovation projects considering the company context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marija Jankovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gül E. Okudan Kremer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanical Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 135 (2), pp.1-21. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4023150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01152298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cost and benefit analysis of future end-of-life vehicle glazing recycling in France: a systematic approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Farel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Ghaffari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resources, Conservation and Recycling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 74, pp.54-65. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.resconrec.2013.02.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00796059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DE LA GESTION DES INCERTITUDES EN ANALYSE DE CYCLE DE VIE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lasvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marché et Organisations – Revue d'analyse stratégique = Market &amp; Organizations – Journal of Strategic Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposition for an adapted management process to evolve from unsupervised Life Cycle Assessment of complex industrial systems towards an eco-designing organization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Millet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concurrent Engineering: Research and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 20 (2), pp.111-126. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1063293X12446663⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00748708v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La conception durable (Partie II) : Applications industrielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenola Bertoluci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Ghaffari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Centraliens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 611, pp.30-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La conception durable (Partie I) : enjeux et outils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenola Bertoluci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Ghaffari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Centraliens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 609, pp.50-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A qualitative, quantitative or mixed approach to deal with uncertainty in Life Cycle Assessment of complex systems: towards a selective integration of uncertainty according to LCA objectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Froelich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Design Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Int. J. Design Engineering, 3 (2), http://www.inderscienceonline.com/doi/pdf/10.1504/IJDE.2010.034862. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJDE.2010.034862⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01157550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (47)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Integrated Framework for Post-Consumer Plastic Waste Management in Europe: Indicators and Macro-Environmental Barriers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Caceres Mendoza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Cruz Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakim Boudaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd CIRP Conference on Life Cycle Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Manchester (UK), United Kingdom. pp.118-123, </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procir.2025.01.056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05172600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">System analysis of digital service system perimeter and its interdependencies in Life Cycle Assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floris Thiant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Penas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Ligozat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE International Symposium on Systems Engineering (ISSE 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05240543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Does Circular Economy Disrupt Business Models: the Case of Ballast Reuse in Railway Projects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Mansour Salamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Nicolaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport Research Arena Conference (TRA 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Dublin, Ireland. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-95284-5_103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04703847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and Analyzing Interactions Between Stakeholders for Train Decarbonization Decisions at a Regional Scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Volant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Marle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne-Marie Dalbavie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Dependency and Structure Modelling Conference, DSM 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Stuttgart, Germany. pp.059-068, </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35199/dsm2024.07⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04731913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of Perceived Relationships Between Environmental Performance Indicators in Ecodesign Projects: the Case of Rail Infrastructure Projects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Mansour Salamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Nicolaï</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th International Conference on Engineering Design (ICED23)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Bordeaux, France. pp.2185-2194, </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/pds.2023.219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposal of a strategic model to unlock the circular potential in industrial practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Benini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tullio Tolio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Chiara Magnanini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd CIRP Design Conference, CIRP Design 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, unknown, France. pp.233-238, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procir.2022.05.242⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04371947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing LCA, circularity and sustainability indicators for sustainable design: results from a hands-on project with 87 engineering students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariia Kravchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pigosso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Engineering Design (ICED21)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Gothenburg, Sweden. pp.681-690, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/pds.2021.68⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UNDERSTANDING AND MONITORING ENVIRONMENTAL PERFORMANCE OF INFRASTRUCTURE DESIGN PROJECTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Mansour Salamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Nicolaï</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Engineering Design (ICED21)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Design Society, Aug 2021, Gothenburg, Sweden. pp.3269-3278, </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/pds.2021.588⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03329672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reflecting on the environmental impact of research activities: an exploratory study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Rebours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th CIRP Life Cycle Engineering (LCE) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Grenoble, France. pp.754-758, </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procir.2020.01.129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02879669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Product circularity indicators: what contributions in designing for a circular economy?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DESIGN Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Dubrovnik, Croatia. pp.2129 - 2138, </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/dsd.2020.76⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02866926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design-for-cost-and-environment: ontological analysis and comparison of service representation approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Villanueva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Design Conference - DESIGN 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Dubrovnik, Croatia. pp.2197-2206, </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/dsd.2020.130⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03035786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy performances assessment for sustainable design recommendations: Case study of a supermarket's refrigeration system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmine Salehy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hong-Minh Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Delahaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th CIRP Life Cycle Engineering (LCE) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Grenoble, France. pp.328-333, </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procir.2020.01.102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02928049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the environmental and economic sustainability of autonomous systems: A case study in the agricultural industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Pan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Greenlee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Wattonville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIRP Life Cycle Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Grenoble, France. pp.209-214, </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procir.2020.02.123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02917316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a multi-tool approach to close-the-loop on critical raw materials: a case study on platinum from catalytic converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Online Symposium on Circular Economy and Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Alexandroupolis, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03112936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a framework to evaluate the life cycle sustainability performance of autonomous systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouar El Ghzizal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">eCONFERE 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02924939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How circular economy and industrial ecology concepts are intertwined? A bibliometric and text mining analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Online Symposium on Circular Economy and Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Alexandroupolis, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Semi-automated Requirements Reuse and Recycling Process for Autonomous Transportation Systems R&D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Damak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marija Jankovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Chelbi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Engineering Design (ICED19)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Delft, Netherlands. pp.3551-3560, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/dsi.2019.362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02297520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing the Robustness of Circularity Indicators: Empirical Insights from Workshops on an Industrial Product</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Engineering Design (ICED19)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Delft, Netherlands. pp.3401-3410, </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/dsi.2019.347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02202239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life cycle assessment of hypermarket refrigeration system: effects of location and choice of architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmine Salehy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hong-Minh Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Fournaison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">avniR Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02404067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Framing product circularity performance for optimized green profit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2019 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference IDETC/CIE2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Anaheim, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02270135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Affordance-Based Online Review Analysis Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tianjun Hou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Poirson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Engineering Design (ICED19)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Delft, Netherlands. pp.2457-2466, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/dsi.2019.252⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02434244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C-indicators: a web-based platform to monitor and improve the circularity potential of products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2019 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference IDETC/CIE2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Anaheim, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02270137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circularity Indicators: the Advisor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2018 International Design Engineering Technical Conferences &amp; Computers and Information in Engineering Conference IDETC/CIE 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of safety requirements evolution in the transition of land transportation systems toward autonomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Damak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marija Jankovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Design Conference - DESIGN 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Dubrovnik, Croatia. pp.2845 - 2854, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21278/idc.2018.0448⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01785779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying affordances from online product reviews</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tianjun Hou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Poirson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Mata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Engineering Design (ICED)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01673545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid top-down and bottom-up framework to measure products' circularity performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Engineering Design, ICED 17</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01571581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-Efficient Eco-Innovation Workshop Process in Complex System Industries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aglaé Auclaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01331092v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Which hygienic products for which continent? Design for usage and sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lakshmi Murthy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amrine Lallmahomed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenola Yannou-Le Bris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Design Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Dubrovnik, Croatia. pp.311-320</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01444960v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecoconception des bâtiments : pratiques actuelles et freins à l'utilisation des outils d'écoconception - Une étude en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14e colloque AIP PRIMECA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Aimé La Plagne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01184091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New research opportunities in eco-innovation from two years of collaborative research projects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Tyl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Life Cycle Management - LCM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01188806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental evaluation of ideas in early phases: a challenging issue for design teams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Tyl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 20th International Conference on Engineering Design (ICED 15)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Milan, Italy. pp.117-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01186356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying needs for new ecodesign tools with the DSM value bucket tool - an example in the construction industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lasvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Engineering Design 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Milano, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01184082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation environnementale des idées en phase amont : un défi pour les équipes de conception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Tyl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème colloque national AIP-Priméca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, La Plagne, France. pp.62-67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01144404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Stochastic Activity-Based Approach for forecasting Energy Consumption in Residential Buildings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toufic Zaraket</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IDETC 2014: International Design Engineering Technical Conferences / CIE: Computers and Information in Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Buffalo, United States. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2014-35528⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01786646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-design vs. eco-innovation: an industrial survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Tyl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenola Bertoluci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Design Conference - DESIGN 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Dubrovnik, Croatia. pp.1501-1510</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01144352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing Sustainable Performance of Industrial System Alternatives by Integrating Environment, Costs, Clients and Exploitation Context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lamé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2014 International Design Engineering Technical Conferences &amp; Computers and Information in Engineering Conference - IDETC/CIE 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Buffalo, New-York, United States. Paper No. DETC2014-34882, </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2014-34882⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01144384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INTERNATIONAL SURVEY ON CRITICAL REVIEW AND VERIFICATION PRACTICES IN LCA WITH A FOCUS IN THE CONSTRUCTION SECTOR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lasvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capucine Briquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Chevalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on Life Cycle Management - LCM 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Gothenburg, Sweden. Paper No 312</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01785909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une meilleure prise en compte de l'empreinte environnementale de systèmes industriels complexes par une approche d'ACV basée sur des scénarios d'exploitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVème congrès SFGP 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Lyon, France. sfgp2013120658</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00875335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stimuler l'éco-conception de systèmes industriels complexes par la génération d'un portefeuille de projets de R&D éco-innovants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVème congrès SFGP 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Lyon, France. sfgp2013120659</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00875337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating LCA-based models into design process for buildings: a study of the existing practices in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toufic Zaraket</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lasvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maia Bentos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on Life Cycle Management - LCM 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Gothenburg, Sweden. Paper no. 327</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01144335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A usage model-driven approach for forecasting occupant-related energy consumption in residential buildings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toufic Zaraket</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Minel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chapotot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONFERE 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Biarritz, France. pp.USB</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00913635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a structured functional unit definition framework to limit LCA results variability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on Life Cycle Management - LCM 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Gothenburg, Sweden. Paper no. 484</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification and selection of eco-innovative R&D projects in complex systems industries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Design Conference - DESIGN 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Dubrovnik, Croatia. pp.767-776</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00794428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental approach to assess the disparities in the usage trends of domestic electric lighting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toufic Zaraket</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Minel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chapotot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Design Engineering Technical Conferences (IDETC 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Chicago, United States. pp.IDETC2012-70835, </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2012.70835⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00734742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards parametric environmental profiles of complex industrial systems in preliminary design stage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Millet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2011 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference - IDETC/CIE2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Washington, DC, United States. Paper no. DETC2011-47376, pp. 241-250, </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2011-47376⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00794628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing the complexity of environmental assessments of complex industrial systems with a Lean 6 Sigma approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Afonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First International Conference on Complex System Design &amp; Management - CSDM 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Paris, France. pp. 279-294, </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-15654-0_20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00794740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relative Contribution of a Subsystem to the Environmental Impact of a Complex System: Application to Aluminium Electrolysis Conversion Substations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IDMME - Virtual Concept 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Bordeaux, France. Paper no. GEDI-P109, p. 90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00794671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring and Monitoring Progress Towards the Circular Economy - Application to the Heavy Vehicle Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PhD Student-Company Meeting Day</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Gif-sur-Yvette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taxonomy and Choice of Appropriate Set of Circularity Indicators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier Thématique Annuel EcoSD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Chatillon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to Close the Loop of Platinum from Heavy Vehicles Catalytic Converters?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9th biennial conference of the International Society for Industrial Ecology (ISIE) and the 25th annual conference of the International Symposium on Sustainable Systems and Technology (ISSST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Chicago, United States. , 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01571583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Circular Economy of Heavy-Duty & Off-Road Vehicles and Associated Key Components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Université-Industrie sur le Développement Durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Montreuil, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01571580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-Design & Circular Economy of Heavy-Duty & Off-Road (HDOR) Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CRIEC 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Chatenay-Malabry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01340766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development opportunities of ecodesign tools for the building sector - A French case-study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soumaya Yazidi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Life Cycle Management - LCM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Bordeaux, France. 10, pp.49 - 62, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01322826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ЦИРКУЛЯРНА ЕКОНОМІКА Навчальний посібник</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetiana Shevchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Yosipivna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Rostislavovna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, 978-617-521-028-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chantiers de l'éco-conception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Latortue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gobin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses des Mines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, A paraître, 9782356715784</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels indicateurs de circularité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les enjeux d’écoconception associés à l’économie circulaire - EcoSD Annual Workshop 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presse des Mines, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02460293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing Sustainable Performance of Industrial System Alternatives in Operating Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pascal Da Costa; Danielle Attias. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Towards a Sustainable Economy - Paradoxes and Trends in Energy and Transportation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, 2018, Sustainability and Innovation, 978-3-319-79059-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01830664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-ideation and eco-selection of R&D projects for complex systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Millet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The challenges of eco-innovation: From eco-ideation toward sustainable business models</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses des Mines, pp.43-54, 2016, Développement Durable, 978-2-35671-401-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01450840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activity-based simulation of households' energy and water consumptions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toufic Zaraket</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Minel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chapotot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EcoSD annual workshop 2016 on "How ecodesign of products and services can embrace the use stage?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presse des Mines, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01448717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research perspectives in eco-design - Additional material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenola Yannou-Le Bris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] CentraleSupélec, Université Paris-Saclay; AgroParisTech - INRA; University of Illinois at Urbana Champaign. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02084355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chantiers de l'Eco-Conception : Etat des lieux de la Recherche dans le Bâtiment en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Latortue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] CentraleSupélec, Université Paris-Saclay. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégration des usages en éco-conception de bâtiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Latortue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Gobin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EcoSD. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04368220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement d'une méthodologie de fiabilisation des prises de décisions environnementales dans le cadre d'analyses de cycle de vie basée sur l'analyse et la gestion des incertitudes sur les données d'inventaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'ingénieur [physics]. Arts et Métiers ParisTech, 2009. Français. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2009ENAM0033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pastel-00005830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId251"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DF9E2B79"/>
+    <w:nsid w:val="976C2985"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fci.ecp.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503296v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Volant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Marle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Leroy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne-Marie Dalbavie" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trip.2026.101880" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983559v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Phulpin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym Boulahbel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafaliana Randrianjanaka" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/magnetism5010007" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158874v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Mansour Salam&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Nicola&#239;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Saidani" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cesys.2025.100295" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549232v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Masternak" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Meunier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Reinbold" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Saelens" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Marchand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2024.130487" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04041479v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Salehy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Delahaye" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Minh Hoang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fournaison" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cluzel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2023.136307" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812751v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetiana Shevchenko" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Yannou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meisam Ranjbari" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spc.2022.09.024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586563v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Pigosso" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariia Kravchenko" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43615-022-00160-2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541983v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Damak" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Trehard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Jankovic" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4052556" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211701v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhonghao Pan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harrison Kim" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Wattonville" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Greenlee" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19397038.2021.1919785" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112933v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spc.2021.01.010" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539918v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Yannou-Le Bris" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsj.2020.5" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473835v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2020.104684" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094798v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alissa Kendall" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jiec.12852" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069631v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2019.0346" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954800v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2018.10.014" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190787v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10163-019-00897-3" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434235v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianjun Hou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Poirson" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2019.04.069" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460298v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434231v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4042793" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882940v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2018.08.009" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790056v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571577v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2017.06.017" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483940v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/recycling2010006" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01452620v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lam&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2017.01.173" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446062v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Vallet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Tyl" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-016-0332-5" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272663v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Ye" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;l E. Okudan Kremer" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00163-015-0208-x" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186346v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Millet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2015.08.002" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715876v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Perry" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Lepochat" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Zinck" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-016-0315-6" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01152335v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufic Zaraket" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Minel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chapotot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4030202" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159629v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Bertoluci" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Olsson" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2013.09.029" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850483v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11367-013-0631-z" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01152298v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4023150" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796059v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Farel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Ghaffari" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2013.02.013" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790895v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lasvaux" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00748708v2" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1063293X12446663" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850654v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850651v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157550v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Froelich" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJDE.2010.034862" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172600v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Caceres Mendoza" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Cruz Sanchez" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Boudaoud" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2025.01.056" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240543v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floris Thiant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Penas" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Ligozat" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703847v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-95284-5_103" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731913v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35199/dsm2024.07" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181348v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2023.219" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371947v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Benini" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tullio Tolio" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Chiara Magnanini" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2022.05.242" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312875v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2021.68" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329672v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2021.588" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879669v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rebours" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2020.01.129" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866926v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsd.2020.76" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035786v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Villanueva" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vautier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsd.2020.130" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928049v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong-Minh Hoang" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2020.01.102" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917316v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Pan" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2020.02.123" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112936v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924939v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar El Ghzizal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886470v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02297520v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Chelbi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsi.2019.362" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02202239v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Yannou" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsi.2019.347" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404067v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270135v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434244v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsi.2019.252" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270137v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790126v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785779v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21278/idc.2018.0448" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571581v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673545v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Mata" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01331092v2" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agla&#233; Auclaire" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444960v2" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakshmi Murthy" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amrine Lallmahomed" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184091v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186356v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188806v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184082v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144404v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786646v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2014-35528" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144352v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144384v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2014-34882" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785909v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Briquet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Chevalier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875335v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875337v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144335v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maia Bentos" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913635v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850562v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794428v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734742v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2012.70835" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794628v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2011-47376" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794740v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Afonso" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-15654-0_20" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/89B48F0998DC89488F35AAC592B6E0FE18E33807/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794671v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954813v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954814v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571583v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571580v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340766v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01322826v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Yazidi" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181355v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Yosipivna" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Rostislavovna" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489378v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Latortue" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gobin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesmines.com/produit/les-chantiers-de-leco-conception/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460293v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830664v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450840v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448717v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084355v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912988v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368220v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00005830v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009ENAM0033" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fci.ecp.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503296v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Volant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Marle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Leroy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne-Marie Dalbavie" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trip.2026.101880" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983559v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Phulpin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym Boulahbel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafaliana Randrianjanaka" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/magnetism5010007" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158874v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Mansour Salam&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Nicola&#239;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Saidani" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cesys.2025.100295" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549232v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Masternak" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Meunier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Reinbold" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Saelens" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Marchand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2024.130487" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04041479v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Salehy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Delahaye" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Minh Hoang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fournaison" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cluzel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2023.136307" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812751v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetiana Shevchenko" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Yannou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meisam Ranjbari" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spc.2022.09.024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586563v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Pigosso" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariia Kravchenko" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43615-022-00160-2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541983v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Damak" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Trehard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Jankovic" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4052556" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211701v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhonghao Pan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harrison Kim" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Wattonville" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Greenlee" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19397038.2021.1919785" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112933v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spc.2021.01.010" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539918v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Yannou-Le Bris" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsj.2020.5" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473835v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2020.104684" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094798v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alissa Kendall" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jiec.12852" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069631v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2019.0346" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954800v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2018.10.014" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190787v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10163-019-00897-3" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434235v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianjun Hou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Poirson" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2019.04.069" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460298v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434231v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4042793" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882940v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2018.08.009" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790056v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571577v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2017.06.017" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483940v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/recycling2010006" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01452620v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lam&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2017.01.173" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446062v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Vallet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Tyl" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-016-0332-5" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272663v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Ye" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;l E. Okudan Kremer" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00163-015-0208-x" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186346v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Millet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2015.08.002" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715876v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Perry" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Lepochat" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Zinck" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-016-0315-6" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01152335v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufic Zaraket" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Minel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chapotot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4030202" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159629v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Bertoluci" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Olsson" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2013.09.029" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850483v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11367-013-0631-z" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01152298v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4023150" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796059v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Farel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Ghaffari" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2013.02.013" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790895v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lasvaux" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00748708v2" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1063293X12446663" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850654v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850651v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157550v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Froelich" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJDE.2010.034862" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172600v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Caceres Mendoza" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Cruz Sanchez" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Boudaoud" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2025.01.056" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240543v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floris Thiant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Penas" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Ligozat" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703847v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-95284-5_103" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731913v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35199/dsm2024.07" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181348v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2023.219" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371947v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Benini" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tullio Tolio" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Chiara Magnanini" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2022.05.242" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312875v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2021.68" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329672v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2021.588" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879669v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rebours" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2020.01.129" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866926v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsd.2020.76" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035786v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Villanueva" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vautier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsd.2020.130" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928049v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong-Minh Hoang" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2020.01.102" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917316v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Pan" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2020.02.123" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112936v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924939v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar El Ghzizal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886470v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02297520v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Chelbi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsi.2019.362" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02202239v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Yannou" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsi.2019.347" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404067v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270135v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434244v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsi.2019.252" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270137v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790126v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785779v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21278/idc.2018.0448" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673545v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Mata" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571581v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01331092v2" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agla&#233; Auclaire" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444960v2" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakshmi Murthy" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amrine Lallmahomed" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184091v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188806v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186356v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184082v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144404v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786646v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2014-35528" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144352v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144384v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2014-34882" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785909v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Briquet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Chevalier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875335v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875337v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144335v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maia Bentos" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913635v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850562v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794428v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734742v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2012.70835" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794628v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2011-47376" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794740v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Afonso" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-15654-0_20" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/89B48F0998DC89488F35AAC592B6E0FE18E33807/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794671v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954813v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954814v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571583v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571580v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340766v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01322826v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Yazidi" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181355v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Yosipivna" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Rostislavovna" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489378v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Latortue" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gobin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesmines.com/produit/les-chantiers-de-leco-conception/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460293v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830664v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450840v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448717v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084355v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912988v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368220v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00005830v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009ENAM0033" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>