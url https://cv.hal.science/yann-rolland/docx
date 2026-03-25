--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -240,584 +240,584 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05493280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colmatage détritique synchrone de deux drains karstiques étagés : grotte Roche et Fenêtre 4 (gorges de la Bourne, massif du Vercors, France)</w:t>
+                <w:t xml:space="preserve">Timing of syn-orogenic extension in the Western Alps revealed by calcite U-Pb and hematite (U-Th)/He dating</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vivien Mai Yung Sen</w:t>
+                <w:t xml:space="preserve">Antonin Bilau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Jaillet</w:t>
+                <w:t xml:space="preserve">Cécile Gautheron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Robert</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pierre G Valla</w:t>
+                <w:t xml:space="preserve">Thierry Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Karstologia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geoscience Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (2), pp.101969. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gsf.2024.101969⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05291005v1</w:t>
+                <w:t xml:space="preserve">hal-04941533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shear zone memory revealed by in-situ Rb-Sr and $^{40}$Ar/$^{39}$Ar dating of Pyrenean and Alpine tectonic phases in the external Alps</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Colmatage détritique synchrone de deux drains karstiques étagés : grotte Roche et Fenêtre 4 (gorges de la Bourne, massif du Vercors, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Boullerne</w:t>
+                <w:t xml:space="preserve">Vivien Mai Yung Sen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gaétan Milesi</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre G Valla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lithos</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Karstologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 85, pp.39-50</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05175123v1</w:t>
+                <w:t xml:space="preserve">hal-05291005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ U–Pb dating of upper triassic magmatic flows (Spilite) in the External Western Alps (Pelvoux massif): A peripheral CAMP activity?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dorian Bienveignant</w:t>
+                <w:t xml:space="preserve">Shear zone memory revealed by in-situ Rb-Sr and $^{40}$Ar/$^{39}$Ar dating of Pyrenean and Alpine tectonic phases in the external Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Boschetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Boullerne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Vezinet</w:t>
+                <w:t xml:space="preserve">Gaétan Milesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geodynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 165, pp.102113. </w:t>
+              <w:t xml:space="preserve">Lithos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 514-515, pp.108168. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jog.2025.102113⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.lithos.2025.108168⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05337528v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05175123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timing of syn-orogenic extension in the Western Alps revealed by calcite U-Pb and hematite (U-Th)/He dating</w:t>
+                <w:t xml:space="preserve">In situ U–Pb dating of upper triassic magmatic flows (Spilite) in the External Western Alps (Pelvoux massif): A peripheral CAMP activity?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonin Bilau</w:t>
+                <w:t xml:space="preserve">Dorian Bienveignant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Gautheron</w:t>
+                <w:t xml:space="preserve">Matthias Bernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Dumont</w:t>
+                <w:t xml:space="preserve">Adrien Vezinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoscience Frontiers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16 (2), pp.101969. </w:t>
+              <w:t xml:space="preserve">Journal of Geodynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 165, pp.102113. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gsf.2024.101969⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jog.2025.102113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04941533v1</w:t>
+                <w:t xml:space="preserve">hal-05337528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaping the crustal structure of the SW-Alpine Foreland: Insights from 3D Geological modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Bienveignant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Nouibat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -907,90 +907,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fold‐and‐Thrust Belt and Early Alpine Relief Recorded by Calcite U–Pb Dating of an Uplifted Paleo‐Canyon (Vercors Massif, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Mai Yung Sen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre G Valla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Jaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bruguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1227,51 +1227,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Nouibat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Boschetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Bienveignant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communications Earth &amp; Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 5, </w:t>
@@ -1309,90 +1309,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fold-and-Thrust Belt and Early Alpine Relief Recorded by Calcite U–Pb Dating of an Uplifted Paleo-Canyon (Vercors Massif, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Mai Yung Sen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Valla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Jaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bruguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1564,77 +1564,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early onset of Pyrenean collision (97–90 Ma) evidenced by U–Pb dating on calcite (Provence, SE France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Bilau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1698,64 +1698,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Tertiary structuration of the Western Subalpine foreland deciphered by calcite-filled faults and veins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Bilau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Bienveignant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1962,90 +1962,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bridging the Gap between Long–Term Orogenic Evolution (&gt;10 Ma Scale) and Geomorphological Processes That Shape the Western Alps: Insights from Combined Dating Approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Bilau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Cardinal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Nouibat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Bienveignant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12 (11), pp.393. </w:t>
@@ -2077,697 +2077,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04941559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ambient‐noise tomography of the Ligurian‐Provence Basin using the AlpArray onshore‐offshore network: Insights for the oceanic domain structure</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anne Paul</w:t>
+                <w:t xml:space="preserve">Fluvial bedrock gorges as markers for Late-Quaternary tectonic and climatic forcing in the Southwestern Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Cardinal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Audin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Schwartz</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2022jb024228⟩</w:t>
+              <w:t xml:space="preserve">Geomorphology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 418, pp.108476. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2022.108476⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03719400v1</w:t>
+                <w:t xml:space="preserve">hal-03800779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluvial bedrock gorges as markers for Late-Quaternary tectonic and climatic forcing in the Southwestern Alps</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Carole Petit</w:t>
+                <w:t xml:space="preserve">Ambient‐noise tomography of the Ligurian‐Provence Basin using the AlpArray onshore‐offshore network: Insights for the oceanic domain structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Nouibat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Stehly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geomorphology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 418, pp.108476. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 127, pp.e2022JB024228. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2022.108476⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2022jb024228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03800779v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03719400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extensional reactivation of the Penninic frontal thrust 3 Myr ago as evidenced by U–Pb dating on calcite in fault zone cataclasite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antonin Bilau</w:t>
+                <w:t xml:space="preserve">Interplay of fluvial incision and rockfalls in shaping periglacial mountain gorges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Cardinal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Audin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Abel Guihou</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid Earth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12 (1), pp.237-251. </w:t>
+              <w:t xml:space="preserve">Geomorphology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 381, pp.107665. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/se-12-237-2021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2021.107665⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03145956v1</w:t>
+                <w:t xml:space="preserve">hal-03150970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lithospheric transdimensional ambient-noise tomography of W-Europe: implications for crustal-scale geometry of the W-Alps</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anne Paul</w:t>
+                <w:t xml:space="preserve">Extensional reactivation of the Penninic frontal thrust 3 Myr ago as evidenced by U–Pb dating on calcite in fault zone cataclasite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Bilau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thomas Bodin</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Godeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abel Guihou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggab520⟩</w:t>
+              <w:t xml:space="preserve">Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (1), pp.237-251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/se-12-237-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03829566v1</w:t>
+                <w:t xml:space="preserve">hal-03145956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay of fluvial incision and rockfalls in shaping periglacial mountain gorges</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yann Rolland</w:t>
+                <w:t xml:space="preserve">Lithospheric transdimensional ambient-noise tomography of W-Europe: implications for crustal-scale geometry of the W-Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Nouibat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Stehly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Carole Petit</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geomorphology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 381, pp.107665. </w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 229, pp.862 - 879. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2021.107665⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggab520⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03150970v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03829566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protolith nature and P – T evolution of Variscan metamorphic rocks from the Allahyarlu complex, NW Iran</w:t>
               </w:r>
@@ -3164,77 +3164,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Late Paleozoic Ice Age glaciers shaped East Antarctica landscape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Bernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter van Der Beek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Gautheron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Duclaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3547,321 +3547,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01738157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ediacaran to lower Cambrian basement in eastern George V Land (Antarctica): Evidence from U Pb dating of gneiss xenoliths and implications for the South Australia- East Antarctica connection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The deep structure and reactivation of the Kyrgyz Tien Shan: Modelling the past to better constrain the present</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Jourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Lamarque</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laetitia Le Pourhiet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lithos</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.lithos.2018.08.021⟩</w:t>
+              <w:t xml:space="preserve">Tectonophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 746, pp.530-548. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tecto.2017.07.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01863781v1</w:t>
+                <w:t xml:space="preserve">hal-02239669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The deep structure and reactivation of the Kyrgyz Tien Shan: Modelling the past to better constrain the present</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anthony Jourdon</w:t>
+                <w:t xml:space="preserve">Ediacaran to lower Cambrian basement in eastern George V Land (Antarctica): Evidence from U Pb dating of gneiss xenoliths and implications for the South Australia- East Antarctica connection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Lamarque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bascou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René-Pierre Ménot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Paquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Le Pourhiet</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Simon Couzinié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tectonophysics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 746, pp.530-548. </w:t>
+              <w:t xml:space="preserve">Lithos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 318-319, pp.219 - 229. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tecto.2017.07.019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.lithos.2018.08.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02239669v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01863781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of range-parallel sediment transport on 2D thermo-mechanical models of mountain belts: Application to the Kyrgyz Tien Shan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Jourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Le Pourhiet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4317,394 +4317,394 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01737550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Late Paleozoic evolution of the South Tien Shan: Insights from P–T estimates and allanite geochronology on retrogressed eclogites (Chatkal range, Kyrgyzstan),</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantified sensitivity of small lake sediments to record historic earthquakes: Implications for paleoseismology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bénédicte Cenki-Tok</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bruno Wilhelm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Nomade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Crouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Litty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geodynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jog.2015.06.005⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Earth Surface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 121 (1), pp.2 - 16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2015JF003644⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01347171v1</w:t>
+                <w:t xml:space="preserve">hal-01880682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluids in crustal deformation: Fluid flow, fluid-rock interactions, rheology, melting and resources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Lacombe</w:t>
+                <w:t xml:space="preserve">Late Paleozoic evolution of the South Tien Shan: Insights from P–T estimates and allanite geochronology on retrogressed eclogites (Chatkal range, Kyrgyzstan),</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Loury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Cenki-Tok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lanari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geodynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 101, pp.1-4. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jog.2016.08.004⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 96, pp.62-80. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jog.2015.06.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01393387v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01347171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantified sensitivity of small lake sediments to record historic earthquakes: Implications for paleoseismology</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fluids in crustal deformation: Fluid flow, fluid-rock interactions, rheology, melting and resources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Sabatier</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olivier Lacombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Earth Surface</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 121 (1), pp.2 - 16. </w:t>
+              <w:t xml:space="preserve">Journal of Geodynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 101, pp.1-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/2015JF003644⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jog.2016.08.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01880682v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01393387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variscan crustal thickening in the Maures-Tanneron massif (South Variscan belt, France): new in situ monazite U-Th-Pb chemical dating of high-grade rocks</w:t>
               </w:r>
@@ -4964,667 +4964,667 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01068698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sediments of Lake Vens (SW European Alps, France) record large-magnitude earthquake events</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marie Revel</w:t>
+                <w:t xml:space="preserve">Style of Alpine tectonic deformation in the Castellane fold-and-thrust belt, (SW Alps, France): Insights from balanced cross-sections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Jourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bellahsen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Paleolimnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10933-013-9759-x⟩</w:t>
+              <w:t xml:space="preserve">Tectonophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 633, pp.143-155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tecto.2014.06.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00976088v1</w:t>
+                <w:t xml:space="preserve">hal-01407715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Style of Alpine tectonic deformation in the Castellane fold-and-thrust belt, (SW Alps, France): Insights from balanced cross-sections</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anthony Jourdon</w:t>
+                <w:t xml:space="preserve">Sediments of Lake Vens (SW European Alps, France) record large-magnitude earthquake events</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jade Petersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Wilhelm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Revel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Crouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tectonophysics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 633, pp.143-155. </w:t>
+              <w:t xml:space="preserve">Journal of Paleolimnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 51, pp. 343-355. </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tecto.2014.06.022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10933-013-9759-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01407715v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00976088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking the NE Anatolian and Lesser Caucasus ophiolites: evidence for large-scale obduction of oceanic crust and implications for the formation of the Lesser Caucasus-Pontides Arc</w:t>
+                <w:t xml:space="preserve">Late Quaternary incision rates in the Vésubie catchment area (Southern French Alps) from in situ-produced 36 Cl cosmogenic nuclide dating: Tectonic and climatic implications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Hässig</w:t>
+                <w:t xml:space="preserve">Marianne Saillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Lilit Sahakyan</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Braucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Bourles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geodinamica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09853111.2013.877236⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Earth Surface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 119 (5), pp.1121 - 1135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2013JF002985⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01854934v1</w:t>
+                <w:t xml:space="preserve">hal-01708833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Late Quaternary incision rates in the Vésubie catchment area (Southern French Alps) from in situ-produced 36 Cl cosmogenic nuclide dating: Tectonic and climatic implications</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Carole Petit</w:t>
+                <w:t xml:space="preserve">Stable isotope and Ar-Ar evidence of prolonged multi-scale fluid flow during exhumation of orogenic crust: example from the Mont Blanc and Aar massifs (NW Alps)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Earth Surface</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/2013JF002985⟩</w:t>
+              <w:t xml:space="preserve">Tectonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 33 (9), pp.1681-1709. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2013TC003438⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01708833v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01062048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stable isotope and Ar-Ar evidence of prolonged multi-scale fluid flow during exhumation of orogenic crust: example from the Mont Blanc and Aar massifs (NW Alps)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Linking the NE Anatolian and Lesser Caucasus ophiolites: evidence for large-scale obduction of oceanic crust and implications for the formation of the Lesser Caucasus-Pontides Arc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Hässig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghazar Galoyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Rossi</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lilit Sahakyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tectonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 33 (9), pp.1681-1709. </w:t>
+              <w:t xml:space="preserve">Geodinamica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 26 (3-4), pp.311 - 330. </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/2013TC003438⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/09853111.2013.877236⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01062048v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01854934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">21,000 Years of Ethiopian African monsoon variability recorded in sediments of the western Nile deep-sea fan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Revel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5714,51 +5714,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct dating of mid-crustal shear zones with synkinematic allanite: new in situ U-Th-Pb geochronological approaches applied to the Mont Blanc massif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Cenki-Tok</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James R. Darling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6843,177 +6843,168 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of the Iberia-Adria-Europe plate boundary revealed by the Meso-Cenozoic thermal history of the European paleomargin in SE France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Des bauxites tropicales à l'exhumation orogénique : la datation (U-Th)/He révèle la tectonique polyphasique dans le sud de la France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Boschetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Gautheron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mouthereau</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Matthias Bernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geosciences Union General Assembly 2025 (EGU25)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">29 ème édition de la réunion des sciences de la Terre (RST 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Géologique de France (SGF), Oct 2025, Montpellier, France. pp.654365</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05061834v1</w:t>
+                <w:t xml:space="preserve">insu-05353142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamiques croisées entre Ibérie, Adria et Europe : héritages thermiques et tectoniques du SE de la France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Boschetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7035,219 +7026,228 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Gautheron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29 ème édition de la réunion des sciences de la Terre (RST 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Géologique de France (SGF), Oct 2025, Montpellier, France. pp.654298</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-05353102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des bauxites tropicales à l'exhumation orogénique : la datation (U-Th)/He révèle la tectonique polyphasique dans le sud de la France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolution of the Iberia-Adria-Europe plate boundary revealed by the Meso-Cenozoic thermal history of the European paleomargin in SE France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mouthereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Boschetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Schwartz</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Gautheron</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Mouthereau</w:t>
+                <w:t xml:space="preserve">Matthias Bernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29 ème édition de la réunion des sciences de la Terre (RST 2025)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Geosciences Union General Assembly 2025 (EGU25)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Vienne (Autriche), Austria. pp.EGU25-16940, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu25-16940⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-05353142v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05061834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesozoic tectonic events in the southern European basement revealed by thermochronology -insight for margin paleogeography (Pelvoux and Maures-Tanneron massif)</w:t>
               </w:r>
@@ -7285,51 +7285,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaétan Milesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th Emile Argand Conference on Alpine Geological Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Siena, Italy</w:t>
@@ -7410,51 +7410,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Delunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Carcaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Crouzet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geoscience Union</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Vienna, Austria. </w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7612,277 +7612,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03938135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structuration des massifs subalpins, datation de la mise en place par U-Pb sur calcite</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Datation des phases critiques de fracturation et caractérisation des fluides au cours de l'évolution du prisme alpin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Bilau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Godeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abel Guihou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre (RST 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03588213v1</w:t>
+                <w:t xml:space="preserve">hal-03587831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Datation des phases critiques de fracturation et caractérisation des fluides au cours de l'évolution du prisme alpin</w:t>
+                <w:t xml:space="preserve">Structuration des massifs subalpins, datation de la mise en place par U-Pb sur calcite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Dorian Bienveignant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Antonin Bilau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Godeau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abel Guihou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre (RST 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03587831v1</w:t>
+                <w:t xml:space="preserve">hal-03588213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">River incision, climate and vertical motions since the LGM in south-western Alps (France)</w:t>
               </w:r>
@@ -7993,51 +7993,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Missions de terrain en Terre Adélie (Est Antarctique) : apports et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bascou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Barruol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8045,51 +8045,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René-Pierre Ménot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
@@ -8144,77 +8144,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Duclaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bascou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Sue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Bernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27ème édition de la Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement; CNRS; SGF, Nov 2021, Lyon, France</w:t>
@@ -8295,51 +8295,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Boutoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lanari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Cenki-Tok</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th Alpine workshop, Emile Argand Conference EGU series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Montgenevre, Briançon, France</w:t>
@@ -8362,191 +8362,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01882637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Circulations de fluides multi-échelles au cours de l'orogenèse alpine, exemple des massifs du Mont Blanc et de l'Aar</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Large scale obduction of preserved oceanic crust: linking the Lesser Caucasus and NE Anatolian ophiolites and implications for the formation of the Lesser Caucasus-Pontides Arc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Hässig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghazar Galoyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Rossi</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lilit Sahakyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RST</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Pau, France</w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Vienne, Austria. pp.EGU2014-10366</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01882863v1</w:t>
+                <w:t xml:space="preserve">hal-01061333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sediments of Lake Vens (SW European Alps, France) record large-magnitude earthquake events</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Wilhelm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jade Petersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Revel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Crouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Vienna, Austria</w:t>
@@ -8614,51 +8657,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mouthereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Boutoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Bellanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8694,208 +8737,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01291425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large scale obduction of preserved oceanic crust: linking the Lesser Caucasus and NE Anatolian ophiolites and implications for the formation of the Lesser Caucasus-Pontides Arc</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Hässig</w:t>
+                <w:t xml:space="preserve">Circulations de fluides multi-échelles au cours de l'orogenèse alpine, exemple des massifs du Mont Blanc et de l'Aar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2014, Vienne, Austria. pp.EGU2014-10366</w:t>
+              <w:t xml:space="preserve">RST</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01061333v1</w:t>
+                <w:t xml:space="preserve">hal-01882863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatialisation de dépôts co-sismiques dans le remplissage sedimentaire du lac de Vens (Mercantour, Alpes Françaises).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Revel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Chaumillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Wilhelm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jade Pederson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8950,103 +8950,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sediment archive of lake vens (sw european alps, france) as a record of large magnitude earthquakes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Wilhelm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jade Petersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Revel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Crouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ème congrès français de sédimentologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Paris, France</w:t>
@@ -9075,51 +9075,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Armenian and NW Anatolian ophiolites: new insights for the closure of the Tethys domain and obduction onto the South Armenian Block and Anatolian-Tauride Platform before collision through dynamic modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Hässig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9200,51 +9200,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">WESTERN EXTENSION OF THE SEVAN-AKERA SUTURE ZONE (ERZINCAN-ERZURUM REGION, TURKEY): COMPARISION OF NEW DATA CONCERNING ORIGIN, STRUCTURE AND TECTONIC EVOLUTION BETWEEN SEVAN-AKERA AND ERZINCAN SUTURE ZONES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Hässig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9321,51 +9321,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geochemical and age of collision related volcanism following the closure of the Neotethys Ocean (Lesser Caucasus, Armenia)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilit Sahakyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bosch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9718,51 +9718,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dirk Enters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Wilhelm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidonie Révillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10447,51 +10447,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of hydrothermal circulations in faultzones by phyllosilicates mineralogical analysis (Argentera-Mercantour massif)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaétan Milesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10585,51 +10585,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">. Stable isotope and Ar/Ar evidence of prolonged multi-scale fluid flow during exhumation of orogenic crust: example from the Mont Blanc and Aar massifs (NW Alps).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Rossi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU 2015, General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10680,145 +10680,141 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">U-Pb calcite dating  and isotopic fluid signatures of extensional fault gouges affecting the Penninic Frontal Thrust : implications for exhumation of the seismogenic zone.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antonin Bilau</w:t>
+                <w:t xml:space="preserve">Late-Stage Alpine Continent-Continent Collision: Implications from Exhumation of the External Crystalline Massifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Herwegh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfons Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edi Kissling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bellahsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Rolland</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03146000v1</w:t>
+                <w:t xml:space="preserve">hal-03148997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">River incision, climate and vertical motions since the LGM in south-western Alps (France)</w:t>
               </w:r>
@@ -10916,141 +10912,145 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03145990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Late-Stage Alpine Continent-Continent Collision: Implications from Exhumation of the External Crystalline Massifs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">U-Pb calcite dating  and isotopic fluid signatures of extensional fault gouges affecting the Penninic Frontal Thrust : implications for exhumation of the seismogenic zone.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Bilau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Herwegh</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Benjamin Brigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03148997v1</w:t>
+                <w:t xml:space="preserve">hal-03146000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -11068,51 +11068,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelle vision de la structure lithosphérique des Alpes par tomographie de bruit ambiant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Alder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11488,51 +11488,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05493280v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Boschetti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malou Pelletier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mouthereau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Schwartz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Rolland" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/se-17-35-2026" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291005v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Mai Yung Sen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jaillet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Robert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre G Valla" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175123v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Boullerne" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Milesi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2025.108168" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337528v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Bienveignant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Bernet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Vezinet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jog.2025.102113" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941533v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Bilau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gautheron" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dumont" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gsf.2024.101969" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04693125v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Nouibat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sue" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2024.230471" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947840v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bruguier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ter.12761" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229416v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Cardinal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Petit" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gaston Valla" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.216" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613910v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-023-01180-y" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894535v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valla" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040730v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Salles" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Godard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Audin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-11-183-2023" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239765v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Guihou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ter.12665" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948302v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Godeau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2022.104270" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551088v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongrui Zhang" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zengqian Hou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Santosh" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oregeorev.2021.104671" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941559v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences12110393" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719400v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Stehly" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Paul" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022jb024228" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800779v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2022.108476" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145956v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/se-12-237-2021" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829566v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bodin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggab520" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150970v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2021.107665" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145933v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohssen Moazzen" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohreh Salimi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Br&#246;cker" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robab Hajialioghli" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0016756820000102" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902631v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Jourdon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bellahsen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Loury" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jseaes.2020.104466" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005462v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hassig" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Melis" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sosson" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghazar Galoyan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4454/ofioliti.v44i1.464" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925658v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter van Der Beek" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duclaux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2018.10.044" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117912v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Braucher" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bourles" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Guillou" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2019.01.011" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738157v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Loury" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lanari" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bosch" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2018.01.025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01863781v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lamarque" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bascou" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;-Pierre M&#233;not" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Paquette" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Couzini&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2018.08.021" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02239669v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Le Pourhiet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2017.07.019" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856126v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ter.12337" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02124475v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Ganino" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmg.12423" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01496108v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gr.2017.03.004" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737550v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Meijers" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Smith" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pastor-Gal&#225;n" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renzo Degenaar" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nino Sadradze" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/SP428.8" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347171v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Cenki-Tok" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jog.2015.06.005" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D6DTZB16-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393387v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lacombe" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jog.2016.08.004" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01880682v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Wilhelm" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Nomade" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Crouzet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Litty" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015JF003644" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01140973v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Oliot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Melleton" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Schneider" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Corsini" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gardien" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gssgfbull.186.2-3.145" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-01068698v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Bauve" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Plateaux" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sanchez" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole B&#233;thoux" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2014.02.006" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7KV0JTCW-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00976088v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Petersen" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Revel" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10933-013-9759-x" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407715v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2014.06.022" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854934v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc H&#228;ssig" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilit Sahakyan" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09853111.2013.877236" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708833v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Saillard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2013JF002985" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062048v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Rossi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2013TC003438" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008985v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Colin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Bernasconi" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Combourieu-Nebout" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Ducassou" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-014-0588-x" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963545v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James R. Darling" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dhuime" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig D. Storey" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ter.12066" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00910176v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vidal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Guillot" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ter.12079" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7LPZRL2Z-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796152v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bauve" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sanchez" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Giannerini" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Schreiber" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00015-012-0106-4" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618186v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Schreiber" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Giannerini" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jog.2009.11.009" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WSPDL178-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00443855v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2009.02.006" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-26Q7F9MD-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101998v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gweltaz Mah&#233;o" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Pecher" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delacourt" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882895v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Picard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henriette Lapierre" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0009-2541(01)00286-8" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D27WNS1S-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03607079v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud P&#234;cher" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Carrio" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon M. F. Sheppard" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0985-3111(01)01075-0" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061834v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Schwartz" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-16940" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05353102v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05353142v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246126v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207371v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Delunel" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Carcaillet" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-8195" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03938135v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Braucher" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-2475" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588213v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587831v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588185v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bourl&#232;s" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589527v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Barruol" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Henry" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Lamarque" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03591670v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01882637v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Boutoux" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01882863v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567381v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01291425v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bellanger" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061333v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00933755v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chaumillon" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Pederson" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Brisset" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00933746v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061299v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riad Hassani" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Topuz" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01060899v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;. &#199;elik" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944793v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01060852v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#228;ssig Marc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944658v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Moni&#233;" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vauchez" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Nsungani" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00933790v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arnaud" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Giguet-Covex" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Enters" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie R&#233;villon" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128213v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gouenou Coatrieux" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Ma&#238;tre" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943833v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Keller" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139366v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bulent Sankur" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Collorec" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITAB.2000.892396" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240139v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Reubi" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep Singh" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394228621.ch1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240132v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Herwegh" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfons Berger" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edi Kissling" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243792v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Lecl&#232;re" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charpentier" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Lacker" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Buatier" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01882649v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146000v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Brigaud" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145990v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bourl&#232;s Didier" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cardinal Thibaut" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148997v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Herwegh" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662581v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Alder" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Lu" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Soergel" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194409v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dubacq" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lanari" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05493280v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Boschetti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malou Pelletier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mouthereau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Schwartz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Rolland" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/se-17-35-2026" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941533v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Bilau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gautheron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dumont" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gsf.2024.101969" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291005v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Mai Yung Sen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jaillet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Robert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre G Valla" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175123v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Boullerne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Milesi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2025.108168" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337528v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Bienveignant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Bernet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Vezinet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jog.2025.102113" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04693125v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Nouibat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sue" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2024.230471" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947840v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bruguier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ter.12761" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229416v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Cardinal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Petit" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gaston Valla" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.216" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613910v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-023-01180-y" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894535v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valla" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040730v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Salles" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Godard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Audin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-11-183-2023" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239765v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Guihou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ter.12665" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948302v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Godeau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2022.104270" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551088v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongrui Zhang" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zengqian Hou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Santosh" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oregeorev.2021.104671" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941559v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences12110393" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800779v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2022.108476" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719400v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Stehly" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Paul" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022jb024228" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150970v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2021.107665" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145956v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/se-12-237-2021" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829566v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bodin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggab520" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145933v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohssen Moazzen" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohreh Salimi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Br&#246;cker" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robab Hajialioghli" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0016756820000102" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902631v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Jourdon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bellahsen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Loury" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jseaes.2020.104466" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005462v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hassig" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Melis" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sosson" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghazar Galoyan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4454/ofioliti.v44i1.464" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925658v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter van Der Beek" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duclaux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2018.10.044" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117912v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Braucher" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bourles" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Guillou" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2019.01.011" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738157v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Loury" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lanari" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bosch" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2018.01.025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02239669v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Le Pourhiet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2017.07.019" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01863781v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lamarque" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bascou" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;-Pierre M&#233;not" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Paquette" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Couzini&#233;" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2018.08.021" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856126v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ter.12337" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02124475v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Ganino" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmg.12423" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01496108v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gr.2017.03.004" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737550v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Meijers" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Smith" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pastor-Gal&#225;n" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renzo Degenaar" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nino Sadradze" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/SP428.8" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01880682v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Wilhelm" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Nomade" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Crouzet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Litty" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015JF003644" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347171v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Cenki-Tok" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jog.2015.06.005" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D6DTZB16-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393387v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lacombe" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jog.2016.08.004" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01140973v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Oliot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Melleton" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Schneider" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Corsini" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gardien" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gssgfbull.186.2-3.145" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-01068698v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Bauve" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Plateaux" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sanchez" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole B&#233;thoux" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2014.02.006" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7KV0JTCW-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407715v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2014.06.022" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00976088v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Petersen" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Revel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10933-013-9759-x" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708833v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Saillard" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2013JF002985" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062048v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Rossi" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2013TC003438" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854934v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc H&#228;ssig" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilit Sahakyan" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09853111.2013.877236" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008985v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Colin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Bernasconi" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Combourieu-Nebout" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Ducassou" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-014-0588-x" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963545v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James R. Darling" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dhuime" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig D. Storey" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ter.12066" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00910176v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vidal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Guillot" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ter.12079" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7LPZRL2Z-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796152v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bauve" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sanchez" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Giannerini" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Schreiber" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00015-012-0106-4" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618186v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Schreiber" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Giannerini" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jog.2009.11.009" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WSPDL178-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00443855v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2009.02.006" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-26Q7F9MD-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101998v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gweltaz Mah&#233;o" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Pecher" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delacourt" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882895v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Picard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henriette Lapierre" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0009-2541(01)00286-8" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D27WNS1S-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03607079v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud P&#234;cher" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Carrio" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon M. F. Sheppard" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0985-3111(01)01075-0" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05353142v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05353102v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061834v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Schwartz" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-16940" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246126v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207371v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Delunel" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Carcaillet" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-8195" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03938135v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Braucher" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-2475" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587831v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588213v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588185v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bourl&#232;s" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589527v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Barruol" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Henry" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Lamarque" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03591670v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01882637v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Boutoux" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061333v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567381v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01291425v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bellanger" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01882863v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00933755v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chaumillon" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Pederson" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Brisset" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00933746v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061299v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riad Hassani" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Topuz" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01060899v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;. &#199;elik" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944793v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01060852v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#228;ssig Marc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944658v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Moni&#233;" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vauchez" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Nsungani" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00933790v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arnaud" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Giguet-Covex" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Enters" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie R&#233;villon" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128213v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gouenou Coatrieux" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Ma&#238;tre" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943833v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Keller" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139366v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bulent Sankur" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Collorec" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITAB.2000.892396" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240139v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Reubi" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep Singh" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394228621.ch1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240132v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Herwegh" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfons Berger" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edi Kissling" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243792v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Lecl&#232;re" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charpentier" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Lacker" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Buatier" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01882649v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148997v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Herwegh" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145990v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bourl&#232;s Didier" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cardinal Thibaut" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146000v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Brigaud" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662581v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Alder" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Lu" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Soergel" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194409v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dubacq" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lanari" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>