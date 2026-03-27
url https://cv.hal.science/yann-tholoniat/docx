--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Yann Tholoniat </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur en littératures et arts anglophones à l'Université de Lorraine-Metz</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">A former member of the Ecole Normale Supérieure in Paris (1993), I passed a BA in English Studies, then taught at Oxford University in Wadham College and St Catherine's College. There, I studied Joseph Conrad for my Master's, and I passed a B.A. in Philosophy in Nanterre University (1995). I passed the agrégation (1996), a B.A. in History (1997), an MPhil on Robert Browning and a B.A. in Spanish Studies (1998). I went to Berlin on a double grant (Académie Française and Stipendium des Abgeordnetenhauses von Berlin) for a research project on Robert Browning and German culture (1998-9). Back in Paris, I taught English literature, translation, web design and research on the internet at the University of Paris III-New Sorbonne. I defended my PhD entitled: &amp;quot;'Tongue's Imperial Fiat': the Polyphonies in Robert Browning's Poetry&amp;quot; in 2003. This work was published by the Presses Universitaires de Strasbourg in 2009, and won the second position of the SAES/AFEA Research Prize in 2010. I taught British Literature, Arts in the English-speaking world and Translation at the University of Strasbourg from 2004 to 2012 as a Maître de Conférences. I passed the &amp;quot;Habilitation à Diriger des Recherches&amp;quot; in 2010; it focused on the work of Robert Burns.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Academic positions</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I am currently </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Professor of British and Irish Literature and Arts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> at the University of Lorraine. I work in the Department of British and American studies in </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I teach </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">anglophone literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, from Shakespeare to Cormac McCarthy and from Milton to Joyce, from Donne to T. S. Eliot and Defoe to Louis MacNeice. My main field is </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">poetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, with the study of </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">rhythm</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> and the spoken word within the written word. I also regularly teach courses on various aspects of </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> in the English-speaking world. Since 2013, I have been teaching film classes on </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">British and American cinema</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, mostly biopics and film adaptations. I give a class on </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">painters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> and artists in the English-speaking world, from the Book of Kells to Banksy, with stresses on court painters (Holbein, Hilliard, Van Dyck), 18th c. painters (Hogarth, Gainsborough, Wright of Derby, Fuseli, Blake), 19th c. painters (The Pre-Raphaelites and their followers, Landseer), and pop art in GB and the USA. I include the evolution of </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">sculpture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> in Great-Britain, from Jacob Epstein to Banksy, that ranges over Ben Nicholson, Barbara Hepworth (one of my favourites), Henry Moore, Anthony Caro, Richard Hamilton, Gilbert & George, Richard Long, Barry Flanagan, Antony Gormley, Tony Cragg, some Young British Artists - the Chapman brothers, Damien Hirst, Tracey Emin, Rachel Whiteread, Sarah Lucas, Marc Quinn - and Banksy. I am also working on </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">photography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Helmut Newton and the influence of Spanish painting).I am also interested in the relationship between a literary work and another artistic medium (</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">intermedial studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">), such as a literary work and its filmic adaptation (poetry in the case of Keats and </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bright Star</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, the novel with Jane Austen, drama with Shakespeare, but also comic books Tintin/Spielberg and videogames / </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tomb Raider, Ready Player One</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">). I also study the treatment of animals in arts (</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">animal studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Other areas of interest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I like to give conferences in Spanish on </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">authors and artists of the Spanish-speaking world (Nicolas Guillén, Pablo Neruda, Vicente Huidobro, Luis Cernuda, Antonio Machado, Rafael Alberti, Juan Ramon Jimenez, Rubén Dario, Vicente Aleixandre, Fernando Botero)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, sometimes considered in their relationship with English-speaking authors (Neruda/Whitman, Langston Hughes/Nicolas Guillén), sometimes for their own sake - and my personal pleasure!</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I've taught French authors for graduates (CAPLP): Louise Labé, La Fontaine, Beaumarchais, Zola, Colette, Sarraute, and Sartre.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I took part in a number of fashion shows as a model, and played in various films/web series in French and Spanish. See my youtube channel: </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.youtube.com/channel/UCSuP_nGAIrzcnCDQ47tKjLg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (45)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eavan Boland workshop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05511709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frida Kahlo - Viva la vida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05306379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaglyphe de Lee Miller (photographies, bande dessinée, film)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05005851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Las vidas virtuales de Frida Kahlo (pintura, novela, fotografía, cine)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Eduardo Chillida, escultor de la trascendencia »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05134826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Frida Kahlo : viva la vida »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05380638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Velázquez metapintor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05404090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photographies de Lee Miller (du génitif objectif au génitif subjectif)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05380641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irish Modernism and Modernism in Ireland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04892287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Challenge of the Spoken Word in Romantic and Post-Romantic Poetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04963902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voyage au cœur de la sculpture anglaise : Barbara Hepworth, Henry Moore, Gilbert and George, Richard Long, Anish Kapoor, les Young British Artists (Tracey Emin, Sarah Lucas, Damien Hirst, Rachel Whiteread, Marc Quinn), et Banksy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04448095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D’après Velázquez, Goya et Dalí : Helmut Newton et la peinture espagnole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04585711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weegee the Famous : images fixes, images animées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04842657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La première mort de Mary Wollstonecraft</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Europe. Thomas De Quincey</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.150-161</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04585705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déambulations et démantibulations : douze sculptrices et sculpteurs britanniques (1970-2020)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04276104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Hogarth : le graveur qui peignait des romans (Tertulia à La Maison de l’Amérique latine, Strasbourg, 1er mars 2022)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03609607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’Île et l’Autre: aux origines de la peinture britannique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03859523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Verlaine au prisme de Rubén Darío</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03682102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Ramón Jiménez, el alma en flor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03453692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Verlaine et Rubén Darío</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03453695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Joyce, le B-A bababadalgharaghtakamminarronn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rubén Darío, una hiperestesia humana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Cernuda, entre realidad y deseo.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Remembering and dismembering the sonnet in World War 1 poetry: Brooke, Sorley, Sassoon, Owen ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Robert Burns and William Wordsworth: the birth of British Romanticism ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Burns' Supper 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Vicente Huidobro y ‘ese fiat lux clavado en la lengua’ : Altazor y Temblor de cielo ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Jazz y bongó : mestizaje rítmico en las obras de Langston Hughes y Nicolás Guillén ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Digging in Thomas Hardy’s ‘grave’ humour: “Ah, Are You Digging on My Grave””.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Robert Burns, l’exilé du canon ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Pablo Neruda y Walt Whitman: dos cosmovisiones poéticas ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Theme for English B’: Langston Hughes’s ABC of Poetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Introduction à la poésie de Wilfred Owen »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La gloire ou le néant ? Paradoxes de la guerre dans la poésie de Wilfred Owen ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« John Keats », « ‘The Wrestlers’ », « Rupert Brooke », « ‘Dulce et Decorum Est’ », « ‘Hospital Barge’ », « ‘Six o’clock in Princes Street’ », « Marmion », « ‘Anthem for Doomed Youth’ », « ‘Insensibility’ », « John Milton », « ‘Futility’ », « ‘The Last Laugh’ », « ‘The Unreturning’ ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01705030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Jokes, and their relation to the psychopathology of the English tourist in A Room with a View ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« ‘Cette guerre qu’on dit grande’ : paradoxes de la guerre moderne dans la poésie de Wilfred Owen ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book review : Clinton Machann, Masculinity in Four Victorian Epics : A Darwinist Reading http://cve.revues.org/396</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Tropes ma non troppo : de la rhétorique acroamatique chez Robert Browning »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le franc-parler de Robert Burns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Ce vieux mensonge : mourir pour la patrie’ – Rupert Brooke, Siegfried Sasson, Wilfred Owen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Les Belles Lettres de la Nature’ : Robert Burns face à l’éco-critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Double vision dans la peinture anglaise : de l’anamorphose de Hans Holbein à la ressemblance informe chez Francis Bacon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Pío Baroja. El árbol de la ciencia: la sala de disección de España ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01705035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘El álbum’ de Juan Carlos Onetti : Castillos en España o en Escocia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01705034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (54)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture, cinema and Spanish painting: Helmut Newton’s intermedial companionship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Professeur invité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2026, Saarbrucken, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05468055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecological awareness vs. animal abuse in British art and literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurecapro</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05080592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’image en abyme : réflexions de la photographie au cinéma »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’Étude « Inter-média »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IDEA, Jul 2025, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05150173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le devenir-paysage dans les sculptures de Barbara Hepworth et Eduardo Chillida »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intermédialités sensibles: restitution(s) du vivant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Interlangues - Texte-Image-Langage (TIL UR 4182), Jun 2025, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05134829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thirteen ways of looking at a dead pig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference La chair des mots, la chair des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SAIT, Oct 2024, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04744472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects de la culture irlandaise contemporaine (littérature, peinture, musique, cinéma)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Festival des littératures européennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ville de Cognac, Nov 2024, Cognac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04806132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« William Shakespeare et le vin, de l’appétit à la performance ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langues, cultures et vins en France et dans les pays germanophones et anglophones</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IDEA; ATILF, Nov 2024, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04806159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Art concealing art(s): Helmut Newton’s intermedial companionship with Vogue”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">’Vogue’s View’: on Education. Diachronic and Transnational Perspectives on Vogue Magazine, from the Archives to the Classroom</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04842690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Botero, pintor y escultor a la estética curva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maison de l'Amérique latine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Strasbourg, Francia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04383727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Burns and the Critique of the Parrhesiastic Reason</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Independent Spirit: Dissonant Voices in Scottish politics and culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherches anglophones - Université Paris Nanterre; Centre de recherches en civilisation britannique, May 2023, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le trou, la ficelle et le boulon : la sculpture britannique 1910-1970</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tertulia littéraire de la Maison de l'Amérique Latine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« De l’art et du cochon : 'This Little Piggy' (1996) de Damien Hirst »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Porkshop ‘Le cochon et nous, état de l’art’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éric Baratay; Cédric Sueur; Laurent Bègue-Shankland, Oct 2023, Lyon (Maison des Sciences de l'Homme), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le don de la parole : éloquence animale au dix-huitième siècle en Grande-Bretagne (William Hogarth, William Blake, Robert Burns)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4e Journée Interdisciplinaire sur la Condition Animale (JICA 4), « Langage humain, langage animal »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Angelo Giavatto, Cédric Sueur, May 2022, Paris (Ministère de l’Enseignement Supérieur et de la Recherche), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03682109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Los paraísos entrevistos de Vicente Aleixandre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence à la Maison de l'Amérique latine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Strasbourg, Francia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04018612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Membre invité du panel &amp;quot;Joyce specialists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Ulysses. James Joyce’s Ulysses, A Hundred Years On</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Keough Naughton Institute for Irish Studies; Keough School of Global Affairs University of Notre-Dame, Jun 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03691018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pent up energies in Joseph Conrad’s &amp;lt;i&amp;gt;Under Western Eyes&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESSE 2021, Conrad-Hardy seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Lyon (online), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03453690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poetry at the Age of Mechanization: Louis MacNeice’s The Burning Perch (1963)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloquium Anglistik, Amerikanistik und Anglophone Kulturen, Universität des Saarlandes (par visioconférence)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Saarbrücken, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Machado, entre cantos y caminos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tertulia littéraire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Maison de l’Amérique latine, Feb 2019, Strasbourg, Francia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« El cine omnívoro: cinco estudios intermediales en películas (novela, teatro, poesía, historieta, videojuego) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consejo Academico-Ciudadano para la Calidad Pública del Estado de México</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Toluca, México</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’aventure et ses avatars dans Roxana de Daniel Defoe »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études / agrégation d'anglais 2019 Webster &amp; Defoe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jazz y bongo: mestizaje rítmico en los poemas de Langston Hughes y Nicolás Guillén</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consejo Academico-Ciudadano para la Calidad Pública del Estado de México</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Querétaro, México</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’abîme à l’abyme. Essai d’hantologie shakespearienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Corps et ses fantômes (séminaire)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Département "Arts", 2019, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Alberti, el poeta en la calle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tertulia littéraire à La Maison de l’Amérique latine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Strasbourg, Francia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Defoe’s Roxana: Puritanism and its subversion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kolloquium Anglistik, Amerikanistik und Anglophone Kulturen, Universität des Saarlandes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Saarbrücken, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dos cosmovisiones poéticas en el continente americano: Walt Whitman y Pablo Neruda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consejo Academico-Ciudadano para la Calidad Pública del Estado de México</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Querétaro, México</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’aventure et ses avatars dans Roxana de Daniel Defoe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée agrégation « Webster &amp; Defoe », Université de Lorraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Transnational reconstruction: William Blake and France, 19th-21st centuries ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Soubigou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconstruction(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« ‘P(o)et Shop’: Louis MacNeice’s allegorical poetics in The Burning Perch ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium Memoranda to MacNeice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« ‘Superhuman inhumanities’ : paradigmes et paradoxes de la Première Guerre Mondiale dans la poésie britannique ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire SEARCH (EA 2325)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Du corps poétique au corps politique dans la poésie britannique de la Grande Guerre ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« La lyre et les armes : poètes en guerre (Péguy, Stadler, Owen) »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« The reception of William Blake in France ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Soubigou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">William Blake, International Bloomsbury Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Robert Burns : le barde, la souris et la pâquerette ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnement et (post)humain en Écosse : représentation et mémoire de la terre, de la nature et du vivant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« ‘Memory and desire’ : poétique de l’anamnèse dans les Lyrical Ballads »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée « agrégation »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “R. B. – a poem”: Robert Burns, Robert Browning… and Luis Cernuda ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Héritage(s) et passage(s) de Robert Browning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Mélancolère : le venin de Robert Burns ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier Poésie romantique (SERA). 51e Congrès de la SAES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Robert Burns et l’idée de contrat naturel ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À l’horizon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Du haggis et du whisky : poétique et politique de l’ekphrasis chez Robert Burns ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Décrire l’œuvre d’art / Describing the Artwork </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« De la voix au théâtre au théâtre de la voix : l’envers du décor poétique de Robert Browning ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> L’envers du décor</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Robert Burns et les Romantiques ; ou, le poète et ses ménades ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culture savante, culture populaire : reprise, recyclage, récupération </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Robert Burns nomothète ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culture savante, culture populaire en Écosse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Browning et la mémoire historique : fait, fiction, ou foi ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La mémoire historique : interroger, construire, transmettre </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Angers, France. pp.39-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01692210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Robert Browning et la mémoire historique : fait, fiction, ou foi ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« La mémoire historique : interroger, construire, transmettre »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Bang-whang-whang goes the drum” : Robert Browning, ou l’énergie comique de l’homme-orchestre ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Énergie, intensité, régime (II) (Vortex)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Doing nothing” : Robert Burns et l’ambiguïté de la skholê ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culture savante, culture populaire dans les pays du monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Poser la voix : les préliminaires textuels de Robert Browning ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Texte(s), Contexte(s), Hors-texte(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« From Melchior Adam’s Vitae Germanorum Medicorum to Wagner: Robert Browning and Germany »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Victorian Europeans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Du rythme visuel au rythme sonore : la chéironomie browningnienne ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rythme / Rhythm</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Revolutionising the Poetic Voice: The Romantics and Rhythm ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESSE Romanticism Today</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Zaragoza, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Conscience lapsaire et science du lapsus dans “Fra Lippo Lippi” »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« L’innocence perdue ». Société Française des Études Victoriennes et Édouardiennes.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2003, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Polyphonie et décentrement dans The Ring and the Book ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polyphonies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2003, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Généalogie générique du monologue dramatique browningnien : du monopolylogue ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Genre(s) »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les choses et les mots dans les poèmes de Robert Browning : pour une poétique du rythme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Centre Vortex</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ut pictura poesis ? Anamorphose de la mémoire dans “My Last Duchess” de Robert Browning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Centre Vortex</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2000, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pas fou de la messe : ‘Fra Lippo Lippi’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium ENS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’histoire du cochon coupé en deux : _This Little Piggy_ (1996) de Damien Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'état du lard : un état des connaissances, représentations, usages et perspectives d'avenir du cochon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Grenoble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-8, 2025, Le Virus de la recherche - Série L'état du lard, 978-2-7061-5826-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05345346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Kathleen Raine : ‘‘la nature est un temple’’ (temenos) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kathleen Raine - Collected Poems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.179-193, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05250724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le don de la parole : éloquence animale au dix-huitième siècle en Grande-Bretagne (William Hogarth, William Blake, Robert Burns)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Valenciennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage humain, langage animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.161-186, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04744466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. S. Eliot post-Victorien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Olivier Hercend; Kit Kumiko Toda. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">T. S. Eliot. Collected poems 1909-1962 : du début (Prufrock and other observations) jusqu'aux unfinished poems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.175-198, 2023, Agrégation. Anglais, 978-2-340-07954-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04191909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« ‘An Irish Clown, a Great Joker at the Universe’: Joyce and the Modern Carnival »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Understanding Bakhtin, Understanding Modernism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bloomsbury, pp.213-226, 2023, 9781501381669</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04319433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">&amp;lt;i&amp;gt;Bright Star&amp;lt;/i&amp;gt;, “Bright Star” and bright stars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Caroline Bertonèche. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">John Keats’s Poetry and Prose</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.163-185, 2021, Agrégation anglais, 978-2-3400-5478-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03453688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 3: The Reception of William Blake in France: Literature and the Visual Arts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Soubigou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sybille Erle; Morton Paley. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Reception of William Blake in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Bloomsbury, 49-84 + bibliography: 323-331, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All the arts of hurting : souffrance et transcendance dans la poésie britannique de la Grande Guerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Lyre et les Armes. Poètes en guerre : Péguy, Stadler, Owen, etc.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, pp.163-180, 2019, 978-2-406-08305-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘P(o)et Shop’: Louis MacNeice’s allegorical poetics in The Burning Perch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memoranda to MacNeice. New Readings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.153-165, 2019, 978-2-7535-5488-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« 'Mutinous I cried' : les combats de Siegfried Sassoon », et traduction « Après-guerre » / « Aftermath » de S. Sassoon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Beaupré. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écrivains en guerre 14-18</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Gallimard, 2016, 978-2070178759</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélancolère : le venin de Robert Burns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Folliot; Jean-Marie Fournier; Marc Porée. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélancolyre. Lire et penser la mélancolie : romantisme allemand et anglo-américain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Michel Houdiard éditeur, pp.160-175, 2016, 978-2-35692-148-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Browning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvie Parizet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Bible dans les littératures du monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Édition du Cerf, pp.426-427, 2016, 978-2204113885</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Burns: Nature’s Bard and Nature’s Powers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Laplace. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental and ecological readings - Nature, human and posthuman dimensions in scottish literature &amp; arts (XVIII-XXI c) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 89 ; 947, Presses universitaires de Franche-Comté, pp.75-92 2015, Annales littéraires de l'Université de Franche-Comté. Série Recherches interdisciplinaires et transculturelles ; Annales littéraires de l'Université de Besançon, 978-2-84867-530-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01524055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Burns and Jean-Jacques Rousseau: Sensitive Hearts, Big Mouths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thomas Constantinesco; Sophie Laniel-Musitelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romanticism and the Philosophical Tradition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Nancy - Editions Universitaires de Lorraine, pp.167-183 2015, Romanticism and the Philosophical Tradition, 978-2-8143-0231-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01523983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du haggis et du whisky : poétique et politique de l’ekphrasis chez Robert Burns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anne-Pascale Bruneau-Rumsey; Anne-Florence Gillard-Estrada; Shannon Wells-Lassagne. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecrire l'art / Writing art - Formes et enjeux du discours sur les arts visuels en Grande-Bretagne et aux Etats-Unis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mare &amp; Martin, pp.125-137, 2015, Res anglophonia, 978-2-84934-222-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ‘passion pour la France’ de Robert Browning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ignacio Ramos Gay. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">‘Curious about France’ : Visions littéraires victoriennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, 2014, 9783035196696</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01524928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'épreuve de Littérature- Poésie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christophe Poiré; Brigitte Zaugg; Brigitte Courbet-Manet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réussir le CAPES externe d’anglais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SCÉRÉN-CRDP de Lorraine, pp.29-40, 2013, Atouts pour réussir, 978-2-86627-497-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Printed Voice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Erik Martiny. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Companion to Poetic Genre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 77, Wiley-Blackwell, pp.435-445, 2011, Blackwell companions to literature and culture, 9781444336733</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Blake, Songs of Innocence and of Experience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guide de la littérature britannique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Calculated outbursts”: exploding the concept of character in Joseph Conrad’s Under Western Eyes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alain Jumeau; Annie Escuret; Société française d'études victoriennes et édouardiennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommage à Sylvère Monod</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de la Méditerranée, pp.343-360, 2007, 978-2-84269-810-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas De Quincey et le paradigme perdu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Pierre Naugrette. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Confessions of an English Opium-Eater, Thomas De Quincey</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions du Temps , pp.93-106, 2003, Lectures d'une oeuvre, 2-84274-257-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04125032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“This Amazing Jim-Myth”: From Mythology to Mythography in Conrad’s Lord Jim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lord Jim – Joseph Conrad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">This Amazing Jim-Myth&amp;quot;: From Mythology to Mythography in Conrad's &amp;lt;i&amp;gt;Lord Jim&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François Gallix. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lord Jim – Joseph Conrad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellipses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.57-66, 2003, CAPES-agrégation. Anglais, 2-7298-1607-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04125030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas De Quincey et le paradigme perdu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Lectures d’une œuvre : Confessions of an English Opium-Eater – Thomas De Quincey. </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une phénoménologie ethnographique de l’esprit grec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Herzfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les usages politiques du passé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions de l'EHESS, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01705028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structurer le passé. Les Israéliens, les Palestiniens et l’autorité symbolique des monuments archéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neil Asher Silberman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les usages politiques du passé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions de l'EHESS, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01705027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Hommes et Femmes. Robert Browning. »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopaedia Universalis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01705033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bookscapes - Pays, pages, paysages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Chardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Curelly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bookscapes / Pays, pages, paysages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Strasbourg, France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVII-XVIII Revue de la Société d'études anglo-américaines des XVIIe et XVIIIe siècles </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 80, 2024, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/1718.11201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04398374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numéro spécial Thomas De Quincey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04527059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (45)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pays, pages, paysages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Chardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVII-XVIII Revue de la Société d'études anglo-américaines des XVIIe et XVIIIe siècles </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04371512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Crary & Lori Gruen. Animal Crisis. A New Critical Theory. Cambridge, Polity Press, 2022, 136 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques : linguistique, littérature, didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 199-200, </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pratiques.14253⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04396251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lecomte, L’Art contemporain à l’épreuve de l’animal. Paris, Éd. L’Harmattan, 2021, 231 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques : linguistique, littérature, didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 199-200, </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pratiques.14243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04396254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ombre au tableau : ce que l’art britannique (ne) dit (pas) de la souffrance animale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques : linguistique, littérature, didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 199-200, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pratiques.13458⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04396262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Verlaine au prisme de Rubén Darío</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Actualité Verlaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Gustave Kahn défenseur du vers libre, 13, pp.18-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03824994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamis and Energeia in Joseph Conrad’s Under Western Eyes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Epoque Conradienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 43, pp.15-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03800431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Bang-whang-whang goes the drum” : Robert Browning, ou l’énergie comique de l’homme-orchestre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 90, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cve.6375⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De varios virus (en Francia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">En la lupa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02931917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book review of: Noreen Doody. &amp;lt;i&amp;gt;The Influence of Oscar Wilde on W. B. Yeats&amp;lt;/i&amp;gt;. London, Palgrave, 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Oscholars</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03192228v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de l'ouvrage : Bois, Catherine. &amp;lt;i&amp;gt;Un langage investi. Rhétorique et poésie lyrique dans le long XVIIIe siècle britannique&amp;lt;/i&amp;gt;. Lyon, Presses Universitaires de Lyon, 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVII-XVIII Revue de la Société d'études anglo-américaines des XVIIe et XVIIIe siècles </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/1718.6391⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03192224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dawson, Clara. Victorian Poetry and the Culture of Evaluation. Oxford, Oxford University Press, 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03192223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Defoe’s Roxana: Puritanism and its Subversion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in English Language Teaching</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (4), pp.466-476</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book review of: Alisa Miller. Rupert Brooke in the First World War. Clemson, Clemson University Press, 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Michigan war studies review : review, surveys, essays and commentary in the field of military studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.2019-042</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03192226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book review of: Anna Barton. Nineteenth-Century Poetry and Liberal Thought: Forms of Freedom. London: Palgrave Macmillan, 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03192229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La eternidad de Notre-Dame en la literatura</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudos sobre a vida e cultura universitarias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 3 (16), pp.22-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’‘arse’ poetica de Robert Burns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 72 (1), pp.68-82. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/etan.721.0068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Burns et la fable animalière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Atelier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Comédies animales, 10 (1), pp.25-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Grafe and Laurence Estanove, eds., &amp;lt;i&amp;gt;Thomas Hardy, Poet: New Perspectives&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 85 Printemps, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cve.3279⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03192230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Superhuman inhumanities&amp;quot; : paradigmes et paradoxes de la Première Guerre Mondiale dans la poésie britannique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches Anglaises et Nord Americaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 49, pp.101-118</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05257854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In the Eye of the ‘Cyclops’ Episode: a Bakhtinian Reading in James Joyce’s Ulysses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language. Philosophy. Culture.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1-2, pp.10-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01692203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de l'ouvrage : Wilson-Costa, Karyn. &amp;lt;i&amp;gt;Robert Burns : le poète et ses doubles&amp;lt;/i&amp;gt;. Lyon, Presses universitaires de Lyon, 2015. EAN13 : 9782729708832.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03192233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de l'ouvrage : Morère, Pierre. &amp;lt;i&amp;gt;Sens et Sensibilité. Pensée et poésie dans la Grande-Bretagne des Lumières&amp;lt;/i&amp;gt;. Lyon, Presses Universitaires de Lyon, 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVII-XVIII Revue de la Société d'études anglo-américaines des XVIIe et XVIIIe siècles </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 73, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/1718.772⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03192234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Superhuman inhumanities’ : paradigmes et paradoxes de la Première Guerre Mondiale dans la poésie britannique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches Anglaises et Nord Americaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 49, pp.101-117</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pippa Passes… Generic Distinctions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Baltic Journal of English Language, Culture and Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6, </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22364/BJELLC.06.2016.10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Reader, attend” : l’art de la pointe chez Robert Burns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes écossaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, La Poésie Ecossaise, 17, pp.67-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinton Machann, Masculinity in Four Victorian Epics : A Darwinist Reading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, La transparence -Miscellanées, 77 Printemps, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cve.396⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04476069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Victorian Hybridities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04479454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Généalogie générique du monologue dramatiquebrowningnien ; et du monopolylogue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 73, pp.51 - 70. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cve.2168⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01692187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Généalogie générique du monologue dramatique browningnien ; et du monopolylogue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 73, pp.51-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05259587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Burns et les Romantiques ou le poète et ses ménades</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches Anglaises et Nord Americaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 43, pp.137-156</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05260930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Burns et les Romantiques ; ou ,le poète et ses ménades</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches Anglaises et Nord Americaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 43, pp.137-155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la voix au théâtre au théâtre de la voix : l’envers du décor poétique de Robert Browning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 67, pp.146-163</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse d’une situation sociale dans le Zoulouland moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Gluckman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît de L'Estoile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gen.072.0119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01705029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Burns nomothète</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches Anglaises et Nord Americaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les préliminaires textuels de Robert Browning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Doing nothing » : Robert Burns et l'ambiguïté de la skholê</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches Anglaises et Nord Americaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.91-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du rythme visuel au rythme sonore : la chéironomie browningnienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imaginaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AU MIROIR DEFORMANT DU STYLE Trois caricatures de Robert Browning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polyphonie et décentrement dans The Ring and the Book</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imaginaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome McGann: Dante Gabriel Rossetti, Collected Poetry and Prose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 2.2, </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.466⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04476066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Point de vue / point de voix dans The Ring and the Book</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conscience lapsaire et science du lapsus dans “Fra Lippo Lippi” de Robert Browning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment nommer les éléments ? Les catégories anthropologiques en Afrique du Sud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Kuper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de synthèse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 4 (3-4), pp.265-290</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Brownings deutsches Gesicht</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Schriften zur Hochschul-Sozialpolitik</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Jahrbuch 1999, pp.328-343</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01692173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard III, la Bretagne et Henry Tudor ( 1483-1485)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.S.L. Davies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Bretagne et des pays de l'Ouest : Anjou, Maine, Touraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 102 (4), pp.33 - 47. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/abpo.1995.3838⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pío Baroja, El Árbol de la ciencia: la sala de disección de España</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04479422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Blanc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tongue's imperial fiat: les polyphonies dans l'oeuvre poétique de Robert Browning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Strasbourg, 2009, Études anglophones, 978-2-86820-397-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05276826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Tongue’s Imperial Fiat’ : les polyphonies dans l’œuvre poétique de Robert Browning.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rod Watson et Wes Sharrock. « Synthèse ou respécification ? ». In de Fornel, Michel et Lemieux, Cyril (éd.). Naturalisme versus constructivisme, Revue Enquête (Éditions de l’École des Hautes Études en Sciences Sociales), 6 (2007) 101-105.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rod Watson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wes Sharrock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01705031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture savante, culture populaire en Écosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auer Christian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture savante, culture populaire dans les pays anglophones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Hoggart. « Writing about People and Places (Les mots, les gens, les lieux). » In Passeron, Jean-Claude (éd.). Richard Hoggart en France. Paris, BPI-Centre Georges Pompidou, 1999 : 59-84.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Hoggart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01705032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId221"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Yann Tholoniat </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur en littératures et arts anglophones à l'Université de Lorraine-Metz</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">A former member of the Ecole Normale Supérieure in Paris (1993), I passed a BA in English Studies, then taught at Oxford University in Wadham College and St Catherine's College. There, I studied Joseph Conrad for my Master's, and I passed a B.A. in Philosophy in Nanterre University (1995). I passed the agrégation (1996), a B.A. in History (1997), an MPhil on Robert Browning and a B.A. in Spanish Studies (1998). I went to Berlin on a double grant (Académie Française and Stipendium des Abgeordnetenhauses von Berlin) for a research project on Robert Browning and German culture (1998-9). Back in Paris, I taught English literature, translation, web design and research on the internet at the University of Paris III-New Sorbonne. I defended my PhD entitled: &amp;quot;'Tongue's Imperial Fiat': the Polyphonies in Robert Browning's Poetry&amp;quot; in 2003. This work was published by the Presses Universitaires de Strasbourg in 2009, and won the second position of the SAES/AFEA Research Prize in 2010. I taught British Literature, Arts in the English-speaking world and Translation at the University of Strasbourg from 2004 to 2012 as a Maître de Conférences. I passed the &amp;quot;Habilitation à Diriger des Recherches&amp;quot; in 2010; it focused on the work of Robert Burns.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Academic positions</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I am currently </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Professor of British and Irish Literature and Arts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> at the University of Lorraine. I work in the Department of British and American studies in </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I teach </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">anglophone literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, from Shakespeare to Cormac McCarthy and from Milton to Joyce, from Donne to T. S. Eliot and Defoe to Louis MacNeice. My main field is </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">poetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, with the study of </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">rhythm</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> and the spoken word within the written word. I also regularly teach courses on various aspects of </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> in the English-speaking world. Since 2013, I have been teaching film classes on </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">British and American cinema</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, mostly biopics and film adaptations. I give a class on </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">painters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> and artists in the English-speaking world, from the Book of Kells to Banksy, with stresses on court painters (Holbein, Hilliard, Van Dyck), 18th c. painters (Hogarth, Gainsborough, Wright of Derby, Fuseli, Blake), 19th c. painters (The Pre-Raphaelites and their followers, Landseer), and pop art in GB and the USA. I include the evolution of </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">sculpture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> in Great-Britain, from Jacob Epstein to Banksy, that ranges over Ben Nicholson, Barbara Hepworth (one of my favourites), Henry Moore, Anthony Caro, Richard Hamilton, Gilbert & George, Richard Long, Barry Flanagan, Antony Gormley, Tony Cragg, some Young British Artists - the Chapman brothers, Damien Hirst, Tracey Emin, Rachel Whiteread, Sarah Lucas, Marc Quinn - and Banksy. I am also working on </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">photography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Helmut Newton and the influence of Spanish painting).I am also interested in the relationship between a literary work and another artistic medium (</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">intermedial studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">), such as a literary work and its filmic adaptation (poetry in the case of Keats and </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bright Star</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, the novel with Jane Austen, drama with Shakespeare, but also comic books Tintin/Spielberg and videogames / </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tomb Raider, Ready Player One</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">). I also study the treatment of animals in arts (</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">animal studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Other areas of interest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">I like to give conferences in Spanish on </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">authors and artists of the Spanish-speaking world (Nicolas Guillén, Pablo Neruda, Vicente Huidobro, Luis Cernuda, Antonio Machado, Rafael Alberti, Juan Ramon Jimenez, Rubén Dario, Vicente Aleixandre, Fernando Botero)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, sometimes considered in their relationship with English-speaking authors (Neruda/Whitman, Langston Hughes/Nicolas Guillén), sometimes for their own sake - and my personal pleasure!</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I've taught French authors for graduates (CAPLP): Louise Labé, La Fontaine, Beaumarchais, Zola, Colette, Sarraute, and Sartre.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I took part in a number of fashion shows as a model, and played in various films/web series in French and Spanish. See my youtube channel: </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.youtube.com/channel/UCSuP_nGAIrzcnCDQ47tKjLg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« 250 ans de Jane Austen : une heure pour une anthologie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05557647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eavan Boland workshop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05511709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaglyphe de Lee Miller (photographies, bande dessinée, film)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05005851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Las vidas virtuales de Frida Kahlo (pintura, novela, fotografía, cine)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Eduardo Chillida, escultor de la trascendencia »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05134826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Frida Kahlo : viva la vida »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05380638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Velázquez metapintor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05404090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photographies de Lee Miller (du génitif objectif au génitif subjectif)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05380641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irish Modernism and Modernism in Ireland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04892287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Challenge of the Spoken Word in Romantic and Post-Romantic Poetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04963902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frida Kahlo - Viva la vida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05306379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voyage au cœur de la sculpture anglaise : Barbara Hepworth, Henry Moore, Gilbert and George, Richard Long, Anish Kapoor, les Young British Artists (Tracey Emin, Sarah Lucas, Damien Hirst, Rachel Whiteread, Marc Quinn), et Banksy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04448095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D’après Velázquez, Goya et Dalí : Helmut Newton et la peinture espagnole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04585711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weegee the Famous : images fixes, images animées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04842657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La première mort de Mary Wollstonecraft</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Europe. Thomas De Quincey</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.150-161</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04585705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déambulations et démantibulations : douze sculptrices et sculpteurs britanniques (1970-2020)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04276104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Hogarth : le graveur qui peignait des romans (Tertulia à La Maison de l’Amérique latine, Strasbourg, 1er mars 2022)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03609607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’Île et l’Autre: aux origines de la peinture britannique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03859523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Verlaine au prisme de Rubén Darío</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03682102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Verlaine et Rubén Darío</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03453695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Ramón Jiménez, el alma en flor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03453692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Joyce, le B-A bababadalgharaghtakamminarronn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rubén Darío, una hiperestesia humana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Cernuda, entre realidad y deseo.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Burns' Supper 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Vicente Huidobro y ‘ese fiat lux clavado en la lengua’ : Altazor y Temblor de cielo ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Jazz y bongó : mestizaje rítmico en las obras de Langston Hughes y Nicolás Guillén ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Digging in Thomas Hardy’s ‘grave’ humour: “Ah, Are You Digging on My Grave””.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Robert Burns and William Wordsworth: the birth of British Romanticism ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Remembering and dismembering the sonnet in World War 1 poetry: Brooke, Sorley, Sassoon, Owen ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Pablo Neruda y Walt Whitman: dos cosmovisiones poéticas ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Theme for English B’: Langston Hughes’s ABC of Poetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Robert Burns, l’exilé du canon ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Introduction à la poésie de Wilfred Owen »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« John Keats », « ‘The Wrestlers’ », « Rupert Brooke », « ‘Dulce et Decorum Est’ », « ‘Hospital Barge’ », « ‘Six o’clock in Princes Street’ », « Marmion », « ‘Anthem for Doomed Youth’ », « ‘Insensibility’ », « John Milton », « ‘Futility’ », « ‘The Last Laugh’ », « ‘The Unreturning’ ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01705030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Jokes, and their relation to the psychopathology of the English tourist in A Room with a View ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La gloire ou le néant ? Paradoxes de la guerre dans la poésie de Wilfred Owen ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« ‘Cette guerre qu’on dit grande’ : paradoxes de la guerre moderne dans la poésie de Wilfred Owen ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book review : Clinton Machann, Masculinity in Four Victorian Epics : A Darwinist Reading http://cve.revues.org/396</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Tropes ma non troppo : de la rhétorique acroamatique chez Robert Browning »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le franc-parler de Robert Burns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Ce vieux mensonge : mourir pour la patrie’ – Rupert Brooke, Siegfried Sasson, Wilfred Owen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Les Belles Lettres de la Nature’ : Robert Burns face à l’éco-critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Double vision dans la peinture anglaise : de l’anamorphose de Hans Holbein à la ressemblance informe chez Francis Bacon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Pío Baroja. El árbol de la ciencia: la sala de disección de España ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01705035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘El álbum’ de Juan Carlos Onetti : Castillos en España o en Escocia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01705034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (54)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture, cinema and Spanish painting: Helmut Newton’s intermedial companionship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Professeur invité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2026, Saarbrucken, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05468055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’image en abyme : réflexions de la photographie au cinéma »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’Étude « Inter-média »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IDEA, Jul 2025, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05150173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le devenir-paysage dans les sculptures de Barbara Hepworth et Eduardo Chillida »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intermédialités sensibles: restitution(s) du vivant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Interlangues - Texte-Image-Langage (TIL UR 4182), Jun 2025, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05134829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecological awareness vs. animal abuse in British art and literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurecapro</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05080592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects de la culture irlandaise contemporaine (littérature, peinture, musique, cinéma)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Festival des littératures européennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ville de Cognac, Nov 2024, Cognac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04806132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« William Shakespeare et le vin, de l’appétit à la performance ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langues, cultures et vins en France et dans les pays germanophones et anglophones</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IDEA; ATILF, Nov 2024, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04806159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Art concealing art(s): Helmut Newton’s intermedial companionship with Vogue”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">’Vogue’s View’: on Education. Diachronic and Transnational Perspectives on Vogue Magazine, from the Archives to the Classroom</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04842690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Botero, pintor y escultor a la estética curva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maison de l'Amérique latine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Strasbourg, Francia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04383727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thirteen ways of looking at a dead pig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference La chair des mots, la chair des images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SAIT, Oct 2024, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04744472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le trou, la ficelle et le boulon : la sculpture britannique 1910-1970</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tertulia littéraire de la Maison de l'Amérique Latine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Burns and the Critique of the Parrhesiastic Reason</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Independent Spirit: Dissonant Voices in Scottish politics and culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherches anglophones - Université Paris Nanterre; Centre de recherches en civilisation britannique, May 2023, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« De l’art et du cochon : 'This Little Piggy' (1996) de Damien Hirst »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Porkshop ‘Le cochon et nous, état de l’art’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éric Baratay; Cédric Sueur; Laurent Bègue-Shankland, Oct 2023, Lyon (Maison des Sciences de l'Homme), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le don de la parole : éloquence animale au dix-huitième siècle en Grande-Bretagne (William Hogarth, William Blake, Robert Burns)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4e Journée Interdisciplinaire sur la Condition Animale (JICA 4), « Langage humain, langage animal »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Angelo Giavatto, Cédric Sueur, May 2022, Paris (Ministère de l’Enseignement Supérieur et de la Recherche), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03682109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Los paraísos entrevistos de Vicente Aleixandre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence à la Maison de l'Amérique latine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Strasbourg, Francia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04018612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Membre invité du panel &amp;quot;Joyce specialists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Ulysses. James Joyce’s Ulysses, A Hundred Years On</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Keough Naughton Institute for Irish Studies; Keough School of Global Affairs University of Notre-Dame, Jun 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03691018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pent up energies in Joseph Conrad’s &amp;lt;i&amp;gt;Under Western Eyes&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESSE 2021, Conrad-Hardy seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Lyon (online), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03453690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poetry at the Age of Mechanization: Louis MacNeice’s The Burning Perch (1963)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloquium Anglistik, Amerikanistik und Anglophone Kulturen, Universität des Saarlandes (par visioconférence)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Saarbrücken, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Machado, entre cantos y caminos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tertulia littéraire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Maison de l’Amérique latine, Feb 2019, Strasbourg, Francia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« El cine omnívoro: cinco estudios intermediales en películas (novela, teatro, poesía, historieta, videojuego) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consejo Academico-Ciudadano para la Calidad Pública del Estado de México</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Toluca, México</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jazz y bongo: mestizaje rítmico en los poemas de Langston Hughes y Nicolás Guillén</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consejo Academico-Ciudadano para la Calidad Pública del Estado de México</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Querétaro, México</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’aventure et ses avatars dans Roxana de Daniel Defoe »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études / agrégation d'anglais 2019 Webster &amp; Defoe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’abîme à l’abyme. Essai d’hantologie shakespearienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Corps et ses fantômes (séminaire)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Département "Arts", 2019, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Alberti, el poeta en la calle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tertulia littéraire à La Maison de l’Amérique latine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Strasbourg, Francia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Defoe’s Roxana: Puritanism and its subversion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kolloquium Anglistik, Amerikanistik und Anglophone Kulturen, Universität des Saarlandes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Saarbrücken, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dos cosmovisiones poéticas en el continente americano: Walt Whitman y Pablo Neruda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consejo Academico-Ciudadano para la Calidad Pública del Estado de México</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Querétaro, México</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’aventure et ses avatars dans Roxana de Daniel Defoe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée agrégation « Webster &amp; Defoe », Université de Lorraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Transnational reconstruction: William Blake and France, 19th-21st centuries ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Soubigou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconstruction(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« ‘P(o)et Shop’: Louis MacNeice’s allegorical poetics in The Burning Perch ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium Memoranda to MacNeice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« ‘Superhuman inhumanities’ : paradigmes et paradoxes de la Première Guerre Mondiale dans la poésie britannique ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire SEARCH (EA 2325)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Du corps poétique au corps politique dans la poésie britannique de la Grande Guerre ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« La lyre et les armes : poètes en guerre (Péguy, Stadler, Owen) »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« The reception of William Blake in France ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Soubigou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">William Blake, International Bloomsbury Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Robert Burns : le barde, la souris et la pâquerette ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnement et (post)humain en Écosse : représentation et mémoire de la terre, de la nature et du vivant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« ‘Memory and desire’ : poétique de l’anamnèse dans les Lyrical Ballads »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée « agrégation »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “R. B. – a poem”: Robert Burns, Robert Browning… and Luis Cernuda ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Héritage(s) et passage(s) de Robert Browning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Mélancolère : le venin de Robert Burns ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier Poésie romantique (SERA). 51e Congrès de la SAES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Robert Burns et l’idée de contrat naturel ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À l’horizon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Du haggis et du whisky : poétique et politique de l’ekphrasis chez Robert Burns ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Décrire l’œuvre d’art / Describing the Artwork </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« De la voix au théâtre au théâtre de la voix : l’envers du décor poétique de Robert Browning ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> L’envers du décor</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Robert Burns et les Romantiques ; ou, le poète et ses ménades ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culture savante, culture populaire : reprise, recyclage, récupération </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Browning et la mémoire historique : fait, fiction, ou foi ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La mémoire historique : interroger, construire, transmettre </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Angers, France. pp.39-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01692210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Robert Burns nomothète ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culture savante, culture populaire en Écosse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Bang-whang-whang goes the drum” : Robert Browning, ou l’énergie comique de l’homme-orchestre ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Énergie, intensité, régime (II) (Vortex)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Doing nothing” : Robert Burns et l’ambiguïté de la skholê ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culture savante, culture populaire dans les pays du monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« From Melchior Adam’s Vitae Germanorum Medicorum to Wagner: Robert Browning and Germany »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Victorian Europeans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Poser la voix : les préliminaires textuels de Robert Browning ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Texte(s), Contexte(s), Hors-texte(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Robert Browning et la mémoire historique : fait, fiction, ou foi ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« La mémoire historique : interroger, construire, transmettre »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Du rythme visuel au rythme sonore : la chéironomie browningnienne ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rythme / Rhythm</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Revolutionising the Poetic Voice: The Romantics and Rhythm ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESSE Romanticism Today</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Zaragoza, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Conscience lapsaire et science du lapsus dans “Fra Lippo Lippi” »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« L’innocence perdue ». Société Française des Études Victoriennes et Édouardiennes.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2003, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Polyphonie et décentrement dans The Ring and the Book ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polyphonies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2003, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Généalogie générique du monologue dramatique browningnien : du monopolylogue ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Genre(s) »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les choses et les mots dans les poèmes de Robert Browning : pour une poétique du rythme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Centre Vortex</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ut pictura poesis ? Anamorphose de la mémoire dans “My Last Duchess” de Robert Browning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Centre Vortex</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2000, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pas fou de la messe : ‘Fra Lippo Lippi’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium ENS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Kathleen Raine : ‘‘la nature est un temple’’ (temenos) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kathleen Raine - Collected Poems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.179-193, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05250724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’histoire du cochon coupé en deux : _This Little Piggy_ (1996) de Damien Hirst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'état du lard : un état des connaissances, représentations, usages et perspectives d'avenir du cochon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Grenoble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-8, 2025, Le Virus de la recherche - Série L'état du lard, 978-2-7061-5826-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05345346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le don de la parole : éloquence animale au dix-huitième siècle en Grande-Bretagne (William Hogarth, William Blake, Robert Burns)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Valenciennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage humain, langage animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.161-186, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04744466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. S. Eliot post-Victorien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Olivier Hercend; Kit Kumiko Toda. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">T. S. Eliot. Collected poems 1909-1962 : du début (Prufrock and other observations) jusqu'aux unfinished poems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.175-198, 2023, Agrégation. Anglais, 978-2-340-07954-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04191909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« ‘An Irish Clown, a Great Joker at the Universe’: Joyce and the Modern Carnival »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Understanding Bakhtin, Understanding Modernism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bloomsbury, pp.213-226, 2023, 9781501381669</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04319433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">&amp;lt;i&amp;gt;Bright Star&amp;lt;/i&amp;gt;, “Bright Star” and bright stars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Caroline Bertonèche. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">John Keats’s Poetry and Prose</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.163-185, 2021, Agrégation anglais, 978-2-3400-5478-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03453688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All the arts of hurting : souffrance et transcendance dans la poésie britannique de la Grande Guerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Lyre et les Armes. Poètes en guerre : Péguy, Stadler, Owen, etc.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, pp.163-180, 2019, 978-2-406-08305-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘P(o)et Shop’: Louis MacNeice’s allegorical poetics in The Burning Perch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memoranda to MacNeice. New Readings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.153-165, 2019, 978-2-7535-5488-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 3: The Reception of William Blake in France: Literature and the Visual Arts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Soubigou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sybille Erle; Morton Paley. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Reception of William Blake in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Bloomsbury, 49-84 + bibliography: 323-331, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« 'Mutinous I cried' : les combats de Siegfried Sassoon », et traduction « Après-guerre » / « Aftermath » de S. Sassoon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Beaupré. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écrivains en guerre 14-18</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Gallimard, 2016, 978-2070178759</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélancolère : le venin de Robert Burns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Folliot; Jean-Marie Fournier; Marc Porée. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélancolyre. Lire et penser la mélancolie : romantisme allemand et anglo-américain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Michel Houdiard éditeur, pp.160-175, 2016, 978-2-35692-148-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Browning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvie Parizet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Bible dans les littératures du monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Édition du Cerf, pp.426-427, 2016, 978-2204113885</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du haggis et du whisky : poétique et politique de l’ekphrasis chez Robert Burns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anne-Pascale Bruneau-Rumsey; Anne-Florence Gillard-Estrada; Shannon Wells-Lassagne. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecrire l'art / Writing art - Formes et enjeux du discours sur les arts visuels en Grande-Bretagne et aux Etats-Unis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mare &amp; Martin, pp.125-137, 2015, Res anglophonia, 978-2-84934-222-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Burns and Jean-Jacques Rousseau: Sensitive Hearts, Big Mouths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thomas Constantinesco; Sophie Laniel-Musitelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romanticism and the Philosophical Tradition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Nancy - Editions Universitaires de Lorraine, pp.167-183 2015, Romanticism and the Philosophical Tradition, 978-2-8143-0231-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01523983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Burns: Nature’s Bard and Nature’s Powers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Laplace. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental and ecological readings - Nature, human and posthuman dimensions in scottish literature &amp; arts (XVIII-XXI c) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 89 ; 947, Presses universitaires de Franche-Comté, pp.75-92 2015, Annales littéraires de l'Université de Franche-Comté. Série Recherches interdisciplinaires et transculturelles ; Annales littéraires de l'Université de Besançon, 978-2-84867-530-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01524055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ‘passion pour la France’ de Robert Browning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ignacio Ramos Gay. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">‘Curious about France’ : Visions littéraires victoriennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, 2014, 9783035196696</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01524928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'épreuve de Littérature- Poésie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christophe Poiré; Brigitte Zaugg; Brigitte Courbet-Manet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réussir le CAPES externe d’anglais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SCÉRÉN-CRDP de Lorraine, pp.29-40, 2013, Atouts pour réussir, 978-2-86627-497-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Printed Voice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Erik Martiny. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Companion to Poetic Genre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 77, Wiley-Blackwell, pp.435-445, 2011, Blackwell companions to literature and culture, 9781444336733</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Blake, Songs of Innocence and of Experience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guide de la littérature britannique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Calculated outbursts”: exploding the concept of character in Joseph Conrad’s Under Western Eyes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alain Jumeau; Annie Escuret; Société française d'études victoriennes et édouardiennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommage à Sylvère Monod</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de la Méditerranée, pp.343-360, 2007, 978-2-84269-810-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“This Amazing Jim-Myth”: From Mythology to Mythography in Conrad’s Lord Jim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lord Jim – Joseph Conrad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">This Amazing Jim-Myth&amp;quot;: From Mythology to Mythography in Conrad's &amp;lt;i&amp;gt;Lord Jim&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François Gallix. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lord Jim – Joseph Conrad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellipses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.57-66, 2003, CAPES-agrégation. Anglais, 2-7298-1607-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04125030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas De Quincey et le paradigme perdu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Lectures d’une œuvre : Confessions of an English Opium-Eater – Thomas De Quincey. </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas De Quincey et le paradigme perdu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Pierre Naugrette. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Confessions of an English Opium-Eater, Thomas De Quincey</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions du Temps , pp.93-106, 2003, Lectures d'une oeuvre, 2-84274-257-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04125032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une phénoménologie ethnographique de l’esprit grec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Herzfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les usages politiques du passé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions de l'EHESS, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01705028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structurer le passé. Les Israéliens, les Palestiniens et l’autorité symbolique des monuments archéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neil Asher Silberman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les usages politiques du passé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions de l'EHESS, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01705027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Hommes et Femmes. Robert Browning. »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopaedia Universalis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01705033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bookscapes - Pays, pages, paysages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Chardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Curelly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bookscapes / Pays, pages, paysages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Strasbourg, France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVII-XVIII Revue de la Société d'études anglo-américaines des XVIIe et XVIIIe siècles </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 80, 2024, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/1718.11201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04398374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numéro spécial Thomas De Quincey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04527059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (44)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pays, pages, paysages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Chardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVII-XVIII Revue de la Société d'études anglo-américaines des XVIIe et XVIIIe siècles </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04371512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Crary & Lori Gruen. Animal Crisis. A New Critical Theory. Cambridge, Polity Press, 2022, 136 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques : linguistique, littérature, didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 199-200, </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pratiques.14253⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04396251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lecomte, L’Art contemporain à l’épreuve de l’animal. Paris, Éd. L’Harmattan, 2021, 231 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques : linguistique, littérature, didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 199-200, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pratiques.14243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04396254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ombre au tableau : ce que l’art britannique (ne) dit (pas) de la souffrance animale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques : linguistique, littérature, didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 199-200, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pratiques.13458⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04396262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Verlaine au prisme de Rubén Darío</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Actualité Verlaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Gustave Kahn défenseur du vers libre, 13, pp.18-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03824994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamis and Energeia in Joseph Conrad’s Under Western Eyes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Epoque Conradienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 43, pp.15-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03800431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Bang-whang-whang goes the drum” : Robert Browning, ou l’énergie comique de l’homme-orchestre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 90, </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cve.6375⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De varios virus (en Francia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">En la lupa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02931917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book review of: Noreen Doody. &amp;lt;i&amp;gt;The Influence of Oscar Wilde on W. B. Yeats&amp;lt;/i&amp;gt;. London, Palgrave, 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Oscholars</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03192228v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de l'ouvrage : Bois, Catherine. &amp;lt;i&amp;gt;Un langage investi. Rhétorique et poésie lyrique dans le long XVIIIe siècle britannique&amp;lt;/i&amp;gt;. Lyon, Presses Universitaires de Lyon, 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVII-XVIII Revue de la Société d'études anglo-américaines des XVIIe et XVIIIe siècles </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/1718.6391⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03192224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dawson, Clara. Victorian Poetry and the Culture of Evaluation. Oxford, Oxford University Press, 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03192223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book review of: Alisa Miller. Rupert Brooke in the First World War. Clemson, Clemson University Press, 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Michigan war studies review : review, surveys, essays and commentary in the field of military studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.2019-042</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03192226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book review of: Anna Barton. Nineteenth-Century Poetry and Liberal Thought: Forms of Freedom. London: Palgrave Macmillan, 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03192229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La eternidad de Notre-Dame en la literatura</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudos sobre a vida e cultura universitarias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 3 (16), pp.22-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’‘arse’ poetica de Robert Burns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Anglaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 72 (1), pp.68-82. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/etan.721.0068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Defoe’s Roxana: Puritanism and its Subversion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in English Language Teaching</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (4), pp.466-476</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Burns et la fable animalière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Atelier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Comédies animales, 10 (1), pp.25-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02900267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Grafe and Laurence Estanove, eds., &amp;lt;i&amp;gt;Thomas Hardy, Poet: New Perspectives&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 85 Printemps, </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cve.3279⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03192230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In the Eye of the ‘Cyclops’ Episode: a Bakhtinian Reading in James Joyce’s Ulysses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language. Philosophy. Culture.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1-2, pp.10-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01692203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de l'ouvrage : Wilson-Costa, Karyn. &amp;lt;i&amp;gt;Robert Burns : le poète et ses doubles&amp;lt;/i&amp;gt;. Lyon, Presses universitaires de Lyon, 2015. EAN13 : 9782729708832.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03192233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Superhuman inhumanities’ : paradigmes et paradoxes de la Première Guerre Mondiale dans la poésie britannique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches Anglaises et Nord Americaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 49, pp.101-117</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de l'ouvrage : Morère, Pierre. &amp;lt;i&amp;gt;Sens et Sensibilité. Pensée et poésie dans la Grande-Bretagne des Lumières&amp;lt;/i&amp;gt;. Lyon, Presses Universitaires de Lyon, 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVII-XVIII Revue de la Société d'études anglo-américaines des XVIIe et XVIIIe siècles </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 73, </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/1718.772⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03192234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pippa Passes… Generic Distinctions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Baltic Journal of English Language, Culture and Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6, </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22364/BJELLC.06.2016.10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Reader, attend” : l’art de la pointe chez Robert Burns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes écossaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, La Poésie Ecossaise, 17, pp.67-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinton Machann, Masculinity in Four Victorian Epics : A Darwinist Reading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, La transparence -Miscellanées, 77 Printemps, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cve.396⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04476069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Victorian Hybridities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04479454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Généalogie générique du monologue dramatiquebrowningnien ; et du monopolylogue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 73, pp.51 - 70. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cve.2168⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01692187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Généalogie générique du monologue dramatique browningnien ; et du monopolylogue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 73, pp.51-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05259587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Burns et les Romantiques ou le poète et ses ménades</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches Anglaises et Nord Americaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 43, pp.137-156</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05260930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Burns et les Romantiques ; ou ,le poète et ses ménades</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches Anglaises et Nord Americaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 43, pp.137-155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la voix au théâtre au théâtre de la voix : l’envers du décor poétique de Robert Browning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 67, pp.146-163</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse d’une situation sociale dans le Zoulouland moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Gluckman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît de L'Estoile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gen.072.0119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01705029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Burns nomothète</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches Anglaises et Nord Americaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les préliminaires textuels de Robert Browning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Doing nothing » : Robert Burns et l'ambiguïté de la skholê</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches Anglaises et Nord Americaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.91-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AU MIROIR DEFORMANT DU STYLE Trois caricatures de Robert Browning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du rythme visuel au rythme sonore : la chéironomie browningnienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imaginaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polyphonie et décentrement dans The Ring and the Book</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imaginaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome McGann: Dante Gabriel Rossetti, Collected Poetry and Prose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 2.2, </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.466⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04476066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Point de vue / point de voix dans The Ring and the Book</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conscience lapsaire et science du lapsus dans “Fra Lippo Lippi” de Robert Browning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Victoriens et Edouardiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment nommer les éléments ? Les catégories anthropologiques en Afrique du Sud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Kuper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de synthèse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 4 (3-4), pp.265-290</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Brownings deutsches Gesicht</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Schriften zur Hochschul-Sozialpolitik</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Jahrbuch 1999, pp.328-343</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01692173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard III, la Bretagne et Henry Tudor ( 1483-1485)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.S.L. Davies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Bretagne et des pays de l'Ouest : Anjou, Maine, Touraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 102 (4), pp.33 - 47. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/abpo.1995.3838⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pío Baroja, El Árbol de la ciencia: la sala de disección de España</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04479422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Blanc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01700546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tongue's imperial fiat: les polyphonies dans l'oeuvre poétique de Robert Browning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Strasbourg, 2009, Études anglophones, 978-2-86820-397-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05276826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Tongue’s Imperial Fiat’ : les polyphonies dans l’œuvre poétique de Robert Browning.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rod Watson et Wes Sharrock. « Synthèse ou respécification ? ». In de Fornel, Michel et Lemieux, Cyril (éd.). Naturalisme versus constructivisme, Revue Enquête (Éditions de l’École des Hautes Études en Sciences Sociales), 6 (2007) 101-105.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rod Watson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wes Sharrock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01705031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture savante, culture populaire en Écosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auer Christian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture savante, culture populaire dans les pays anglophones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Hoggart. « Writing about People and Places (Les mots, les gens, les lieux). » In Passeron, Jean-Claude (éd.). Richard Hoggart en France. Paris, BPI-Centre Georges Pompidou, 1999 : 59-84.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Tholoniat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Hoggart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01705032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId221"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/channel/UCSuP_nGAIrzcnCDQ47tKjLg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511709v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Tholoniat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306379v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005851v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298032v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134826v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380638v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404090v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380641v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892287v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963902v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448095v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585711v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842657v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585705v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04276104v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03609607v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03859523v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03682102v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03453692v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03453695v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02897495v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02897496v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02897457v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702598v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702599v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700552v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702495v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702493v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702491v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702510v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702490v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702489v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702487v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702486v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705030v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702488v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702479v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191506v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702505v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702477v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702474v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702476v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702473v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705035v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705034v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468055v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080592v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150173v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134829v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744472v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806132v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806159v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842690v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04383727v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097671v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04029447v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04245101v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03682109v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04018612v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03691018v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03453690v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02897497v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900604v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900801v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02897472v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900763v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02897491v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02897470v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02897480v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900764v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900271v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702511v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Soubigou" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702596v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702509v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702508v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702595v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702594v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702507v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702506v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702504v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702503v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702593v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702502v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702591v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702590v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01692210v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702586v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702587v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702588v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702501v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702585v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702582v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702583v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702497v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702581v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702498v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702472v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702471v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702470v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345346v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pug.fr/produit/2191/9782706158261/l-histoire-du-cochon-coupe-en-deux-this-little-piggy-1996-de-damien-hirst" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250724v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744466v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191909v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319433v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03453688v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02897478v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900264v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900263v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700550v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700543v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700551v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01524055v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01523983v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700542v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01524928v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700549v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700547v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700545v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700538v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125032v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700529v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125030v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ellipses.fr/accueil/11801-22452-conrad-lord-jim-9782729816070.html#/1-format_disponible-broche" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700530v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705028v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Herzfeld" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705027v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Asher Silberman" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705033v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398374v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Chardin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Curelly" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1718.11201" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527059v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371512v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396251v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pratiques.14253" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396254v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pratiques.14243" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396262v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pratiques.13458" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824994v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800431v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02897498v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cve.6375" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02931917v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03192228v2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03192224v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1718.6391" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03192223v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900269v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03192226v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03192229v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02897481v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900265v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etan.721.0068" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900267v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03192230v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cve.3279" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05257854v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01692203v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03192233v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03192234v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1718.772" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700544v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01526613v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22364/BJELLC.06.2016.10" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01526352v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476069v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cve.396" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479454v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01692187v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cve.2168" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259587v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05260930v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700541v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700540v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705029v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Gluckman" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t de L'Estoile" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.072.0119" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700539v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700536v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700537v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700535v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700528v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700534v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476066v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.466" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700533v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700532v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700556v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Kuper" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01692173v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700555v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.S.L. Davies" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/abpo.1995.3838" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479422v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700546v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05276826v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702466v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705031v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rod Watson" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wes Sharrock" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702468v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auer Christian" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702469v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705032v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Hoggart" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/channel/UCSuP_nGAIrzcnCDQ47tKjLg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557647v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Tholoniat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511709v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005851v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298032v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134826v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380638v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404090v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380641v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892287v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963902v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306379v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448095v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585711v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842657v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585705v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04276104v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03609607v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03859523v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03682102v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03453695v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03453692v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02897495v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02897496v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02897457v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700552v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702495v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702493v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702491v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702599v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702598v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702490v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702489v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702510v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702487v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705030v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702488v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702486v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702479v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191506v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702505v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702477v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702474v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702476v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702473v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705035v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705034v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468055v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150173v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134829v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080592v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806132v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806159v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842690v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04383727v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744472v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04029447v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097671v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04245101v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03682109v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04018612v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03691018v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03453690v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02897497v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900604v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900801v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900763v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02897472v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02897491v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02897470v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02897480v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900764v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900271v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702511v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Soubigou" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702596v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702509v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702508v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702595v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702594v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702507v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702506v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702504v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702503v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702593v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702502v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702591v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01692210v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702590v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702587v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702588v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702585v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702501v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702586v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702582v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702583v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702497v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702581v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702498v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702472v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702471v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702470v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250724v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345346v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pug.fr/produit/2191/9782706158261/l-histoire-du-cochon-coupe-en-deux-this-little-piggy-1996-de-damien-hirst" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744466v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191909v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319433v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03453688v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900264v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900263v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02897478v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700550v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700543v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700551v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700542v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01523983v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01524055v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01524928v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700549v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700547v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700545v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700538v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700529v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125030v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ellipses.fr/accueil/11801-22452-conrad-lord-jim-9782729816070.html#/1-format_disponible-broche" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700530v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125032v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705028v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Herzfeld" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705027v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Asher Silberman" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705033v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398374v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Chardin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Curelly" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1718.11201" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527059v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371512v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396251v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pratiques.14253" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396254v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pratiques.14243" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396262v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pratiques.13458" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824994v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800431v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02897498v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cve.6375" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02931917v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03192228v2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03192224v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1718.6391" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03192223v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03192226v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03192229v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02897481v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900265v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etan.721.0068" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900269v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900267v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03192230v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cve.3279" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01692203v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03192233v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700544v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03192234v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1718.772" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01526613v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22364/BJELLC.06.2016.10" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01526352v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476069v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cve.396" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479454v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01692187v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cve.2168" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259587v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05260930v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700541v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700540v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705029v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Gluckman" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t de L'Estoile" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.072.0119" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700539v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700536v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700537v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700528v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700535v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700534v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476066v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.466" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700533v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700532v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700556v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Kuper" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01692173v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700555v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.S.L. Davies" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/abpo.1995.3838" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479422v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01700546v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05276826v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702466v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705031v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rod Watson" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wes Sharrock" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702468v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auer Christian" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702469v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705032v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Hoggart" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>