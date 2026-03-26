--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:131.50684931507px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Yann Heuzé </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Yann Heuzé (PhD, HDR), directeur de recherche CNRS (DR2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">yannheuze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0660-9613</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">088676412</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">214237661</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000140998117</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rattaché aux équipes « EVODIBIO, évolution et diversité biologique passée et présente : des organismes aux écosystèmes » et « EURAPAL, lignées humaines, cultures, environnements du Paléolithique ancien au début du Paléolithique récent en Eurasie » de l'UMR 5199 PACEA.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">THEMES DE RECHERCHE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Développement craniofacial, dentaire et cérébral normal et pathologique ; Co-variation morphologique craniofaciale et cérébrale ; Correspondance génotype-phénotype ; Evolution humaine ; Craniosynostosis ; Hypoplasie maxillo-faciale ; Symétrie et asymétrie ; Morphométrie géométrique & analyses statistiques multivariées ; Techniques d’imagerie et analyse de données</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">CARRIERE SCIENTIFIQUE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025-présent DR2 CNRS UMR 5199 PACEA</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017-2025 CRCN CNRS UMR 5199 PACEA (Recrutement CR1 par la section 31 du CoNRS)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014-2017 Chaire Junior, LabEx des Sciences Archéologiques de Bordeaux, Univ. Bordeaux, UMR 5199 PACEA</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008-2014 Chercheur associé, Département d’Anthropologie, Université d’Etat de Pennsylvanie, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007-2008 Chercheur postdoctorant, Département de Radiologie, Université Médicale d’Innsbruck, Autriche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005-2006 Chercheur postdoctorant, Département d’Anthropologie, Université de Coimbra, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">CURSUS UNIVERSITAIRE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020 Habilitation à Diriger des Recherches (HDR) en Anthropologie Biologique, Univ. Bordeaux</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Titre : Variation, évolution et adaptation de la morphologie crânienne des hominoïdes : apports de l’étude du vivant dans la connaissance du passé</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001-2004 Doctorat en Anthropologie Biologique, Université Bordeaux 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Titre : Chronologie et étiologie de la maturation macrostructurale des dents définitives</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Co-direction : J. Braga et D. Bley</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2000-2001 DEA, Anthropologie Biologique, mention B, Université Bordeaux 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1999-2000 Maîtrise d’Ethnologie mentions Anthropologie Biologique, Paléoanthropologie et Préhistoire, mention B, Université Bordeaux 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1998-1999 Licence de Biologie des Organismes, mention AB, Université Bordeaux 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1995-1998 DEUG B labellisé Biologie Générale et Sciences de la Terre, Université Bordeaux 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">FINANCEMENT SUR PROJET ET BOURSE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021-2029 Grand Programme de Recherche « Human Past » du département des sciences archéologiques de l’Université de Bordeaux. IdEx Université de Bordeaux, Rôle : co-PI de l’équipe 1 (WP1, 900 000€)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018-2021 Bakeng se Afrika, Erasmus+: Higher Education - International Capacity Building, EU, Rôle : PI pour le site de Bordeaux (112 142€)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021-2022 Non-invasive morphological biomarkers to improve early diagnosis and prognosis of sleep obstructive apnea and dementia in Down syndrome. Fondation Jérôme Lejeune, Rôle: co-PI (30 000€)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020-2021 Effets de la température sur la morphologie craniofaciale : quand les souris de laboratoire aident à interpréter les adaptations climatiques et l’évolution de la lignée humaine. LabEx LaScArBx AAP consolidation ANR-10-LABX-52, Rôle : PI (20 271€)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018-2020 Programme de Recherche Conjoint France – Russie (CNRS/RFBR) Nasal Airways Size and shape: Analysis of Latitude and Muscularity potential effects (NASAL-M), Rôle : PI (21 000€)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017-2018 Aide installation nouveaux entrants CNRS / INEE, Rôle : PI (5 000€)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015-2018 Craniosynostosis Network Project NIH, Rôle : PI pour le site de Bordeaux ($50 924)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014-2017 Chaire Junior LabEx Sciences Archéologiques de Bordeaux, Univ. Bordeaux, Rôle : PI (26 000€)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005-2006 Bourse d’études postdoctorales de la Fondation Fyssen, Rôle : PI (21 700€)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2002-2005 Bourse de Doctorant Ingénieur CNRS/Région Aquitaine, Rôle : PI (40 500€)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">PARTICIPATION A DES PROJETS DE RECHERCHE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021-2024 ANR GenoMorph, Reconstruire l’évolution des structures crânio-dentaires chez l’humain, PI : Clément Zanolli</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021-2025 ANR PaleoBRAIN, Ressusciter le cerveau d’Homo erectus et des Néandertaliens, PI : Antoine Balzeau</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015-2020 ANR GRAVETT’OS, Biologie, pathologie et comportements des Gravettiens : du squelette aux interprétations palethnologiques, coordonné par Sébastien Villotte (ANR-15-CE33-0004)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014-2020 NIH, Craniosynostosis Network, PI : Ethylin Wang Jabs (5P01HD078233-02)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012-2017 NIH, Midface and upper airway in craniosynostosis, PI : Joan T. Richtsmeier (4R01DE022988-05)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009-2017 NIH, Nonsyndromic craniosynostosis: phenotype/genotype study, coordonné par Simeon Boyadjiev Boyd (5R01DE016886-08)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009-2012 NIH, Population study of craniosynostosis, PI : Ethylin Wang Jabs (5R01DD000350-03)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008-2014 NIH, Phenogenetics of skull and brain integration in craniosynostosis, PI : Joan T. Richtsmeier (5R01DE018500-05)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007-2008 EVAN, European Virtual Anthropology Network, PI : Gerhard W Weber (Marie Curie FP6 MRTN-CT-2005-019564)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004-2007 GDR, Les Hommes fossiles : de l’imagerie virtuelle à la morphométrie 3D, PI : Hélène Coqueugniot et José Braga (GDR 2152)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001-2004 ACI Jeune Chercheur, Le développement somatique, ses relations avec la maturation dentaire et céphalique – Apports de l’imagerie médicale numérisée et application en biologie humaine, PI : José Braga</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENSEIGNEMENT UNIVERSITAIRE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023-2025	Les apports de la morphométrie géométrique à la connaissance de la variabilité de la face et du crâne, in Apport de l'Anthropologie biologique à la connaissance des populations passées et présentes. Enseignement optionnel, 4ème année de médecine, Univ. Bordeaux (6h)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022-2024 Graduate School Université de Bordeaux 3D imaging and geometric morphometrics, Intervenant (6h)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014-2019 Intervention dans le module Research Seminars du Master BioGéosciences d’Univ. Bordeaux (3h eq. TD/an)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008-2014 Morphometry and Multivariate Statistics, Department of Anthropology, Pennsylvania State University, L3-M1-M2, Invited lecturer (10h eq.TD/an)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009 Systematics and Evolution of Fishes: Ichthyology, School of Forest Resources, Pennsylvania State University, M1-M2, Invited lecturer (4h eq.TD/an)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006 Biological Anthropology: Career development, Département d’Anthropologie, Université de Coimbra, Portugal, M1-M2, Invited lecturer (7h eq.TD/an)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006 Non-adult dental age estimation methods, Echanges Franco-Portugais pour la formation des Orthodontistes et Chirurgiens Dentaire, Universités de Toulouse et Lisbonne, Lisbonne, Portugal, Invited lecturer (6h eq.TD/an)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006 Maturation dentaire macrostructurale, Association Départementale de Formation Odontologique Continue de la Haute Garonne, Toulouse, Intervenant (4h eq.TD/an)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004, 2005 Développement humain : Anthropologie Biologique, Université Bordeaux 1, L3, Invited lecturer (8h eq.TD/an)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2002 Biologie et chimie organique : Biologie des organismes, Université Bordeaux 1, Tutorat DEUG (29h)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENCADREMENT</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudiant en thèse de doctorat</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025-2028 Chloé Lauer &amp;quot;Microévolution du squelette facial et de l’occlusion en relation avec la réduction des forces masticatoires associée à la Révolution Industrielle&amp;quot;. Univ. Bordeaux. Directeurs: Yann Heuzé and Thomas Colard</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019-2023 Laura Maréchal “Variation, covariation, adaptation et évolution de la cavité nasale et des voies aériennes nasales“. Univ. Bordeaux. Directeur : Yann Heuzé</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chercheur postdoctorant</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022-2025 Floriane Remy. “Biomarkers of obstructive sleep apnea in young patients with skeletal syndromes”. Contrat postdoctoral Univ. Bordeaux dans le cadre du progamme IdEx &amp;quot;Investissements d’Avenir&amp;quot; / GPR &amp;quot;Human Past&amp;quot;. Supervisor: Yann Heuzé & Neus Martínez Abadías</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022-2024 Alexandra Schuh. “Developmental relationship between the face and basicranium: a cellular perspective”. Bourse postdoctorale de la Fondation Fyssen. Superviseur : Yann Heuzé</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018-2020 Kate McGrath. “The influence of stress in the bones and teeth of great apes (SiBaToGA)”. Contrat postdoctoral Marie Skłodowska-Curie Individual Fellowships (H2020-MSCA-IF-2017). Superviseurs : William Rendu & Yann Heuzé</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018-2019 Daniel García Martínez. “BReath of air: the Evolutionary Anatomy of the human Thorax”. Contrat postdoctoral IdEx Univ. Bordeaux [ANR-10-IDEX-03-02]. Superviseur : Yann Heuzé</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016-2018 Jessica Joganic. “Craniofacial age-related patterns in individuals: dissimilarities, implications, and anthropological meanings” (CARPI DIAM). Contrat postdoctoral IdEx Univ. Bordeaux [ANR-10-IDEX-03-02]. Superviseur : Yann Heuzé</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudiants de Master</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2004  J’ai encadré ou co-encadré 15 étudiants en stage de Master 2 ou équivalent.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">JURY DE THESES ET COMITES DE SUIVI DE THESE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025	Samantha Muller “Quantifying the shape and size of the zygoma using Computed Tomography/Cone Beam Computed Tomography scans among global populations to contribute to zygomatic implant placement”. University of Pretoria, Pretoria, South Africa. Directrice : Alison Ridel, co-directrice : Ericka l’Abbé. Rôle : External examiner.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024	Raphaël Martin-Roy « Évolution Génomique et Morphologique des Moules ». Université Toulouse III – Paul Sabatier, Toulouse. Directrice : Clio Der Sarkissian. Rôle : Rapporteur.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023	Stanislava Eisova “Cranial morphology and variability of the craniovascular system”. Charles University, Prague, Czech Republic. Directeur : Petr Velemínský. Rôle : Rapporteur.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023	Anne Morice « Formation, réparation osseuse mandibulaire et approches thérapeutiques dans les ostéochondrodysplasies liées à des mutations FGFRs » Université Paris Cité. Co-directeurs : Laurence Legeai-Mallet & Roman Hossein Khonsari. Rôle : Rapporteur.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022	Mathilde Salagnon « Naissance de la pensée symbolique chez l'Homme : Étude des bases neurales de la perception du visage et du corps culturalisés en imagerie fonctionnelle ». Université de Bordeaux. Directeur : Emmanuel Mellet. Rôle : Examinateur.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020	Ana Sofia Pereira Pedro « Craneología functional y evolución humana: Relaciones estructurales y organización espacial en la evolución de las áreas fronto-parietales ». Universidad de Burgos, Spain. Co-directeurs : Emiliano Bruner & José María Bermúdez de Castro. Rôle : Examinateur.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019	Mélissa Niel « Evaluation et estimation de l’âge des très jeunes immatures : apports du couplage de la biométrie et de la maturation du squelette, et révision d’une méthode biométrique ». Aix-Marseille Université. Co-directeurs : Pascal Adalian & Loïc Lalys. Rôle : Examinateur.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2019  J'ai participé à 7 jurys de thèse dont 3 à l'étranger, 4 fois en tant qu'examinateru et 3 fois en tant que rapporteur.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2007  J'ai participé à 9 comités de suivi de thèse ou équivalent.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2015  J'ai participé à 4 jurys de thèse d'exercice de médecine en tant qu'examinateur.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">RESPONSABILITES SCIENTIFIQUES ET ADMINISTRATIVES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2023	Co-directeur du Grand Programme de Recherche (GPR) « Human Past » du département des Sciences Archéologiques de Bordeaux, Université de Bordeaux regroupant une communauté d’environ 160 chercheurs des UMR PACEA, AUSONIUS et Archéosciences Bordeaux (2021-2029, 7 millions d’euros) </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://sciences-archeologiques.u-bordeaux.fr/gpr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022-2024	Co-rédacteur-en-chef des Bulletins et Mémoires de la Société d’Anthropologie de Paris (BMSAP) (</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://journals.openedition.org/bmsap</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2022	Membre élu du conseil de laboratoire de l’UMR 5199 PACEA représentant les collègues chercheurs et enseignant-chercheurs.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2021	Co-responsable de l’équipe 1 (WP1) Grand Programme de Recherche « Human Past » du département des sciences archéologiques de l’Université de Bordeaux. IdEx Université de Bordeaux.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2018	Membre élu du Conseil d’Administration de la Société d’Anthropologie de Paris.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2015	Co-responsable de l’équipe anthropologie de Bordeaux Initiative for Neurodegenerative Disorders (BIND) (</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://bind.u-bordeaux.fr/en</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024	Co-organisateur des 1849es journées de la Société d’Anthropologie de Paris, 24-26 janvier 2024, Bordeaux.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018-2020	Responsable et animateur des réunions scientifiques mensuelles de l’UMR 5199 PACEA</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019	Organisation de la session « Correspondance génotype-phénotype : perspectives anthropologiques » aux 1844ème journées scientifiques de la Société d’Anthropologie de Paris, Musée de l’Homme, Paris.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018-2019	Membre du Comité de Pilotage du LabEx des Sciences Archéologiques de Bordeaux (LaScArBx).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018	Co-organisateur du 10ème Symposium de Morphométrie et Evolution des Formes (SMEF 2018), 18-20 juin 2018, Bordeaux.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016-2017	Membre nommé du conseil de laboratoire de l’UMR 5199 PACEA représentant les collègues chercheurs en CDD.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016-2017	Fondateur et animateur du postdoc journal club bihebdomadaire de l’UMR 5199 PACEA.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003-2004	Cofondateur et Trésorier de l’Association Rencontres du 3° Type (R3T), association des Doctorants de l’école doctorale Sciences du Vivant, Géosciences et Sciences de l’Environnement (Université Bordeaux 1).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peer Review	American Journal of Physical Anthropology; Anatomical Records; Archives of Oral Biology; Biology; Birth Defects Research Part A; BMC Medical Genomics; Brain Structure and Function; Bull Mem Soc Anthropol Paris; Evolution; Journal of Anatomy; Journal of Human Evolution; PeerJ; PLoS One; Scientific Reports; Symmetry; National Commission for Scientific & Technological Research, Chile; Graduate Women in Science, USA.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (47)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential impact of Crouzon and Apert syndromes on upper airways morphology: implications for Obstructive Sleep Apnoea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Remy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Taverne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roman Hossein Khonsari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Fauroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Khirani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cranio-Maxillofacial Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 53 (9), pp.1577-1591. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcms.2025.06.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential of facial biomarkers for Alzheimer's disease and obstructive sleep apnea in Down syndrome and general population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis M. Echeverry‐quiceno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergi Llambrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Álvaro Heredia‐lidón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Giménez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateus Rozalem‐aranha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FASEB Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 39, pp.e70480. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1096/fj.202403009r⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing nasal airway resistance and symmetry: An approach to global perspective through computational fluid dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Burgos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Bastir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Pérez-Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sanz-Prieto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal for Numerical Methods in Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 40 (7), </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cnm.3830⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulatory elements in SEM1-DLX5-DLX6 (7q21.3) locus contribute to genetic control of coronal nonsyndromic craniosynostosis and bone density-related traits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Nicoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samreen Zafer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lital Matok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inbar Irron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meidva Patrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics in Medicine Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2, pp.101851. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gimo.2024.101851⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond skeletal studies: A computational analysis of nasal airway function in climate adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Bastir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sanz‐prieto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel A Burgos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Pérez‐ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Biological Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 184 (2), pp.e24932. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ajpa.24932⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A shared pattern of midfacial bone modelling in hominids suggests deep evolutionary roots for human facial morphogenesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Schuh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Gunz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Berthaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Shaw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 291 (2021), pp.2738. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rspb.2023.2738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Embryonic cranial cartilage defects in the &amp;lt;scp&amp;gt;&amp;lt;i&amp;gt;Fgfr3&amp;lt;/i&amp;gt;&amp;lt;sup&amp;gt;&amp;lt;i&amp;gt;Y367C&amp;lt;/i&amp;gt;&amp;lt;/sup&amp;gt;&amp;lt;/scp&amp;gt;&amp;lt;sup&amp;gt;&amp;lt;i&amp;gt;/+&amp;lt;/i&amp;gt;&amp;lt;/sup&amp;gt; mouse model of achondroplasia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan M Motch Perrine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nishchal Sapkota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazuhiko Kawasaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yejia Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danny Z Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Anatomical Record: Advances in Integrative Anatomy and Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ar.25327⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04444975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of global orbital shape variation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Prevost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lauwers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Anatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 36 (8), pp.1066 - 1074. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ca.24007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04445089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypochondroplasia gain-of-function mutation in FGFR3 causes defective bone mineralization in mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Loisay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Komla-Ebri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Morice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Viaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCI Insight</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1172/jci.insight.168796⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04445005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights into the variability of upper airway morphology in modern humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dumoncel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Williams Astudillo Encina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrej Evteev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Anatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 242 (5), pp.781 - 795. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/joa.13813⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04256465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processes and patterns: Insights on cranial covariation from an Apert syndrome mouse model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nandini Singh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory L. Holmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Developmental Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 251 (10), pp.1684-1697. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/dvdy.498⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03860648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FGFR3 overactivation in the brain is responsible for memory impairments in Crouzon syndrome mouse model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Cornille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Moriceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roman H Khonsari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Loisay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 219 (4), pp.e20201879. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1084/jem.20201879⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03822584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Facial asymmetry tracks genetic diversity among&amp;lt;i&amp;gt;Gorilla&amp;lt;/i&amp;gt;subspecies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate Mcgrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine B. Eriksen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel García-Martínez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Galbany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aida Gómez-Robles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 289 (1969), pp.20212564. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rspb.2021.2564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04445135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early and Middle Pleistocene hominins from Atapuerca (Spain) show differences in dental developmental patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Modesto-Mata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebeca García-González</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuliet Quintino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia García-Campos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Martínez de Pinillos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Biological Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ajpa.24487⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03562257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Late subadult ontogeny and adult aging of the human thorax reveals divergent growth trajectories between sexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel García-Martínez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Bastir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Villa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco García-Río</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Torres-Sánchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (1), </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-020-67664-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02985629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early development of the Neanderthal ribcage reveals a different body shape at birth compared to modern humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel García-Martínez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Bastir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asier Gómez-Olivencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Maureille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liubov Golovanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science Advances </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 6 (41), pp.eabb4377. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/sciadv.abb4377⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03000334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraocular muscle positions in anterior plagiocephaly: V-pattern strabismus explained using geometric mophometrics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Touzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Brémond-Gignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles-Joris Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Ophthalmology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 104 (8), pp.1156-1160. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bjophthalmol-2019-314989⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02985637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nasal cavity shape in unilateral choanal atresia and the role of fetal ventilation in facial growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q. Hennocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Leboulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Couloigner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Denoyelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Stomatology, Oral and Maxillofacial Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jormas.2020.05.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02985636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gravettian cranial morphology and human group affinities during the European Upper Palaeolithic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Mounier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Samsel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergey Vasilyev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Klaric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (1), </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-020-78841-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03094609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allometry and advancing age significantly structure craniofacial variation in adult female baboons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Joganic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Anatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 235, pp.217 - 232. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/joa.13005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Does Nasal Cavity Size Tell us about Functional Nasal Airways?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 31 (1-2), pp.69-76. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/bmsap-2018-0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three‐dimensional analysis of sexual dimorphism in ribcage kinematics of modern humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel García‐martínez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Bastir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Torres‐tamayo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul O'Higgins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Torres‐sánchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Physical Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 169 (2), pp.348-355. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ajpa.23829⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonsyndromic craniosynostosis: novel coding variants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anshuman Sewda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sierra White</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monica Erazo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ke Hao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gemma García-Fructuoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 85 (4), pp.463-468. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41390-019-0274-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choanal Atresia and Craniosynostosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate Lesciotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethylin Wang Jabs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Bernstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Richtsmeier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plastic and Reconstructive Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 141 (1), pp.156-168. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/PRS.0000000000003928⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of sampling strategies and reconstruction protocols in nasal airflow simulations in fossil hominins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrej Evteev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 115 (21), pp.E4737-E4738. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.1804197115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutation screening of candidate genes in patients with nonsyndromic sagittal craniosynostosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaoqian Ye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Guilmatre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Reva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inga Peter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plastic and Reconstructive Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 137, pp.952-961</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Custom implant design for large cranial defects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filipe M. M. Marreiros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Verius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Unterhofer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Freysinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computer Assisted Radiology and Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, pp.14. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11548-016-1454-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meckel’s and condylar cartilages anomalies in achondroplasia result in defective development and growth of the mandible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Biosse Duplan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Komla-Ebri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Estibals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Gaudas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Molecular Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 25 (14), pp.2997-3010. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/hmg/ddw153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and evolutionary significance of the zygomatic bone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazuhiko Kawasaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Schwarz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffrey J Schoenebeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Richtsmeier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THE ANATOMICAL RECORD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 299, pp.1616-1630</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developmental and Evolutionary Significance of the Zygomatic Bone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazuhiko Kawasaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Schwarz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffrey J. Schoenebeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Richtsmeier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THE ANATOMICAL RECORD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 299 (12), pp.1616-1630. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ar.23449⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutation Screening of Candidate Genes in Patients with Nonsyndromic Sagittal Craniosynostosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaoqian Ye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Guilmatre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Reva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inga Peter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plastic and Reconstructive Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 137 (3), pp.952-961. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/01.prs.0000479978.75545.ee⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closing the Gap: Genetic and Genomic Continuum from Syndromic to Nonsyndromic Craniosynostoses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory L. Holmes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inga Peter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Richtsmeier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethylin Wang Jabs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Genetic Medicine Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2 (3), pp.135-145. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40142-014-0042-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of facial skeletal shape variation in fibroblast growth factor receptor-related craniosynostosis syndromes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neus Martínez-Abadías</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Stella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Birth Defects Research Part A: Clinical and Molecular Teratology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 100 (4), pp.250-259. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/bdra.23228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asymmetry of the midfacial skeleton of eastern lowland gorillas ( Gorilla beringei graueri ) and potential association with frontal lobe asymmetries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Balzeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 74, pp.123-129. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhevol.2014.03.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphological comparison of the craniofacial phenotypes of mouse models expressing the Apert FGFR2 S252W mutation in neural crest- or mesoderm-derived tissues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nandini Singh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Basilico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethylin Wang Jabs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Greg Holmes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 63, pp.101-109. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bone.2014.03.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FGFR3 mutation causes abnormal membranous ossification in achondroplasia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Di Rocco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Biosse Duplan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Komla-Ebri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Molecular Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 23 (11), pp.2914-2925. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/hmg/ddu004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unilateral and bilateral expression of a quantitative trait: asymmetry and symmetry in coronal craniosynostosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neus Martínez-Abadías</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Stella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Senders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simeon Boyadjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Zoology Part B: Molecular and Developmental Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 318 (2), pp.109-122. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jezb.21449⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A genome-wide association study identifies susceptibility loci for nonsyndromic sagittal craniosynostosis near BMP2 and within BBS9</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Justice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Garima Yagnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoonhee Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inga Peter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethylin Wang Jabs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 44 (12), pp.1360-1364. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ng.2463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FGF/FGFR Signaling Coordinates Skull Development by Modulating Magnitude of Morphological Integration: Evidence from Apert Syndrome Mouse Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neus Martínez-Abadías</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yingli Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethylin Wang Jabs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristina Aldridge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 6 (10), pp.e26425. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0026425⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secular change in the timing of dental root maturation in Portuguese boys and girls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo F.V. Cardoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Júlio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Human Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 22 (6), pp.791-800. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ajhb.21084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights into the relationship between suture closure and craniofacial dysmorphology in sagittal nonsyndromic craniosynostosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simeon Boyadjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffrey Marsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Kane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elijah Cherkez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Anatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 217 (2), pp.85-96. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1469-7580.2010.01258.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing the quality of nonadult Bayesian dental age assessment methods to juvenile skeletal remains: The Lisbon collection children and secular trend effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo F.V. Cardoso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Physical Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 135 (3), pp.275-283. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ajpa.20741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of non-adult Bayesian dental age assessment methods to skeletal remains: the Spitalfields collection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Braga</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 35 (2), pp.368-375. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jas.2007.04.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04462352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of non-adult Bayesian dental age assessment methods to skeletal remains: the Spitalfields collecion.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Braga</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jas.2007.04.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact du niveau socioéconomique dans l'estimation de l'âge dentaire des non-adultes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Chabadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Braga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Bley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orthodontie Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 76 (4), pp.309-316. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/orthodfr/200576309⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-adult dental age assessment: correspondence analysis and linear regression versus Bayesian predictions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Braga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Chabadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Sonan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gueramy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Legal Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 119 (5), pp.260-274. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00414-004-0494-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INFLUENCE OF DIFFERENT FOOD RESTRICTION METHODS APPLIED DURING THE LAYING PERIOD ON LAYERS PERFORMANCES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bougon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Levitoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Le Menec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Heuze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de zootechnie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1975, 24 (1), pp.162-162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00887440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Embryology and skull growth: what is important for the neurosurgeon?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Federico Di Rocco; John Kestle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurosurgical Aspects of Craniosynostosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.13-21, 2025, 978-3-031-69386-1. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-69386-1_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">&amp;lt;i&amp;gt;Bakeng se Afrika&amp;lt;/i&amp;gt;: Digital Skeletal Repository: Advancing Biological Anthropology and Medical Research in South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ericka N. l'Abbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Alblas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan H. P. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lunga Bam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">How to use 3D Printing Innovations and Digital Storage to Democratize Anatomy Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, Springer, pp.63-75, 2024, Biomedical Visualization, 978-3-031-68501-9. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-68501-9_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interaction Between Environmental Temperature and Craniofacial Morphology in Human Evolution: A Focus on Upper Airway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Kathleen Pitirri, Joan T. Richtsmeier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell processes in the evolution of primate characteristics. Volume 2: Evolutionary Cell Processes, Primate Skin, Energetics and Feeding</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, CRC Press, 2021, 9781003206293. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1201/9781003206293-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03426921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying variation in human dental development sequences: An EVO-DEVO perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Braga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">S.E. Bailey and J.-J. Hublin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dental Perspectives on Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04462551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronologie et étiologie de la maturation macrostructurale des dents définitives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anthropologie biologique. Université Sciences et Technologies - Bordeaux I, 2004. Français. </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00011208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId263"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:131.50684931507px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Yann Heuzé </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Yann Heuzé (PhD, HDR), directeur de recherche CNRS (DR2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">yannheuze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0660-9613</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">088676412</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">214237661</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000140998117</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rattaché aux équipes « EVODIBIO, évolution et diversité biologique passée et présente : des organismes aux écosystèmes » et « EURAPAL, lignées humaines, cultures, environnements du Paléolithique ancien au début du Paléolithique récent en Eurasie » de l'UMR 5199 PACEA.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">THEMES DE RECHERCHE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Développement craniofacial, dentaire et cérébral normal et pathologique ; Co-variation morphologique craniofaciale et cérébrale ; Correspondance génotype-phénotype ; Evolution humaine ; Craniosynostosis ; Hypoplasie maxillo-faciale ; Symétrie et asymétrie ; Morphométrie géométrique & analyses statistiques multivariées ; Techniques d’imagerie et analyse de données</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">CARRIERE SCIENTIFIQUE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025-présent DR2 CNRS UMR 5199 PACEA</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017-2025 CRCN CNRS UMR 5199 PACEA (Recrutement CR1 par la section 31 du CoNRS)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014-2017 Chaire Junior, LabEx des Sciences Archéologiques de Bordeaux, Univ. Bordeaux, UMR 5199 PACEA</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008-2014 Chercheur associé, Département d’Anthropologie, Université d’Etat de Pennsylvanie, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007-2008 Chercheur postdoctorant, Département de Radiologie, Université Médicale d’Innsbruck, Autriche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005-2006 Chercheur postdoctorant, Département d’Anthropologie, Université de Coimbra, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">CURSUS UNIVERSITAIRE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020 Habilitation à Diriger des Recherches (HDR) en Anthropologie Biologique, Univ. Bordeaux</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Titre : Variation, évolution et adaptation de la morphologie crânienne des hominoïdes : apports de l’étude du vivant dans la connaissance du passé</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001-2004 Doctorat en Anthropologie Biologique, Université Bordeaux 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Titre : Chronologie et étiologie de la maturation macrostructurale des dents définitives</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Co-direction : J. Braga et D. Bley</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2000-2001 DEA, Anthropologie Biologique, mention B, Université Bordeaux 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1999-2000 Maîtrise d’Ethnologie mentions Anthropologie Biologique, Paléoanthropologie et Préhistoire, mention B, Université Bordeaux 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1998-1999 Licence de Biologie des Organismes, mention AB, Université Bordeaux 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1995-1998 DEUG B labellisé Biologie Générale et Sciences de la Terre, Université Bordeaux 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">FINANCEMENT SUR PROJET ET BOURSE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021-2029 Grand Programme de Recherche « Human Past » du département des sciences archéologiques de l’Université de Bordeaux. IdEx Université de Bordeaux, Rôle : co-PI de l’équipe 1 (WP1, 900 000€)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018-2021 Bakeng se Afrika, Erasmus+: Higher Education - International Capacity Building, EU, Rôle : PI pour le site de Bordeaux (112 142€)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021-2022 Non-invasive morphological biomarkers to improve early diagnosis and prognosis of sleep obstructive apnea and dementia in Down syndrome. Fondation Jérôme Lejeune, Rôle: co-PI (30 000€)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020-2021 Effets de la température sur la morphologie craniofaciale : quand les souris de laboratoire aident à interpréter les adaptations climatiques et l’évolution de la lignée humaine. LabEx LaScArBx AAP consolidation ANR-10-LABX-52, Rôle : PI (20 271€)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018-2020 Programme de Recherche Conjoint France – Russie (CNRS/RFBR) Nasal Airways Size and shape: Analysis of Latitude and Muscularity potential effects (NASAL-M), Rôle : PI (21 000€)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017-2018 Aide installation nouveaux entrants CNRS / INEE, Rôle : PI (5 000€)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015-2018 Craniosynostosis Network Project NIH, Rôle : PI pour le site de Bordeaux ($50 924)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014-2017 Chaire Junior LabEx Sciences Archéologiques de Bordeaux, Univ. Bordeaux, Rôle : PI (26 000€)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005-2006 Bourse d’études postdoctorales de la Fondation Fyssen, Rôle : PI (21 700€)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2002-2005 Bourse de Doctorant Ingénieur CNRS/Région Aquitaine, Rôle : PI (40 500€)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">PARTICIPATION A DES PROJETS DE RECHERCHE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021-2024 ANR GenoMorph, Reconstruire l’évolution des structures crânio-dentaires chez l’humain, PI : Clément Zanolli</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021-2025 ANR PaleoBRAIN, Ressusciter le cerveau d’Homo erectus et des Néandertaliens, PI : Antoine Balzeau</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015-2020 ANR GRAVETT’OS, Biologie, pathologie et comportements des Gravettiens : du squelette aux interprétations palethnologiques, coordonné par Sébastien Villotte (ANR-15-CE33-0004)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014-2020 NIH, Craniosynostosis Network, PI : Ethylin Wang Jabs (5P01HD078233-02)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012-2017 NIH, Midface and upper airway in craniosynostosis, PI : Joan T. Richtsmeier (4R01DE022988-05)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009-2017 NIH, Nonsyndromic craniosynostosis: phenotype/genotype study, coordonné par Simeon Boyadjiev Boyd (5R01DE016886-08)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009-2012 NIH, Population study of craniosynostosis, PI : Ethylin Wang Jabs (5R01DD000350-03)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008-2014 NIH, Phenogenetics of skull and brain integration in craniosynostosis, PI : Joan T. Richtsmeier (5R01DE018500-05)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007-2008 EVAN, European Virtual Anthropology Network, PI : Gerhard W Weber (Marie Curie FP6 MRTN-CT-2005-019564)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004-2007 GDR, Les Hommes fossiles : de l’imagerie virtuelle à la morphométrie 3D, PI : Hélène Coqueugniot et José Braga (GDR 2152)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001-2004 ACI Jeune Chercheur, Le développement somatique, ses relations avec la maturation dentaire et céphalique – Apports de l’imagerie médicale numérisée et application en biologie humaine, PI : José Braga</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENSEIGNEMENT UNIVERSITAIRE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023-2025	Les apports de la morphométrie géométrique à la connaissance de la variabilité de la face et du crâne, in Apport de l'Anthropologie biologique à la connaissance des populations passées et présentes. Enseignement optionnel, 4ème année de médecine, Univ. Bordeaux (6h)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022-2024 Graduate School Université de Bordeaux 3D imaging and geometric morphometrics, Intervenant (6h)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014-2019 Intervention dans le module Research Seminars du Master BioGéosciences d’Univ. Bordeaux (3h eq. TD/an)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008-2014 Morphometry and Multivariate Statistics, Department of Anthropology, Pennsylvania State University, L3-M1-M2, Invited lecturer (10h eq.TD/an)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009 Systematics and Evolution of Fishes: Ichthyology, School of Forest Resources, Pennsylvania State University, M1-M2, Invited lecturer (4h eq.TD/an)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006 Biological Anthropology: Career development, Département d’Anthropologie, Université de Coimbra, Portugal, M1-M2, Invited lecturer (7h eq.TD/an)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006 Non-adult dental age estimation methods, Echanges Franco-Portugais pour la formation des Orthodontistes et Chirurgiens Dentaire, Universités de Toulouse et Lisbonne, Lisbonne, Portugal, Invited lecturer (6h eq.TD/an)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006 Maturation dentaire macrostructurale, Association Départementale de Formation Odontologique Continue de la Haute Garonne, Toulouse, Intervenant (4h eq.TD/an)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004, 2005 Développement humain : Anthropologie Biologique, Université Bordeaux 1, L3, Invited lecturer (8h eq.TD/an)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2002 Biologie et chimie organique : Biologie des organismes, Université Bordeaux 1, Tutorat DEUG (29h)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENCADREMENT</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudiant en thèse de doctorat</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025-2028 Chloé Lauer &amp;quot;Microévolution du squelette facial et de l’occlusion en relation avec la réduction des forces masticatoires associée à la Révolution Industrielle&amp;quot;. Univ. Bordeaux. Directeurs: Yann Heuzé and Thomas Colard</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019-2023 Laura Maréchal “Variation, covariation, adaptation et évolution de la cavité nasale et des voies aériennes nasales“. Univ. Bordeaux. Directeur : Yann Heuzé</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chercheur postdoctorant</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022-2025 Floriane Remy. “Biomarkers of obstructive sleep apnea in young patients with skeletal syndromes”. Contrat postdoctoral Univ. Bordeaux dans le cadre du progamme IdEx &amp;quot;Investissements d’Avenir&amp;quot; / GPR &amp;quot;Human Past&amp;quot;. Supervisor: Yann Heuzé & Neus Martínez Abadías</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022-2024 Alexandra Schuh. “Developmental relationship between the face and basicranium: a cellular perspective”. Bourse postdoctorale de la Fondation Fyssen. Superviseur : Yann Heuzé</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018-2020 Kate McGrath. “The influence of stress in the bones and teeth of great apes (SiBaToGA)”. Contrat postdoctoral Marie Skłodowska-Curie Individual Fellowships (H2020-MSCA-IF-2017). Superviseurs : William Rendu & Yann Heuzé</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018-2019 Daniel García Martínez. “BReath of air: the Evolutionary Anatomy of the human Thorax”. Contrat postdoctoral IdEx Univ. Bordeaux [ANR-10-IDEX-03-02]. Superviseur : Yann Heuzé</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016-2018 Jessica Joganic. “Craniofacial age-related patterns in individuals: dissimilarities, implications, and anthropological meanings” (CARPI DIAM). Contrat postdoctoral IdEx Univ. Bordeaux [ANR-10-IDEX-03-02]. Superviseur : Yann Heuzé</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudiants de Master</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2004  J’ai encadré ou co-encadré 15 étudiants en stage de Master 2 ou équivalent.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">JURY DE THESES ET COMITES DE SUIVI DE THESE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025	Samantha Muller “Quantifying the shape and size of the zygoma using Computed Tomography/Cone Beam Computed Tomography scans among global populations to contribute to zygomatic implant placement”. University of Pretoria, Pretoria, South Africa. Directrice : Alison Ridel, co-directrice : Ericka l’Abbé. Rôle : External examiner.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024	Raphaël Martin-Roy « Évolution Génomique et Morphologique des Moules ». Université Toulouse III – Paul Sabatier, Toulouse. Directrice : Clio Der Sarkissian. Rôle : Rapporteur.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023	Stanislava Eisova “Cranial morphology and variability of the craniovascular system”. Charles University, Prague, Czech Republic. Directeur : Petr Velemínský. Rôle : Rapporteur.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023	Anne Morice « Formation, réparation osseuse mandibulaire et approches thérapeutiques dans les ostéochondrodysplasies liées à des mutations FGFRs » Université Paris Cité. Co-directeurs : Laurence Legeai-Mallet & Roman Hossein Khonsari. Rôle : Rapporteur.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022	Mathilde Salagnon « Naissance de la pensée symbolique chez l'Homme : Étude des bases neurales de la perception du visage et du corps culturalisés en imagerie fonctionnelle ». Université de Bordeaux. Directeur : Emmanuel Mellet. Rôle : Examinateur.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020	Ana Sofia Pereira Pedro « Craneología functional y evolución humana: Relaciones estructurales y organización espacial en la evolución de las áreas fronto-parietales ». Universidad de Burgos, Spain. Co-directeurs : Emiliano Bruner & José María Bermúdez de Castro. Rôle : Examinateur.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019	Mélissa Niel « Evaluation et estimation de l’âge des très jeunes immatures : apports du couplage de la biométrie et de la maturation du squelette, et révision d’une méthode biométrique ». Aix-Marseille Université. Co-directeurs : Pascal Adalian & Loïc Lalys. Rôle : Examinateur.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2019  J'ai participé à 7 jurys de thèse dont 3 à l'étranger, 4 fois en tant qu'examinateru et 3 fois en tant que rapporteur.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2007  J'ai participé à 9 comités de suivi de thèse ou équivalent.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2015  J'ai participé à 4 jurys de thèse d'exercice de médecine en tant qu'examinateur.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">RESPONSABILITES SCIENTIFIQUES ET ADMINISTRATIVES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2023	Co-directeur du Grand Programme de Recherche (GPR) « Human Past » du département des Sciences Archéologiques de Bordeaux, Université de Bordeaux regroupant une communauté d’environ 160 chercheurs des UMR PACEA, AUSONIUS et Archéosciences Bordeaux (2021-2029, 7 millions d’euros) </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://sciences-archeologiques.u-bordeaux.fr/gpr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022-2024	Co-rédacteur-en-chef des Bulletins et Mémoires de la Société d’Anthropologie de Paris (BMSAP) (</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://journals.openedition.org/bmsap</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2022	Membre élu du conseil de laboratoire de l’UMR 5199 PACEA représentant les collègues chercheurs et enseignant-chercheurs.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2021	Co-responsable de l’équipe 1 (WP1) Grand Programme de Recherche « Human Past » du département des sciences archéologiques de l’Université de Bordeaux. IdEx Université de Bordeaux.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2018	Membre élu du Conseil d’Administration de la Société d’Anthropologie de Paris.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2015	Co-responsable de l’équipe anthropologie de Bordeaux Initiative for Neurodegenerative Disorders (BIND) (</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://bind.u-bordeaux.fr/en</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024	Co-organisateur des 1849es journées de la Société d’Anthropologie de Paris, 24-26 janvier 2024, Bordeaux.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018-2020	Responsable et animateur des réunions scientifiques mensuelles de l’UMR 5199 PACEA</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019	Organisation de la session « Correspondance génotype-phénotype : perspectives anthropologiques » aux 1844ème journées scientifiques de la Société d’Anthropologie de Paris, Musée de l’Homme, Paris.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018-2019	Membre du Comité de Pilotage du LabEx des Sciences Archéologiques de Bordeaux (LaScArBx).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018	Co-organisateur du 10ème Symposium de Morphométrie et Evolution des Formes (SMEF 2018), 18-20 juin 2018, Bordeaux.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016-2017	Membre nommé du conseil de laboratoire de l’UMR 5199 PACEA représentant les collègues chercheurs en CDD.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016-2017	Fondateur et animateur du postdoc journal club bihebdomadaire de l’UMR 5199 PACEA.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003-2004	Cofondateur et Trésorier de l’Association Rencontres du 3° Type (R3T), association des Doctorants de l’école doctorale Sciences du Vivant, Géosciences et Sciences de l’Environnement (Université Bordeaux 1).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peer Review	American Journal of Physical Anthropology; Anatomical Records; Archives of Oral Biology; Biology; Birth Defects Research Part A; BMC Medical Genomics; Brain Structure and Function; Bull Mem Soc Anthropol Paris; Evolution; Journal of Anatomy; Journal of Human Evolution; PeerJ; PLoS One; Scientific Reports; Symmetry; National Commission for Scientific & Technological Research, Chile; Graduate Women in Science, USA.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (47)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential impact of Crouzon and Apert syndromes on upper airways morphology: implications for Obstructive Sleep Apnoea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Remy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Taverne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roman Hossein Khonsari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Fauroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Khirani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cranio-Maxillofacial Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 53 (9), pp.1577-1591. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcms.2025.06.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential of facial biomarkers for Alzheimer's disease and obstructive sleep apnea in Down syndrome and general population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis M. Echeverry‐quiceno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergi Llambrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Álvaro Heredia‐lidón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Giménez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateus Rozalem‐aranha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FASEB Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 39, pp.e70480. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1096/fj.202403009r⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulatory elements in SEM1-DLX5-DLX6 (7q21.3) locus contribute to genetic control of coronal nonsyndromic craniosynostosis and bone density-related traits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Nicoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samreen Zafer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lital Matok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inbar Irron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meidva Patrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics in Medicine Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2, pp.101851. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gimo.2024.101851⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond skeletal studies: A computational analysis of nasal airway function in climate adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Bastir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sanz‐prieto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel A Burgos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Pérez‐ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Biological Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 184 (2), pp.e24932. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ajpa.24932⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing nasal airway resistance and symmetry: An approach to global perspective through computational fluid dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Burgos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Bastir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Pérez-Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sanz-Prieto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal for Numerical Methods in Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 40 (7), </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cnm.3830⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A shared pattern of midfacial bone modelling in hominids suggests deep evolutionary roots for human facial morphogenesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Schuh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Gunz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Berthaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Shaw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 291 (2021), pp.2738. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rspb.2023.2738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of global orbital shape variation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Prevost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lauwers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Anatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 36 (8), pp.1066 - 1074. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ca.24007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04445089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Embryonic cranial cartilage defects in the &amp;lt;scp&amp;gt;&amp;lt;i&amp;gt;Fgfr3&amp;lt;/i&amp;gt;&amp;lt;sup&amp;gt;&amp;lt;i&amp;gt;Y367C&amp;lt;/i&amp;gt;&amp;lt;/sup&amp;gt;&amp;lt;/scp&amp;gt;&amp;lt;sup&amp;gt;&amp;lt;i&amp;gt;/+&amp;lt;/i&amp;gt;&amp;lt;/sup&amp;gt; mouse model of achondroplasia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susan M Motch Perrine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nishchal Sapkota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazuhiko Kawasaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yejia Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danny Z Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Anatomical Record: Advances in Integrative Anatomy and Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ar.25327⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04444975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypochondroplasia gain-of-function mutation in FGFR3 causes defective bone mineralization in mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Loisay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Komla-Ebri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Morice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Viaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCI Insight</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1172/jci.insight.168796⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04445005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights into the variability of upper airway morphology in modern humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dumoncel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Williams Astudillo Encina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrej Evteev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Anatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 242 (5), pp.781 - 795. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/joa.13813⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04256465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processes and patterns: Insights on cranial covariation from an Apert syndrome mouse model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nandini Singh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory L. Holmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Developmental Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 251 (10), pp.1684-1697. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/dvdy.498⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03860648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FGFR3 overactivation in the brain is responsible for memory impairments in Crouzon syndrome mouse model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Cornille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Moriceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roman H Khonsari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Loisay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 219 (4), pp.e20201879. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1084/jem.20201879⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03822584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Facial asymmetry tracks genetic diversity among&amp;lt;i&amp;gt;Gorilla&amp;lt;/i&amp;gt;subspecies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate Mcgrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine B. Eriksen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel García-Martínez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Galbany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aida Gómez-Robles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 289 (1969), pp.20212564. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rspb.2021.2564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04445135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early and Middle Pleistocene hominins from Atapuerca (Spain) show differences in dental developmental patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Modesto-Mata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebeca García-González</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuliet Quintino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia García-Campos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Martínez de Pinillos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Biological Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ajpa.24487⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03562257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Late subadult ontogeny and adult aging of the human thorax reveals divergent growth trajectories between sexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel García-Martínez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Bastir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Villa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco García-Río</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Torres-Sánchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (1), </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-020-67664-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02985629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nasal cavity shape in unilateral choanal atresia and the role of fetal ventilation in facial growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q. Hennocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Leboulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Couloigner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Denoyelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Stomatology, Oral and Maxillofacial Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jormas.2020.05.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02985636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early development of the Neanderthal ribcage reveals a different body shape at birth compared to modern humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel García-Martínez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Bastir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asier Gómez-Olivencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Maureille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liubov Golovanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science Advances </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 6 (41), pp.eabb4377. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/sciadv.abb4377⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03000334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraocular muscle positions in anterior plagiocephaly: V-pattern strabismus explained using geometric mophometrics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Touzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Brémond-Gignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles-Joris Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Ophthalmology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 104 (8), pp.1156-1160. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bjophthalmol-2019-314989⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02985637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gravettian cranial morphology and human group affinities during the European Upper Palaeolithic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Mounier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Samsel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergey Vasilyev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Klaric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (1), </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-020-78841-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03094609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonsyndromic craniosynostosis: novel coding variants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anshuman Sewda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sierra White</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monica Erazo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ke Hao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gemma García-Fructuoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 85 (4), pp.463-468. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41390-019-0274-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allometry and advancing age significantly structure craniofacial variation in adult female baboons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Joganic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Anatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 235, pp.217 - 232. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/joa.13005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Does Nasal Cavity Size Tell us about Functional Nasal Airways?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 31 (1-2), pp.69-76. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/bmsap-2018-0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three‐dimensional analysis of sexual dimorphism in ribcage kinematics of modern humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel García‐martínez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Bastir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Torres‐tamayo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul O'Higgins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Torres‐sánchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Physical Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 169 (2), pp.348-355. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ajpa.23829⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choanal Atresia and Craniosynostosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate Lesciotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethylin Wang Jabs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Bernstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Richtsmeier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plastic and Reconstructive Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 141 (1), pp.156-168. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/PRS.0000000000003928⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of sampling strategies and reconstruction protocols in nasal airflow simulations in fossil hominins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrej Evteev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 115 (21), pp.E4737-E4738. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.1804197115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutation screening of candidate genes in patients with nonsyndromic sagittal craniosynostosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaoqian Ye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Guilmatre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Reva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inga Peter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plastic and Reconstructive Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 137, pp.952-961</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Custom implant design for large cranial defects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filipe M. M. Marreiros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Verius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Unterhofer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Freysinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computer Assisted Radiology and Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, pp.14. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11548-016-1454-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meckel’s and condylar cartilages anomalies in achondroplasia result in defective development and growth of the mandible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Biosse Duplan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Komla-Ebri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Estibals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Gaudas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Molecular Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 25 (14), pp.2997-3010. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/hmg/ddw153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and evolutionary significance of the zygomatic bone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazuhiko Kawasaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Schwarz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffrey J Schoenebeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Richtsmeier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THE ANATOMICAL RECORD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 299, pp.1616-1630</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developmental and Evolutionary Significance of the Zygomatic Bone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazuhiko Kawasaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Schwarz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffrey J. Schoenebeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Richtsmeier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">THE ANATOMICAL RECORD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 299 (12), pp.1616-1630. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ar.23449⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutation Screening of Candidate Genes in Patients with Nonsyndromic Sagittal Craniosynostosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaoqian Ye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Guilmatre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Reva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inga Peter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plastic and Reconstructive Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 137 (3), pp.952-961. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/01.prs.0000479978.75545.ee⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of facial skeletal shape variation in fibroblast growth factor receptor-related craniosynostosis syndromes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neus Martínez-Abadías</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Stella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Birth Defects Research Part A: Clinical and Molecular Teratology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 100 (4), pp.250-259. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/bdra.23228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closing the Gap: Genetic and Genomic Continuum from Syndromic to Nonsyndromic Craniosynostoses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory L. Holmes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inga Peter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Richtsmeier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethylin Wang Jabs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Genetic Medicine Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2 (3), pp.135-145. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40142-014-0042-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asymmetry of the midfacial skeleton of eastern lowland gorillas ( Gorilla beringei graueri ) and potential association with frontal lobe asymmetries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Balzeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 74, pp.123-129. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhevol.2014.03.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphological comparison of the craniofacial phenotypes of mouse models expressing the Apert FGFR2 S252W mutation in neural crest- or mesoderm-derived tissues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nandini Singh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Basilico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethylin Wang Jabs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Greg Holmes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 63, pp.101-109. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bone.2014.03.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FGFR3 mutation causes abnormal membranous ossification in achondroplasia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Di Rocco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Biosse Duplan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Komla-Ebri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Molecular Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 23 (11), pp.2914-2925. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/hmg/ddu004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A genome-wide association study identifies susceptibility loci for nonsyndromic sagittal craniosynostosis near BMP2 and within BBS9</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Justice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Garima Yagnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoonhee Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inga Peter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethylin Wang Jabs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 44 (12), pp.1360-1364. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ng.2463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unilateral and bilateral expression of a quantitative trait: asymmetry and symmetry in coronal craniosynostosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neus Martínez-Abadías</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Stella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Senders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simeon Boyadjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Zoology Part B: Molecular and Developmental Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 318 (2), pp.109-122. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jezb.21449⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FGF/FGFR Signaling Coordinates Skull Development by Modulating Magnitude of Morphological Integration: Evidence from Apert Syndrome Mouse Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neus Martínez-Abadías</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yingli Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethylin Wang Jabs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristina Aldridge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 6 (10), pp.e26425. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0026425⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights into the relationship between suture closure and craniofacial dysmorphology in sagittal nonsyndromic craniosynostosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simeon Boyadjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffrey Marsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Kane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elijah Cherkez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Anatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 217 (2), pp.85-96. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1469-7580.2010.01258.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secular change in the timing of dental root maturation in Portuguese boys and girls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo F.V. Cardoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Júlio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Human Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 22 (6), pp.791-800. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ajhb.21084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing the quality of nonadult Bayesian dental age assessment methods to juvenile skeletal remains: The Lisbon collection children and secular trend effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo F.V. Cardoso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Physical Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 135 (3), pp.275-283. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ajpa.20741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of non-adult Bayesian dental age assessment methods to skeletal remains: the Spitalfields collection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Braga</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 35 (2), pp.368-375. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jas.2007.04.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04462352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of non-adult Bayesian dental age assessment methods to skeletal remains: the Spitalfields collecion.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Braga</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jas.2007.04.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-adult dental age assessment: correspondence analysis and linear regression versus Bayesian predictions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Braga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Chabadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Sonan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gueramy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Legal Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 119 (5), pp.260-274. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00414-004-0494-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact du niveau socioéconomique dans l'estimation de l'âge dentaire des non-adultes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Chabadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Braga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Bley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orthodontie Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 76 (4), pp.309-316. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/orthodfr/200576309⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INFLUENCE OF DIFFERENT FOOD RESTRICTION METHODS APPLIED DURING THE LAYING PERIOD ON LAYERS PERFORMANCES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bougon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Levitoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Le Menec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Heuze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de zootechnie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1975, 24 (1), pp.162-162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00887440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Embryology and skull growth: what is important for the neurosurgeon?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Federico Di Rocco; John Kestle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurosurgical Aspects of Craniosynostosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.13-21, 2025, 978-3-031-69386-1. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-69386-1_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">&amp;lt;i&amp;gt;Bakeng se Afrika&amp;lt;/i&amp;gt;: Digital Skeletal Repository: Advancing Biological Anthropology and Medical Research in South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ericka N. l'Abbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Alblas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan H. P. Ackermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lunga Bam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">How to use 3D Printing Innovations and Digital Storage to Democratize Anatomy Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, Springer, pp.63-75, 2024, Biomedical Visualization, 978-3-031-68501-9. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-68501-9_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interaction Between Environmental Temperature and Craniofacial Morphology in Human Evolution: A Focus on Upper Airway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Kathleen Pitirri, Joan T. Richtsmeier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell processes in the evolution of primate characteristics. Volume 2: Evolutionary Cell Processes, Primate Skin, Energetics and Feeding</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, CRC Press, 2021, 9781003206293. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1201/9781003206293-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03426921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying variation in human dental development sequences: An EVO-DEVO perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Braga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">S.E. Bailey and J.-J. Hublin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dental Perspectives on Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04462551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronologie et étiologie de la maturation macrostructurale des dents définitives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anthropologie biologique. Université Sciences et Technologies - Bordeaux I, 2004. Français. </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00011208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId263"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4031C479"/>
+    <w:nsid w:val="F070DDD8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yannheuze" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0660-9613" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/088676412" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/214237661" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000140998117" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciences-archeologiques.u-bordeaux.fr/gpr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/bmsap" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bind.u-bordeaux.fr/en" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343296v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Remy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Taverne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Hossein Khonsari" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Fauroux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Khirani" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcms.2025.06.014" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343520v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis M. Echeverry&#8208;quiceno" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergi Llambrich" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Heredia&#8208;lid&#243;n" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Gim&#233;nez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateus Rozalem&#8208;aranha" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.202403009r" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678074v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Burgos" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Bastir" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro P&#233;rez-Ramos" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sanz-Prieto" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Heuz&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cnm.3830" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677511v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Nicoletti" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samreen Zafer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lital Matok" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inbar Irron" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meidva Patrick" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gimo.2024.101851" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678090v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sanz&#8208;prieto" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel A Burgos" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro P&#233;rez&#8208;ramos" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24932" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678901v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Schuh" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Gunz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Berthaume" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Shaw" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2023.2738" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444975v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan M Motch Perrine" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nishchal Sapkota" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhiko Kawasaki" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yejia Zhang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danny Z Chen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ar.25327" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445089v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Prevost" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Muller" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lauwers" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ca.24007" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445005v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Loisay" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Komla-Ebri" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Morice" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Viaut" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.168796" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256465v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mar&#233;chal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dumoncel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Santos" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Williams Astudillo Encina" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrej Evteev" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.13813" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860648v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nandini Singh" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory L. Holmes" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dvdy.498" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822584v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Cornille" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Moriceau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman H Khonsari" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20201879" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445135v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Mcgrath" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine B. Eriksen" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Garc&#237;a-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Galbany" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida G&#243;mez-Robles" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2021.2564" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562257v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Modesto-Mata" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Garc&#237;a-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliet Quintino" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Garc&#237;a-Campos" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Mart&#237;nez de Pinillos" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24487" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985629v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Villa" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Garc&#237;a-R&#237;o" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Torres-S&#225;nchez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-67664-5" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000334v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asier G&#243;mez-Olivencia" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Maureille" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liubov Golovanova" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abb4377" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985637v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Touz&#233;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Robert" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Br&#233;mond-Gignac" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Joris Roux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bjophthalmol-2019-314989" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985636v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ferrier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Hennocq" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Leboulanger" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Couloigner" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Denoyelle" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jormas.2020.05.021" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03094609v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mounier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Samsel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Vasilyev" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Klaric" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-78841-x" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322214v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Joganic" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.13005" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322344v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2018-0011" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322234v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Garc&#237;a&#8208;mart&#237;nez" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Torres&#8208;tamayo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul O'Higgins" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Torres&#8208;s&#225;nchez" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.23829" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322180v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anshuman Sewda" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sierra White" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Erazo" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ke Hao" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Garc&#237;a-Fructuoso" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41390-019-0274-2" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322414v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Lesciotto" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ethylin Wang Jabs" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Bernstein" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Richtsmeier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/PRS.0000000000003928" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322295v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1804197115" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842548v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoqian Ye" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Guilmatre" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Reva" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inga Peter" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842538v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe M. M. Marreiros" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Verius" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Unterhofer" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Freysinger" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11548-016-1454-8" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322596v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Biosse Duplan" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Estibals" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gaudas" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddw153" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842595v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Schwarz" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey J Schoenebeck" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322527v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey J. Schoenebeck" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ar.23449" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322637v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.prs.0000479978.75545.ee" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322720v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40142-014-0042-x" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322740v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neus Mart&#237;nez-Abad&#237;as" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Stella" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Arnaud" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Collet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bdra.23228" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322764v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Balzeau" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2014.03.005" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322696v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Basilico" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greg Holmes" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bone.2014.03.003" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322776v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Di Rocco" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Kaci" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddu004" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322827v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Senders" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simeon Boyadjiev" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jezb.21449" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322805v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Justice" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garima Yagnik" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoonhee Kim" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ng.2463" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322848v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingli Wang" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Aldridge" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0026425" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322884v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo F.V. Cardoso" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula J&#250;lio" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajhb.21084" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CPR2V0XK-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322870v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Marsh" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Kane" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elijah Cherkez" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-7580.2010.01258.x" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322897v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.20741" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZNJ0FXX9-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462352v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Braga" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2007.04.003" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F4T795S9-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152890v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322963v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Chabadel" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Braga" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bley" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/orthodfr/200576309" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D46D859BA755D70C63E3D8FFD7A95157711328C8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322990v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sonan" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gueramy" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00414-004-0494-8" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/17C8E14A5A3E406E2371196A31BC22304732BA1C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00887440v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bougon" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Levitoux" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Menec" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Heuze" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343610v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-69386-1_2" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938222v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ericka N. l'Abb&#233;" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Alblas" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan H. P. Ackermann" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lunga Bam" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Beaudet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-68501-9_3" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03426921v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003206293-7" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462551v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Heuze" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00011208v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yannheuze" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0660-9613" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/088676412" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/214237661" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000140998117" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciences-archeologiques.u-bordeaux.fr/gpr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/bmsap" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bind.u-bordeaux.fr/en" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343296v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Remy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Taverne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Hossein Khonsari" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Fauroux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Khirani" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcms.2025.06.014" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343520v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis M. Echeverry&#8208;quiceno" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergi Llambrich" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Heredia&#8208;lid&#243;n" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Gim&#233;nez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateus Rozalem&#8208;aranha" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.202403009r" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677511v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Nicoletti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samreen Zafer" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lital Matok" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inbar Irron" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meidva Patrick" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gimo.2024.101851" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678090v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Bastir" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sanz&#8208;prieto" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel A Burgos" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro P&#233;rez&#8208;ramos" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Heuz&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24932" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678074v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Burgos" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro P&#233;rez-Ramos" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sanz-Prieto" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cnm.3830" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678901v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Schuh" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Gunz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Berthaume" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Shaw" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2023.2738" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445089v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Prevost" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Muller" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lauwers" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ca.24007" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444975v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan M Motch Perrine" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nishchal Sapkota" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhiko Kawasaki" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yejia Zhang" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danny Z Chen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ar.25327" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445005v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Loisay" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Komla-Ebri" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Morice" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Viaut" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.168796" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256465v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mar&#233;chal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dumoncel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Santos" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Williams Astudillo Encina" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrej Evteev" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.13813" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860648v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nandini Singh" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory L. Holmes" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dvdy.498" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822584v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Cornille" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Moriceau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman H Khonsari" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20201879" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445135v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Mcgrath" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine B. Eriksen" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Garc&#237;a-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Galbany" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida G&#243;mez-Robles" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2021.2564" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562257v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Modesto-Mata" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Garc&#237;a-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliet Quintino" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Garc&#237;a-Campos" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Mart&#237;nez de Pinillos" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24487" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985629v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Villa" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Garc&#237;a-R&#237;o" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Torres-S&#225;nchez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-67664-5" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985636v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ferrier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Hennocq" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Leboulanger" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Couloigner" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Denoyelle" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jormas.2020.05.021" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000334v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asier G&#243;mez-Olivencia" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Maureille" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liubov Golovanova" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abb4377" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985637v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Touz&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Robert" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Br&#233;mond-Gignac" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Joris Roux" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bjophthalmol-2019-314989" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03094609v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mounier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Samsel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Vasilyev" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Klaric" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-78841-x" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322180v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anshuman Sewda" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sierra White" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Erazo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ke Hao" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Garc&#237;a-Fructuoso" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41390-019-0274-2" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322214v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Joganic" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.13005" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322344v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2018-0011" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322234v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Garc&#237;a&#8208;mart&#237;nez" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Torres&#8208;tamayo" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul O'Higgins" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Torres&#8208;s&#225;nchez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.23829" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322414v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Lesciotto" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ethylin Wang Jabs" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Bernstein" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Richtsmeier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/PRS.0000000000003928" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322295v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1804197115" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842548v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoqian Ye" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Guilmatre" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Reva" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inga Peter" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842538v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe M. M. Marreiros" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Verius" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Unterhofer" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Freysinger" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11548-016-1454-8" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322596v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Biosse Duplan" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Estibals" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gaudas" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddw153" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842595v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Schwarz" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey J Schoenebeck" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322527v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey J. Schoenebeck" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ar.23449" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322637v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.prs.0000479978.75545.ee" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322740v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neus Mart&#237;nez-Abad&#237;as" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Stella" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Arnaud" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Collet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bdra.23228" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322720v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40142-014-0042-x" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322764v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Balzeau" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2014.03.005" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322696v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Basilico" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greg Holmes" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bone.2014.03.003" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322776v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Di Rocco" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Kaci" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddu004" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322805v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Justice" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garima Yagnik" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoonhee Kim" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ng.2463" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322827v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Senders" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simeon Boyadjiev" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jezb.21449" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322848v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingli Wang" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Aldridge" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0026425" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322870v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Marsh" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Kane" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elijah Cherkez" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-7580.2010.01258.x" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322884v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo F.V. Cardoso" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula J&#250;lio" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajhb.21084" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CPR2V0XK-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322897v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.20741" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZNJ0FXX9-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462352v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Braga" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2007.04.003" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F4T795S9-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152890v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322990v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Braga" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Chabadel" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sonan" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gueramy" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00414-004-0494-8" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/17C8E14A5A3E406E2371196A31BC22304732BA1C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322963v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bley" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/orthodfr/200576309" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D46D859BA755D70C63E3D8FFD7A95157711328C8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00887440v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bougon" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Levitoux" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Menec" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Heuze" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343610v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-69386-1_2" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938222v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ericka N. l'Abb&#233;" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Alblas" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan H. P. Ackermann" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lunga Bam" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Beaudet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-68501-9_3" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03426921v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003206293-7" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462551v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Heuze" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00011208v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>