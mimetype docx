--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -370,931 +370,931 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05457992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced Numerical Modeling and Experimental Analysis of Thermal Gradients in Gleeble Compression Configuration for 2017-T4 Aluminum Alloy</w:t>
+                <w:t xml:space="preserve">Rheology of Ti-6Al-4V alloy under non equilibrium conditions during β forging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Pantalé</w:t>
+                <w:t xml:space="preserve">Pauline Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannis Muller</w:t>
+                <w:t xml:space="preserve">Aurélien Prillieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Balcaen</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Hacquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Saby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/applmech5040047⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Processing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.118346. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmatprotec.2024.118346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04959951v1</w:t>
+                <w:t xml:space="preserve">hal-04487075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rheology of Ti-6Al-4V alloy under non equilibrium conditions during β forging</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Prillieux</w:t>
+                <w:t xml:space="preserve">Advanced Numerical Modeling and Experimental Analysis of Thermal Gradients in Gleeble Compression Configuration for 2017-T4 Aluminum Alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pantalé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannis Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Balcaen</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Processing Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, pp.118346. </w:t>
+              <w:t xml:space="preserve">Applied Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 5 (4), pp.839-855. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmatprotec.2024.118346⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/applmech5040047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04487075v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04959951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Estimation of Local Residual Stresses in Amorphous and Crystallized Trivalent Chromium Coatings</w:t>
+                <w:t xml:space="preserve">Performance evaluation of Charpy impact tests to investigate and detect process defects of a Ni-based superalloy elaborated by laser powder bed fusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Guillon</w:t>
+                <w:t xml:space="preserve">A. Ty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Stéphan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yannick Balcaen</w:t>
+                <w:t xml:space="preserve">M. Mokhtari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudie Josse</w:t>
+                <w:t xml:space="preserve">Y. Balcaen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Fori</w:t>
+                <w:t xml:space="preserve">A. Votié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Cloué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Coatings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/coatings13010124⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Research and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 25, pp.6644-6659. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmrt.2023.07.064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04317950v1</w:t>
+                <w:t xml:space="preserve">hal-04275257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High cycle fatigue strength of additively manufactured AISI 316L Stainless Steel parts joined by laser welding</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Damage Mechanism of Trivalent Chromium Coatings under Tensile Stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axel Monnier</w:t>
+                <w:t xml:space="preserve">Robin Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Balcaen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Arnaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yannick Balcaen</w:t>
+                <w:t xml:space="preserve">Benoit Fori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Gazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dalverny</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2022.108865⟩</w:t>
+              <w:t xml:space="preserve">Coatings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (7), pp.1194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/coatings13071194⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03954430v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04274936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damage Mechanism of Trivalent Chromium Coatings under Tensile Stress</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">An Estimation of Local Residual Stresses in Amorphous and Crystallized Trivalent Chromium Coatings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Balcaen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudie Josse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Fori</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Dalverny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Coatings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 13 (7), pp.1194. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/coatings13071194⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 13 (1), pp.124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/coatings13010124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04274936v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Material Health of NiCrBSi Alloy Parts Produced via the Laser Powder Bed Fusion Process</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anthony Ty</w:t>
+                <w:t xml:space="preserve">High cycle fatigue strength of additively manufactured AISI 316L Stainless Steel parts joined by laser welding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Foued Abroug</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Monnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Balcaen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dalverny</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metals</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 275, pp.108865. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2022.108865⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/met13101669⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04276691v1</w:t>
+                <w:t xml:space="preserve">hal-03954430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance evaluation of Charpy impact tests to investigate and detect process defects of a Ni-based superalloy elaborated by laser powder bed fusion</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">A. Votié</w:t>
+                <w:t xml:space="preserve">Material Health of NiCrBSi Alloy Parts Produced via the Laser Powder Bed Fusion Process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Ty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Balcaen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Mokhtari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-M. Cloué</w:t>
+                <w:t xml:space="preserve">Jordan Rigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dalverny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Research and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 25, pp.6644-6659. </w:t>
+              <w:t xml:space="preserve">Metals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (10), pp.1669. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmrt.2023.07.064⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/met13101669⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04275257v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04276691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cold Spraying of Thick Biomimetic and Stoichiometric Apatite Coatings for Orthopaedic Implants</w:t>
               </w:r>
@@ -2278,274 +2278,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02359798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser welding of titanium alloys with an Yb: YAG sisk source</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Denis Béguin</w:t>
+                <w:t xml:space="preserve">Yb: YAG laser welding of aeronautical alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Alexis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Gazagne</w:t>
+                <w:t xml:space="preserve">Jean Denis Beguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Cerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Balcaen</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Andrieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials Science Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 941, pp.845-850. </w:t>
+              <w:t xml:space="preserve">, 2018, 941, pp.1099-1104. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.941.845⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.941.1099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02356317v1</w:t>
+                <w:t xml:space="preserve">hal-02359734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yb: YAG laser welding of aeronautical alloys</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joel Alexis</w:t>
+                <w:t xml:space="preserve">Laser welding of titanium alloys with an Yb: YAG sisk source</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Denis Béguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Denis Beguin</w:t>
+                <w:t xml:space="preserve">Valentin Gazagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Balcaen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Alexis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Cerra</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yannick Balcaen</w:t>
+                <w:t xml:space="preserve">Eric Andrieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials Science Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 941, pp.1099-1104. </w:t>
+              <w:t xml:space="preserve">, 2018, 941, pp.845-850. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.941.1099⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.941.845⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02359734v1</w:t>
+                <w:t xml:space="preserve">hal-02356317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of Physical-chemical and Mechanical Properties of Chlorapatite and Hydroxyapatite Plasma Sprayed Coatings</w:t>
               </w:r>
@@ -3310,51 +3310,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accurate strain analysis of Titanium sheet in single point incremental forming process by digital image correlation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Balcaen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3588,51 +3588,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude des mécanismes de déformation en formage incrémental</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Balcaen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Decultot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4275,51 +4275,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224532v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis B&#233;guin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Balcaen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade P&#233;cune" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Aubazac" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Alexis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmmp9090290" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457992v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ty" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Mokhtari" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Fitch" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dalverny" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-025-07732-5" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959951v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pantal&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Muller" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/applmech5040047" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04487075v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Martin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Prillieux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Hacquin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Saby" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2024.118346" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317950v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Guillon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric St&#233;phan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Josse" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fori" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings13010124" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954430v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foued Abroug" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Monnier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Arnaud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2022.108865" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274936v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Gazeau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings13071194" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276691v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Rigaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met13101669" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275257v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ty" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mokhtari" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Balcaen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Voti&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Clou&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmrt.2023.07.064" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05004772v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambra Paterlini" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Bertrand" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings12060722" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541452v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameth Faye" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lacroix" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jajp.2021.100047" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845360v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Pommier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Alexis" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmmp5040136" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565903v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Ayed" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;nol&#233; Bras" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bernard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Michaud" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.1016.24" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565907v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.1016.250" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565913v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4059102" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218463v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Chambard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Remache" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2020.100809" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359798v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ho" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Dehoux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02670844.2018.1528689" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356317v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Gazagne" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Andrieu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.941.845" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359734v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Denis Beguin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Cerra" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.941.1099" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135272v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Demnati" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Grossin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marsan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Collonges" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1874120701509020026" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866330v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoleta Radutoiu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2011.09.056" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074314v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Sam&#233;lor" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lenn Aufray" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Lacroix" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AST.66.66" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944240v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Trajin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703240v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Vidal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Velay" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Robert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lours" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703241v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pettinari-Sturmel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Douin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191656v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Robert" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093346v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193785v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Decultot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485067v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Valencia" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-24247-3_4" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490128v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Graneix" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04608024v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013TOU30231" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224532v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis B&#233;guin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Balcaen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade P&#233;cune" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Aubazac" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Alexis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmmp9090290" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457992v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ty" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Mokhtari" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Fitch" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dalverny" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-025-07732-5" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04487075v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Martin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Prillieux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Hacquin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Saby" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2024.118346" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959951v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pantal&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Muller" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/applmech5040047" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275257v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ty" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mokhtari" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Balcaen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Voti&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Clou&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmrt.2023.07.064" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274936v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Guillon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fori" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Gazeau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings13071194" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317950v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric St&#233;phan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Josse" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings13010124" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954430v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foued Abroug" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Monnier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Arnaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2022.108865" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276691v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Rigaud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met13101669" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05004772v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambra Paterlini" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Bertrand" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings12060722" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541452v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameth Faye" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lacroix" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jajp.2021.100047" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845360v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Pommier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Alexis" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmmp5040136" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565903v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Ayed" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;nol&#233; Bras" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bernard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Michaud" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.1016.24" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565907v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.1016.250" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565913v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4059102" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218463v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Chambard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Remache" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2020.100809" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359798v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ho" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Dehoux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02670844.2018.1528689" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359734v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Denis Beguin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Cerra" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.941.1099" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356317v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Gazagne" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Andrieu" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.941.845" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135272v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Demnati" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Grossin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marsan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Collonges" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1874120701509020026" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866330v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoleta Radutoiu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2011.09.056" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074314v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Sam&#233;lor" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lenn Aufray" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Lacroix" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AST.66.66" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944240v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Trajin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703240v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Vidal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Velay" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Robert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lours" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703241v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pettinari-Sturmel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Douin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191656v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Robert" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093346v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193785v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Decultot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485067v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Valencia" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-24247-3_4" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490128v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Graneix" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04608024v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013TOU30231" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>