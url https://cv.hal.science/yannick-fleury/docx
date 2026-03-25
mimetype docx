--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1034,295 +1034,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04728633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential of Marine Strains of Pseudoalteromonas to Improve Resistance of Juvenile Sea Bass to Pathogens and Limit Biofilm Development (Oct, 10.1007/s12602-023-10180-5, 2023)</w:t>
+                <w:t xml:space="preserve">Potential of Marine Strains of Pseudoalteromonas to Improve Resistance of Juvenile Sea Bass to Pathogens and Limit Biofilm Development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Rahmani</w:t>
+                <w:t xml:space="preserve">Alexandra Rahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Parizadeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Parizadeh</w:t>
+                <w:t xml:space="preserve">Marine Baud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Baud</w:t>
+                <w:t xml:space="preserve">Yoannah François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Francois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A Bazire</w:t>
+                <w:t xml:space="preserve">A. Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12602-023-10206-y⟩</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12602-023-10180-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05058198v1</w:t>
+                <w:t xml:space="preserve">hal-04343291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential of Marine Strains of Pseudoalteromonas to Improve Resistance of Juvenile Sea Bass to Pathogens and Limit Biofilm Development</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Potential of Marine Strains of Pseudoalteromonas to Improve Resistance of Juvenile Sea Bass to Pathogens and Limit Biofilm Development (Oct, 10.1007/s12602-023-10180-5, 2023)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Rahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Rahmani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Leila Parizadeh</w:t>
+                <w:t xml:space="preserve">L. Parizadeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Baud</w:t>
+                <w:t xml:space="preserve">M. Baud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoannah François</w:t>
+                <w:t xml:space="preserve">Y. Francois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Bazire</w:t>
+                <w:t xml:space="preserve">A Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12602-023-10180-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12602-023-10206-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04343291v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05058198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alterins, a new family of marine antibacterial cyclolipopeptides</w:t>
               </w:r>
@@ -1570,961 +1570,961 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03477054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alterins Produced by Oyster-Associated Pseudoalteromonas are Antibacterial Cyclolipopeptides with LPS-Binding Activity</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alterocin, an Antibiofilm Protein Secreted by Pseudoalteromonas sp. Strain 3J6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abderrafek El Harras</w:t>
+                <w:t xml:space="preserve">Albane Jouault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Simon</w:t>
+                <w:t xml:space="preserve">Angélique Gobet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Bondon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Brillet</w:t>
+                <w:t xml:space="preserve">Marjolaine Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Portier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgan Perennou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md18120630⟩</w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 86 (20), pp.e00893-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.00893-20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03053494v1</w:t>
+                <w:t xml:space="preserve">hal-03027967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alterocin, an Antibiofilm Protein Secreted by Pseudoalteromonas sp. Strain 3J6</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albane Jouault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Angelique Gobet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Marjolaine Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Portier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Perennou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 86 (20), pp.e00893-20. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AEM.00893-20⟩</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.02431-20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03027967v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05393165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erratum for Jouault et al., &amp;quot;Alterocin, an Antibiofilm Protein Secreted by Pseudoalteromonas sp. Strain 3J6</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albane Jouault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelique Gobet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Portier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Perennou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 86 (23), pp.e02431-20. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/AEM.02431-20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05058199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alterocin, an Antibiofilm Protein Secreted by Pseudoalteromonas sp. Strain 3J6</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Albane Jouault</w:t>
+                <w:t xml:space="preserve">Alterins Produced by Oyster-Associated Pseudoalteromonas are Antibacterial Cyclolipopeptides with LPS-Binding Activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florie Desriac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrafek El Harras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angelique Gobet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Morgan Perennou</w:t>
+                <w:t xml:space="preserve">Matthieu Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bondon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Brillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AEM.02431-20⟩</w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md18120630⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05393165v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03053494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Insights into and Updates on Antimicrobial Agents from Natural Products</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Protective Efficacy of a Pseudoalteromonas Strain in European Abalone, Haliotis tuberculata, Infected with Vibrio harveyi ORM4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Offret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taoufik Ghrairi</w:t>
+                <w:t xml:space="preserve">Vincent Rochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Laguerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Jaraud</w:t>
+                <w:t xml:space="preserve">Jérôme Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artur Alves</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Allaeddin El Salabi</w:t>
+                <w:t xml:space="preserve">Sylvain Huchette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioMed Research International </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2019/7079864⟩</w:t>
+              <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (1), pp.239-247. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12602-018-9389-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02893646v1</w:t>
+                <w:t xml:space="preserve">hal-02890516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protective Efficacy of a Pseudoalteromonas Strain in European Abalone, Haliotis tuberculata, Infected with Vibrio harveyi ORM4</w:t>
+                <w:t xml:space="preserve">New insights into the haemo‐ and coelo‐microbiota with antimicrobial activities from Echinodermata and Mollusca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Offret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jégou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Le Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12602-018-9389-8⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 126 (4), pp.1023-1031. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jam.14184⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02890516v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03656701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into the haemo‐ and coelo‐microbiota with antimicrobial activities from Echinodermata and Mollusca</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Camille Jégou</w:t>
+                <w:t xml:space="preserve">New Insights into and Updates on Antimicrobial Agents from Natural Products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taoufik Ghrairi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Jaraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artur Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Mounier</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Allaeddin El Salabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 126 (4), pp.1023-1031. </w:t>
+              <w:t xml:space="preserve">BioMed Research International </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2019, pp.1-3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jam.14184⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1155/2019/7079864⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03656701v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02893646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bio-guided Purification and Mass Spectrometry Characterisation Exploring the Lysozyme-like Protein from Enterococcus lactis Q1, an Unusual Marine Bacterial Strain</w:t>
               </w:r>
@@ -2791,90 +2791,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selectivity Modulation and Structure of alpha/aza-beta(3) Cyclic Antimicrobial Peptides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Laurencin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Baudy-Floc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bondon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 24 (23), pp.6191-6201. </w:t>
@@ -2906,325 +2906,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01807077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isolation and characterisation of an enterocin P-producing Enterococcus lactis strain from a fresh shrimp (Penaeus vannamei)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bioactive Metabolites from the Deep Subseafloor Fungus Oidiodendron griseum UBOCC-A-114129</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hamdi Ghomrassi</w:t>
+                <w:t xml:space="preserve">Marion Navarri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paola Cremonesi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yannick Fleury</w:t>
+                <w:t xml:space="preserve">C. Jégou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bondon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antonie van Leeuwenhoek</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10482-017-0847-1⟩</w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 15 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md15040111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02893649v1</w:t>
+                <w:t xml:space="preserve">hal-01518044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioactive Metabolites from the Deep Subseafloor Fungus Oidiodendron griseum UBOCC-A-114129</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Bondon</w:t>
+                <w:t xml:space="preserve">Isolation and characterisation of an enterocin P-producing Enterococcus lactis strain from a fresh shrimp (Penaeus vannamei)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olfa Ben Braïek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Pottier</w:t>
+                <w:t xml:space="preserve">Hamdi Ghomrassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Bach</w:t>
+                <w:t xml:space="preserve">Paola Cremonesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Morandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 15 (4), </w:t>
+              <w:t xml:space="preserve">Antonie van Leeuwenhoek</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 110 (6), pp.771-786. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/md15040111⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10482-017-0847-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01518044v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02893649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep Subseafloor Fungi as an Untapped Reservoir of Amphipathic Antimicrobial Compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Navarri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Jégou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3353,51 +3353,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florie Desriac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Le Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Jégou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4739,208 +4739,208 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04933781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential of marine strains of Pseudoalteromonas to reduce mortality induced by Vibrio harveyi in european sea bass</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+                <w:t xml:space="preserve">Evaluation de l’effet probiotique potentiel de souches marines du genre Pseudoalteromonas chez des bars européens imprégnés puis infectés expérimentalement avec Vibrio harveyi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Parizadeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Baud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoannah François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AMP 2022 - 7th International Symposium on Antimicrobial Peptides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">7. Journées de la Filière Piscicole (JRFP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-04081912v1</w:t>
+                <w:t xml:space="preserve">anses-03845226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protective effect of bacteria isolated from the natural microbiota of the Pacific oyster Crassostrea gigas against OsHV-1 µvar and Vibrio aestuarianus infections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Dantan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Toulza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Gueguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Dégremont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4959,182 +4959,182 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Meeting ISS 10 &amp; Holobionts 3</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society of Symbiosis; Holobionts Conference, Jul 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03971568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation de l’effet probiotique potentiel de souches marines du genre Pseudoalteromonas chez des bars européens imprégnés puis infectés expérimentalement avec Vibrio harveyi</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+                <w:t xml:space="preserve">Potential of marine strains of Pseudoalteromonas to reduce mortality induced by Vibrio harveyi in european sea bass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Parizadeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Baud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoannah François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Journées de la Filière Piscicole (JRFP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">AMP 2022 - 7th International Symposium on Antimicrobial Peptides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-03845226v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04081912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antimicrobial cyclic pseudopeptides including aza-β3-amino acids</w:t>
               </w:r>
@@ -5172,51 +5172,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liza Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bondon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICAR 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2010, Valladolid, Spain. pp.365-366</w:t>
@@ -5428,51 +5428,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Dantan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Toulza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Gueguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Dégremont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5553,51 +5553,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Dantan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Toulza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Gueguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Dégremont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5835,51 +5835,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antimicrobial Peptides from Fish</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florie Desriac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Jégou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Brillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6241,51 +6241,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04942259v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Leroy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Parizadeh" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#233;na Cuny" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Offret" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Protat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms13020363" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105698v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Laguerre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril No&#235;l" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille J&#233;gou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Fleury" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Le Chevalier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology14040430" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058195v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Yvin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle M&#252;hle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Brillet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.006601" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172277v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Dantan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Travers" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel D&#233;gremont" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Morga" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prunelle Carcassonne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2025.742949" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470074v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Toulza" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Petton" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Montagnani" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/raq.12893" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05397797v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lacombe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estefania Aleman-Navaro" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Drujon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Martinez-Osorio" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Sachon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2024/2205864" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728633v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Sinane" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Grunberger" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Gentile" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Moriou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Chaker" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22100456" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05058198v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rahmani" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Parizadeh" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Francois" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bazire" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-023-10206-y" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343291v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Rahmani" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Baud" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoannah Fran&#231;ois" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bazire" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-023-10180-5" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516139v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Bodet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Desriac" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Jegou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2021.106514" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477054v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Boukerb" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lesouhaitier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.005070" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053494v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrafek El Harras" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Simon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bondon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md18120630" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027967v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Jouault" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Gobet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Simon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Portier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Perennou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00893-20" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05058199v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Gobet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02431-20" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05393165v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02893646v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taoufik Ghrairi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jaraud" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Alves" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allaeddin El Salabi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2019/7079864" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02890516v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rochard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mounier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Huchette" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-018-9389-8" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656701v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mounier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.14184" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940609v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Ben Bra&#239;ek" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Smaoui" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Morandi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Hani" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12010-018-2886-0" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346622v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cardon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Carlier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Walrant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0205727" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01807077v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Laurencin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Baudy-Floc'H" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201800152" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02893649v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamdi Ghomrassi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Cremonesi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10482-017-0847-1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01518044v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Navarri" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. J&#233;gou" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pottier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bach" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md15040111" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02890685v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Meslet-Cladi&#232;re" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Barbier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md14030050" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638821v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md14070129" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00948603v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Leguerinel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Thuillier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1574-6968.12308" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02890705v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Balnois" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chevalier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md11103632" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857503v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Defer" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Henry" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bourgougnon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Baudy-Floc'H" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2013.03.357" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070072v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mosbah Amor" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm3009037" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858183v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md8041153" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02891621v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2009.02.016" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1G9JFRV0-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679599v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Campagna" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.G. Mathot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fleury" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Girardet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Gaillard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929329v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y H&#233;chard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Renault" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Cenatiempo" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Letellier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Maftah" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936004v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Zahra Aboulfarah" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Jebbar" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Boum&#8217;handi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Altaf El Blidi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933781v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Alouani" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04081912v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Parizadeh" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971568v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Gueguen" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03845226v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873041v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Legrand" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza Mouret" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457152v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laurencin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zatylny-Gaudin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Henry" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971532v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976718v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930213v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rodrigues" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissem Doghri" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sabl&#233;" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lanneluc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527801718.ch25" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376703v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00485008v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Fleury Mcf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04942259v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Leroy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Parizadeh" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#233;na Cuny" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Offret" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Protat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms13020363" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105698v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Laguerre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril No&#235;l" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille J&#233;gou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Fleury" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Le Chevalier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology14040430" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058195v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Yvin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle M&#252;hle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Brillet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.006601" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172277v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Dantan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Travers" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel D&#233;gremont" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Morga" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prunelle Carcassonne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2025.742949" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470074v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Toulza" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Petton" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Montagnani" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/raq.12893" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05397797v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lacombe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estefania Aleman-Navaro" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Drujon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Martinez-Osorio" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Sachon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2024/2205864" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728633v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Sinane" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Grunberger" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Gentile" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Moriou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Chaker" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22100456" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343291v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Rahmani" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Baud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoannah Fran&#231;ois" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bazire" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-023-10180-5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05058198v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rahmani" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Parizadeh" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baud" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Francois" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bazire" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-023-10206-y" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516139v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Bodet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Desriac" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Jegou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2021.106514" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477054v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Boukerb" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lesouhaitier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.005070" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027967v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Jouault" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Gobet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Simon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Portier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Perennou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00893-20" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05393165v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Gobet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02431-20" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05058199v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053494v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrafek El Harras" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Simon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bondon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md18120630" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02890516v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rochard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mounier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Huchette" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-018-9389-8" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656701v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mounier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.14184" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02893646v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taoufik Ghrairi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jaraud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Alves" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allaeddin El Salabi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2019/7079864" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940609v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Ben Bra&#239;ek" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Smaoui" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Morandi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Hani" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12010-018-2886-0" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346622v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cardon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Carlier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Walrant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0205727" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01807077v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Laurencin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Baudy-Floc'H" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201800152" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01518044v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Navarri" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. J&#233;gou" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pottier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bach" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md15040111" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02893649v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamdi Ghomrassi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Cremonesi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10482-017-0847-1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02890685v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Meslet-Cladi&#232;re" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Barbier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md14030050" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638821v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md14070129" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00948603v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Leguerinel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Thuillier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1574-6968.12308" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02890705v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Balnois" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chevalier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md11103632" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857503v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Defer" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Henry" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bourgougnon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Baudy-Floc'H" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2013.03.357" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070072v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mosbah Amor" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm3009037" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858183v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md8041153" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02891621v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2009.02.016" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1G9JFRV0-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679599v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Campagna" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.G. Mathot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fleury" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Girardet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Gaillard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929329v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y H&#233;chard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Renault" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Cenatiempo" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Letellier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Maftah" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936004v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Zahra Aboulfarah" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Jebbar" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Boum&#8217;handi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Altaf El Blidi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933781v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Alouani" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03845226v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971568v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Gueguen" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04081912v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Parizadeh" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873041v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Legrand" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza Mouret" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457152v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laurencin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zatylny-Gaudin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Henry" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971532v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976718v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930213v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rodrigues" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissem Doghri" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sabl&#233;" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lanneluc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527801718.ch25" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376703v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00485008v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Fleury Mcf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>