--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1,236 +1,245 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
+        <w:pict>
+          <v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:66.666666666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;">
+            <w10:wrap type="tight" anchorx="margin"/>
+            <v:imagedata r:id="rId7" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yannick HERNANDEZ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="641e6e"/>
         </w:rPr>
-        <w:t xml:space="preserve">Maître de conférence</w:t>
+        <w:t xml:space="preserve">Maître de conférences</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Identifiants chercheurs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> IdHAL : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">yannick-hernandez</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> ORCID : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">0000-0001-9982-3215</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> IdRef : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">250168979</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> ResearcherID : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.researcherid.com/rid/J-7425-2012</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Présentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Maître de conférences à l'</w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">IUT</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> del'</w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Université Bordeaux Montaigne</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">, Laboratoire </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Passages</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> (UMR CNRS 5319).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
@@ -264,1401 +273,1401 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-border Sport and Leisure: Public Action, Practices and Usage in the European Union</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Basque Pelota and Europeanization: The Actions and Representations of Actors Involved in Two Cross-Border Projects in a Euroregion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Mourguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Clémence Perrin-Malterre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Borderlands Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 40 (1), pp.1-11. </w:t>
+              <w:t xml:space="preserve">, 2025, 40 (1), pp.137-157. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/08865655.2024.2434973⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/08865655.2024.2415012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04853182v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04787025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Basque Pelota and Europeanization: The Actions and Representations of Actors Involved in Two Cross-Border Projects in a Euroregion</w:t>
+                <w:t xml:space="preserve">Genèse de la vélorution hendayaise comme initiative citoyenne pour sensibiliser à l’environnement : du jeu politique local aux enjeux transfrontaliers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evelyne Mourguy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yannick Hernández</w:t>
+                <w:t xml:space="preserve">Yannick Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Aldaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Borderlands Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/08865655.2024.2415012⟩</w:t>
+              <w:t xml:space="preserve">Éducation relative à l'environnement : Regards - Recherches - Réflexions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Volume 20.1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/15rcp⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04787025v1</w:t>
+                <w:t xml:space="preserve">hal-05526726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genèse de la vélorution hendayaise comme initiative citoyenne pour sensibiliser à l’environnement : du jeu politique local aux enjeux transfrontaliers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yannick Hernandez</w:t>
+                <w:t xml:space="preserve">Cross-border Sport and Leisure: Public Action, Practices and Usage in the European Union</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Aldaz</w:t>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Perrin-Malterre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation relative à l'environnement : Regards - Recherches - Réflexions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/15rcp⟩</w:t>
+              <w:t xml:space="preserve">Journal of Borderlands Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 40 (1), pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/08865655.2024.2434973⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05526726v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imágenes y discursos de la contestación a los Juegos Olímpicos de Invierno Pirineus-Barcelona 2030: diversidad reivindicativa y pérdida del consenso olímpico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sixte Abadia I Naudí</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Pujadas i Martí</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materiales para la Historia del Deporte</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 27, pp.10-32. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.20868/mhd.2024.27.5073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04754609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sports de combats et arts martiaux : violence ou non-violence ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pascal Tozzi</w:t>
+                <w:t xml:space="preserve">Territorialisation de l'action publique éducative nationale et décentralisation en France et en Espagne : une étude comparée des activités sportives dans le secteur scolaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Loudcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Suchet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alternatives Non-Violentes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/anv.208.0024⟩</w:t>
+              <w:t xml:space="preserve">Canadian Journal of Political Science / Revue canadienne de science politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 56 (1), pp.113-135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0008423923000045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04754612v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04754613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Territorialisation de l'action publique éducative nationale et décentralisation en France et en Espagne : une étude comparée des activités sportives dans le secteur scolaire</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">André Suchet</w:t>
+                <w:t xml:space="preserve">Sports de combats et arts martiaux : violence ou non-violence ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Tozzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Political Science / Revue canadienne de science politique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0008423923000045⟩</w:t>
+              <w:t xml:space="preserve">Alternatives Non-Violentes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, N° 208 (3), pp.24-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/anv.208.0024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04754613v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04754612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bretonnel, boxing coach (1925-1989): a cultural approach to understanding a remarkable career trajectory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Loudcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sports Coaching Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, pp.1-20. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/21640629.2023.2259286⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04754611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sports de combats et arts martiaux : violence ou non-violence ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tozzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alternatives Non-Violentes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 3 (208), pp.24-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05092864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Los contenidos de sociología en la formación del profesorado de Educación Física en España en la implantación del Espacio Europeo de Educación Superior: análisis del período transitorio de CAP a máster</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Pardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Contextos Educativos: Revista de Educación</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 29, pp.9-19. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.18172/con.5119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04754614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accompagnement éducatif et politiques sportives</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gaelle Sempé</w:t>
+                <w:t xml:space="preserve">Ocean I3. Pedagogical Innovation for Sustainability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Itziar Rekalde-Rodríguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julieta Barrenechea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Education &amp; Formation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Education Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (8), pp.396. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/educsci11080396⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04754668v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03334740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ocean I3. Pedagogical Innovation for Sustainability</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yannick Hernandez</w:t>
+                <w:t xml:space="preserve">Accompagnement éducatif et politiques sportives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Sempé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Education Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Education &amp; Formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 316, pp.111-125</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/educsci11080396⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03334740v1</w:t>
+                <w:t xml:space="preserve">hal-04754668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludothécaires et champ professionnel du jeu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Rubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tozzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agora débats/jeunesses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 3 (89), pp.95-111. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/agora.089.0095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05090908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comparative analysis of the aims of school sport in Spain and France from the point of view of the organization and its actors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Pardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Sport Policy and Politics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 12 (2), pp.287-303. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19406940.2019.1706619⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03942779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Univers normatif et institutionnalisation du métier de ludothécaire : regards croisés sur des pratiques professionnelles en ludothèque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas d'Andrea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Crenn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Rouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Rubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences et actions sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/sas.011.0042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02310735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1668,126 +1677,126 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environnements transfrontaliers : changement climatique, contextes éducatifs et nouveaux défis numériques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Itziar Alkorta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urtzi Etxeberria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), 2024, 978-2-35311-003-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46608/schola4.9782353110025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
-              <w:r>
-[...59 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04754565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1797,1114 +1806,1114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le programme de responsabilité personnelle et sociale comme outil d'intervention sociale par le sport auprès de jeunes en difficulté : de la transposition des dispositifs à l'application dans l'animation socio-culturelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pascal Tozzi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’intervention sociale face à la violence : méthodes, dispositifs et expérimentations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Carrières Sociales éditions, pp.589-609, 2025, 979-10-93839-42-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05528284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Propos conclusifs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Observaciones introductorias: unos cursos de verano transfronterizos en auge durante su segunda edición</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Itziar Alkorta Idiakez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urtzi Etxeberria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mugarteko ingurumena: aldaketa klimatikoa, hezkuntza-testuinguruak eta erronka digital berriak / Environnements transfrontaliers : changements climatique, contextes éducatifs et nouveaux défis numériques / Entornos transfronterizos: cambio climático, contextos educativos y nuevos retos digitales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.339-340, 2024, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46608/schola4.9782353110025.27⟩</w:t>
+              <w:t xml:space="preserve">, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.21-24, 2024, 978-2-35311-003-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46608/schola4.9782353110025.4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04774807v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04772388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consideraciones finales</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Atariko sarrera: mugaz gaindiko udako ikastaroak bigarren edizioan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Itziar Alkorta Idiakez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urtzi Etxeberria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mugarteko ingurumena: aldaketa klimatikoa, hezkuntza-testuinguruak eta erronka digital berriak / Environnements transfrontaliers : changements climatique, contextes éducatifs et nouveaux défis numériques / Entornos transfronterizos: cambio climático, contextos educativos y nuevos retos digitales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.341-342, 2024, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.13-16, 2024, 978-2-35311-003-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46608/schola4.9782353110025.2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46608/schola4.9782353110025.28⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04774808v1</w:t>
+                <w:t xml:space="preserve">hal-04772383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observaciones introductorias: unos cursos de verano transfronterizos en auge durante su segunda edición</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Introduction des analyses transfrontalières et transnationales des jeux-vidéo : usages, interactions et accompagnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Pau et des Pays de l'Adour. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mugarteko ingurumena: aldaketa klimatikoa, hezkuntza-testuinguruak eta erronka digital berriak / Environnements transfrontaliers : changements climatique, contextes éducatifs et nouveaux défis numériques / Entornos transfronterizos: cambio climático, contextos educativos y nuevos retos digitales</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mugarteko ingurumena: aldaketa klimatikoa, hezkuntza-testuinguruak eta erronka digital berriak / Environnements transfrontaliers : changement climatique, contextes éducatifs et nouveaux défis numériques / Entornos transfronterizos: cambio climático, contextos educativos y nuevos retos digitales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.175-180, 2024, 978-2-35311-003-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46608/schola4.9782353110025.15⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46608/schola4.9782353110025.4⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04772388v1</w:t>
+                <w:t xml:space="preserve">hal-04754607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atariko sarrera: mugaz gaindiko udako ikastaroak bigarren edizioan</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Azken gogoetak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Itziar Alkorta Idiakez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urtzi Etxeberria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mugarteko ingurumena: aldaketa klimatikoa, hezkuntza-testuinguruak eta erronka digital berriak / Environnements transfrontaliers : changements climatique, contextes éducatifs et nouveaux défis numériques / Entornos transfronterizos: cambio climático, contextos educativos y nuevos retos digitales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.13-16, 2024, 978-2-35311-003-2. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.337-338, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46608/schola4.9782353110025.26⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46608/schola4.9782353110025.2⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04772383v1</w:t>
+                <w:t xml:space="preserve">hal-04774806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction des analyses transfrontalières et transnationales des jeux-vidéo : usages, interactions et accompagnement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Propos introductifs : l’essor des cours d’été transfrontaliers lors de la deuxième édition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Itziar Alkorta Idiakez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urtzi Etxeberria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mugarteko ingurumena: aldaketa klimatikoa, hezkuntza-testuinguruak eta erronka digital berriak / Environnements transfrontaliers : changement climatique, contextes éducatifs et nouveaux défis numériques / Entornos transfronterizos: cambio climático, contextos educativos y nuevos retos digitales</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mugarteko ingurumena: aldaketa klimatikoa, hezkuntza-testuinguruak eta erronka digital berriak / Environnements transfrontaliers : changements climatique, contextes éducatifs et nouveaux défis numériques / Entornos transfronterizos: cambio climático, contextos educativos y nuevos retos digitales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.17-20, 2024, 978-2-35311-003-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46608/schola4.9782353110025.3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46608/schola4.9782353110025.15⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04754607v1</w:t>
+                <w:t xml:space="preserve">hal-04772384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Azken gogoetak</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Propos conclusifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Itziar Alkorta Idiakez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urtzi Etxeberria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mugarteko ingurumena: aldaketa klimatikoa, hezkuntza-testuinguruak eta erronka digital berriak / Environnements transfrontaliers : changements climatique, contextes éducatifs et nouveaux défis numériques / Entornos transfronterizos: cambio climático, contextos educativos y nuevos retos digitales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.337-338, 2024, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.339-340, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46608/schola4.9782353110025.27⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46608/schola4.9782353110025.26⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04774806v1</w:t>
+                <w:t xml:space="preserve">hal-04774807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Propos introductifs : l’essor des cours d’été transfrontaliers lors de la deuxième édition</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Consideraciones finales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Itziar Alkorta Idiakez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urtzi Etxeberria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mugarteko ingurumena: aldaketa klimatikoa, hezkuntza-testuinguruak eta erronka digital berriak / Environnements transfrontaliers : changements climatique, contextes éducatifs et nouveaux défis numériques / Entornos transfronterizos: cambio climático, contextos educativos y nuevos retos digitales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.17-20, 2024, 978-2-35311-003-2. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.341-342, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46608/schola4.9782353110025.28⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46608/schola4.9782353110025.3⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04772384v1</w:t>
+                <w:t xml:space="preserve">hal-04774808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les effets d’entraînement de la candidature olympique de Madrid 2012 et de l’année européenne de l’Éducation par le sport 2004 sur le sport scolaire dans la Communauté autonome de Madrid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J.-F. Loudcher, A. Suchet, P. Soulier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Héritages olympiques et patrimoine des évènements sportifs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de la Méditerranée, pp.187-208, 2023, 978-2367814865. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/12qi6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04754680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethnicité, genre et sports : enquête sur les pratiques sportives chez les lycéens de Rennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Pardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noemi Garcia-Arjona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">T. Terret, L. Robène, P. Charroin, S. Héas et P. Liotard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sport, genre et vulnerabilité au XXe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp. 563-573, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04957071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Práctica deportiva y origen cultural en Francia. Problemática de estudio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noemi Garcia-Arjona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Pardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Lebreton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arjona Garrido, A and Belmonte, T and Checa, F. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Espacios de Interacción con inmigrados. Reflexiones sobre conceptos teóricos y experiencias de trabajo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Universidad de Almería, pp.95-109, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02146966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2914,1467 +2923,1467 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concebir el juego como espacio y herramienta de mediación frente a la violencia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Ducos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Cluzel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">II Coloquio Internacional Raíces Históricas, retos para la paz y la no violencia / Racines historiques, défis pour la paix et la non-violence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chaire UNESCO ISNoV; Universidad Externado de Colombia, Oct 2025, Bogota, Colombia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05527915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Las artes marciales y los deportes de combate como medio para desarrollar la no violencia y la paz</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Sociedad civil y agentes de la intervención social, ¿claves para la construcción de la Paz desde abajo?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Tozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Tozzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">I Congreso Internacional de Investigación para la Paz</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Instituto de la Paz y los Conflictos de la Universidad de Granada, Nov 2023, Granada, España</w:t>
+              <w:t xml:space="preserve">Congreso Internacional de Investigación para la Paz « Perspectivas y restos de nuestro presente y futuro »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Instituto de la Paz y los Conflictos - Universidad de Granada, Nov 2023, Grenada, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04800058v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05092756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sociedad civil y agentes de la intervención social, ¿claves para la construcción de la Paz desde abajo?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Las artes marciales y los deportes de combate como medio para desarrollar la noviolencia y la paz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tozzi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congreso Internacional de Investigación para la Paz « Perspectivas y restos de nuestro presente y futuro »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Instituto de la Paz y los Conflictos - Universidad de Granada, Nov 2023, Grenada, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05092756v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05092733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Las artes marciales y los deportes de combate como medio para desarrollar la noviolencia y la paz</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Sociedad civil y agentes de la intervención social, ¿claves para la construcción de la Paz « desde abajo »?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Tozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Tozzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congreso Internacional de Investigación para la Paz « Perspectivas y restos de nuestro presente y futuro »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Instituto de la Paz y los Conflictos - Universidad de Granada, Nov 2023, Grenada, Espagne</w:t>
+              <w:t xml:space="preserve">I Congreso Internacional de Investigación para la Paz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Instituto de la Paz y los Conflictos de la Universidad de Granada, Nov 2023, Granada, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05092733v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04800059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sociedad civil y agentes de la intervención social, ¿claves para la construcción de la Paz « desde abajo »?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Programme sportif de responsabilité personnelle et sociale : un outil d’intervention pour l’animation sociale et socioculturelle auprès de jeunes socialement défavorisés ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">I Congreso Internacional de Investigación para la Paz</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Instituto de la Paz y los Conflictos de la Universidad de Granada, Nov 2023, Granada, Spain</w:t>
+              <w:t xml:space="preserve">Colloque International « L’intervention sociale face à la violence : méthodes, dispositifs et expérimentations »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Chaire UNESCO ISNoV, Nov 2023, Bordeaux, Francia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04800059v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04800062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Programme sportif de responsabilité personnelle et sociale : un outil d’intervention pour l’animation sociale et socioculturelle auprès de jeunes socialement défavorisés ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Les sports de combats et arts martiaux pour le développement de la paix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Tozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque International « L’intervention sociale face à la violence : méthodes, dispositifs et expérimentations »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Chaire UNESCO ISNoV, Nov 2023, Bordeaux, Francia</w:t>
+              <w:t xml:space="preserve">Colloque international « Martial Arts Studies" - 16ème JOurnées de Réflexions et de REcherches sur les Sports de Combat et les Arts Martiaux (JORRESCAM). "Techniques du corps, Arts Martiaux et Sports de combat ; du quotidien aux Jeux Olympiques et Paralympiques"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bordeaux - Université Bordeaux Montaigne - Université de Cardiff - Université Polytechnique de Madrid, Jun 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04800062v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05092803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les sports de combats et arts martiaux pour le développement de la paix</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Las artes marciales y los deportes de combate como medio para desarrollar la no violencia y la paz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tozzi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international « Martial Arts Studies" - 16ème JOurnées de Réflexions et de REcherches sur les Sports de Combat et les Arts Martiaux (JORRESCAM). "Techniques du corps, Arts Martiaux et Sports de combat ; du quotidien aux Jeux Olympiques et Paralympiques"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Bordeaux - Université Bordeaux Montaigne - Université de Cardiff - Université Polytechnique de Madrid, Jun 2023, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">I Congreso Internacional de Investigación para la Paz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Instituto de la Paz y los Conflictos de la Universidad de Granada, Nov 2023, Granada, España</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05092803v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04800058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedaleando hacia un producto innovador transfronterizo</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Exploring gender in toys-libraries: An analysis of affordances and play episodes involving children and their parents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Rouyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Ponce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Rubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Constans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Juan Aldaz Arregui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international « Sports et loisirs transfrontaliers : action publique, pratiques et usages en Europe et dans le monde »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MSHA; RnMSH; Eurorégion NAEN; MISHA Strasbourg; MSH-Alpes; UPV/EHU; UPNA, Jun 2022, Pessac, Francia</w:t>
+              <w:t xml:space="preserve">EECERA Annual Conference. Cultures of Play: Actors, Affordances and Arenas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Strathclyde, Scotland, UK, Aug 2022, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04775112v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04775359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring gender in toys-libraries: An analysis of affordances and play episodes involving children and their parents</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pedaleando hacia un producto innovador transfronterizo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Constans</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Udane Alfonso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Aldaz Arregui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EECERA Annual Conference. Cultures of Play: Actors, Affordances and Arenas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Strathclyde, Scotland, UK, Aug 2022, Glasgow, United Kingdom</w:t>
+              <w:t xml:space="preserve">Colloque international « Sports et loisirs transfrontaliers : action publique, pratiques et usages en Europe et dans le monde »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MSHA; RnMSH; Eurorégion NAEN; MISHA Strasbourg; MSH-Alpes; UPV/EHU; UPNA, Jun 2022, Pessac, Francia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04775359v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04775112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frenchtoys-libraries: A playful context for the parents-child interactions.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Ponce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Rubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Constans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Rouyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EECERA Annual Conference. Cultures of Play: Actors, Affordances and Arenas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Strathclyde, Aug 2022, Scotland, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04799998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pelote basque, entre tradition d’un peuple et besoin de franchir les frontières, quelle place pour l’Europe ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renée-Evelyne Mourguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international « Sports et loisirs transfrontaliers : action publique, pratiques et usages en Europe et dans le monde »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, MSHA; RnMSH; Eurorégion NAEN; MISHA Strasbourg; MSH-Alpes; UPV/EHU; UPNA, Jun 2022, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04775117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La genèse de la candidature des JO d’hiver Pirineus-Barcelona 2030</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sixte Abadia I Naudí</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Pujadas i Martí</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès les enjeux des jeux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SanT.E.Si.H UR_UM211, Dec 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04800002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Three different ways of inhabiting toy-libraries. An analysis of the immersive experiences of toy-librarians, children and theirparents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Rubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Constans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Ponce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Rouyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EECERA Annual Conference. Cultures of Play: Actors, Affordances and Arenas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Strathclyde, Aug 2022, Scotland, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04776000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sports et les loisirs dans le contexte de la coopération territoriale européenne : action publique, pratiques et usages (Projet TranSPORT(S)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Perrin-Malterre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Interdisciplinarité(s) du Réseau national des MSH. Maison méditerranéenne des sciences de l’homme, Aix-en-Provence (France)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03723330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genre et pratique sportive chez les lycéens de Rennes. L'origine ethnique est-elle un facteur de vulnérabilité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Pardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noemi Garcia-Arjona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Lebreton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'ethnicité sportive : signe et ressources de la question sociale et politique de la différence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UFR STAPS &amp; UFR Sciences de l’homme – département des sciences de l’éducation - Université Bordeaux Segalen, May 2011, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03936878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4384,245 +4393,245 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet TranSPORT(S) — Les sports et les loisirs dans le contexte de la coopération territoriale européenne : action publique, pratiques et usages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Perrin-Malterre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Interdisciplinarité(s) du Réseau national des MSH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Aix-en-Provence, France. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03594825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physical activity and sport practice in relation to gender and ethnic origin among young people: The case of Rennes (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Pardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Garcia-Arjona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Lebreton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th ISA World Congress of Sociology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Göteborg, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03936597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4632,147 +4641,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QualipSO-Une alimentation de qualité dans la restauration collective publique comme levier d’une transition agricole, écologique et sociale. Une recherche-action sur le territoire de la rive droite de la métropole bordelaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas d'Andrea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Chambelland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Davasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Tozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Corade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] UMR 5319 Passages, CNRS, UR ETBX, INRAE, ENSAP de Bordeaux, IUT Bordeaux Montaigne. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03690986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4782,131 +4791,327 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cours d’été transfrontaliers (MUGARTEKO)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Itziar Alkorta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urtzi Etxeberria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04255662v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cross-border sports and leisure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Perrin-Malterre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Borderlands Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 40 (1), 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05541932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’héritage politique des grands événements sportifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hernández</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 206, pp.17-34, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04772405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId117"/>
+      <w:footerReference w:type="default" r:id="rId120"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4974,51 +5179,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AF25C931"/>
+    <w:nsid w:val="A4BD16D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5205,51 +5410,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yannick-hernandez" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9982-3215" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/250168979" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/J-7425-2012" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iut.u-bordeaux-montaigne.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.u-bordeaux-montaigne.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.passages.cnrs.fr/user/yannick-hernandez/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853182v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Gasparini" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Perrin-Malterre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08865655.2024.2434973" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787025v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Mourguy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08865655.2024.2415012" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526726v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Hernandez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Aldaz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15rcp" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754609v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixte Abadia I Naud&#237;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Pujadas i Mart&#237;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20868/mhd.2024.27.5073" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754612v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tozzi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anv.208.0024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754613v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Loudcher" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Suchet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0008423923000045" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754611v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21640629.2023.2259286" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092864v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754614v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Pardo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18172/con.5119" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754668v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Semp&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334740v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itziar Rekalde-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julieta Barrenechea" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/educsci11080396" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090908v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Rubi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.089.0095" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942779v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19406940.2019.1706619" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310735v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas d'Andrea" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Crenn" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rouyer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rubi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sas.011.0042" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754565v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itziar Alkorta" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urtzi Etxeberria" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/schola4.9782353110025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528284v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774807v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itziar Alkorta Idiakez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/schola4.9782353110025.27" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774808v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/schola4.9782353110025.28" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772388v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/schola4.9782353110025.4" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772383v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/schola4.9782353110025.2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754607v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/schola4.9782353110025.15" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774806v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/schola4.9782353110025.26" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772384v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/schola4.9782353110025.3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754680v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12qi6" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957071v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemi Garcia-Arjona" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02146966v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Routier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lebreton" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527915v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Ducos" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Cluzel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800058v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092756v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092733v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800059v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800062v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092803v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775112v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Udane Alfonso" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Aldaz Arregui" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775359v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ponce" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Constans" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799998v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775117v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e-Evelyne Mourguy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800002v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776000v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723330v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936878v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594825v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936597v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Garcia-Arjona" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690986v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chambelland" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Davasse" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Corade" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255662v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yannick-hernandez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9982-3215" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/250168979" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/J-7425-2012" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iut.u-bordeaux-montaigne.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.u-bordeaux-montaigne.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.passages.cnrs.fr/user/yannick-hernandez/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787025v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Mourguy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08865655.2024.2415012" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526726v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Hernandez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Aldaz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15rcp" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853182v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Gasparini" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Perrin-Malterre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08865655.2024.2434973" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754609v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixte Abadia I Naud&#237;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Pujadas i Mart&#237;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20868/mhd.2024.27.5073" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754613v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Loudcher" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Suchet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0008423923000045" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754612v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tozzi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anv.208.0024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754611v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21640629.2023.2259286" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092864v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754614v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Pardo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18172/con.5119" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334740v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itziar Rekalde-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julieta Barrenechea" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/educsci11080396" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754668v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Semp&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090908v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Rubi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.089.0095" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942779v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19406940.2019.1706619" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310735v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas d'Andrea" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Crenn" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rouyer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rubi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sas.011.0042" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754565v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itziar Alkorta" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urtzi Etxeberria" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/schola4.9782353110025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528284v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772388v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itziar Alkorta Idiakez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/schola4.9782353110025.4" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772383v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/schola4.9782353110025.2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754607v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/schola4.9782353110025.15" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774806v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/schola4.9782353110025.26" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772384v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/schola4.9782353110025.3" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774807v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/schola4.9782353110025.27" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774808v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/schola4.9782353110025.28" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754680v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12qi6" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957071v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemi Garcia-Arjona" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02146966v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Routier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lebreton" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527915v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Ducos" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Cluzel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092756v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092733v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800059v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800062v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092803v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800058v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775359v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ponce" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Constans" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775112v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Udane Alfonso" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Aldaz Arregui" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799998v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775117v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e-Evelyne Mourguy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800002v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776000v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723330v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936878v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594825v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936597v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Garcia-Arjona" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690986v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chambelland" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Davasse" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Corade" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255662v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541932v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772405v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>