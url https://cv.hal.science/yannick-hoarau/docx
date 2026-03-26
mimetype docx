--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -75,21278 +75,21170 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (87)</w:t>
-[...10246 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (73)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and validation of a sharp interface immersed boundary method for high-speed flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Punit Pandey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ankit Bansal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krishna Mohan Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Heat and Fluid Flow</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 119, pp.110309. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijheatfluidflow.2026.110309⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05513674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-phase thermosiphon cooling in data centers: a comprehensive review of refrigerants for practical selection</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Numerical assessment of condensation time relaxation coefficients for accurate prediction under atmospheric and subatmospheric conditions in two-phase thermosiphon systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed G Rahma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédy Abadassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre François</w:t>
+                <w:t xml:space="preserve">Abdallah Ghenaim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Francois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Engineering and Applied Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s44147-025-00833-3⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 252, pp.127485. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2025.127485⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05423167v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05391892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical assessment of condensation time relaxation coefficients for accurate prediction under atmospheric and subatmospheric conditions in two-phase thermosiphon systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Two-phase thermosiphon cooling in data centers: a comprehensive review of refrigerants for practical selection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed G Rahma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédy Abadassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiyan Akyol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2025.127485⟩</w:t>
+              <w:t xml:space="preserve">Journal of Engineering and Applied Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 72, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s44147-025-00833-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05391892v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05423167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 3D numerical strategy for the computations of shock-induced bubble collapse near a wall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ksenia Kozhanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Goncalves da Silva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers and Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 293, pp.106609. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.compfluid.2025.106609⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05017998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aerodynamic performance increase over an A320 morphing wing in transonic regime by numerical simulation at high Reynolds number</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rami El Jeaid</w:t>
+                <w:t xml:space="preserve">Mathematical and computational framework for moving and colliding rigid bodies in a Newtonian fluid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Van Landeghem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Berti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Chabannes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rajaa El Akoury</w:t>
+                <w:t xml:space="preserve">Agathe Chouippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Giraldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Numerical Methods for Heat and Fluid Flow</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1108/HFF-12-2023-0758⟩</w:t>
+              <w:t xml:space="preserve">Annals of Mathematical Sciences and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.59-89. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4310/AMSA.2024.v9.n1.a2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04495849v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04101291v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical Simulations for Calibration Setup for Dynamic Contrast‐Enhanced Ultrasonography Imaging Protocol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderahmane Marouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Rahma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isaline Hoferer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Girot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal for Numerical Methods in Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/cnm.3885⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04779183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathematical and computational framework for moving and colliding rigid bodies in a Newtonian fluid</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laëtitia Giraldi</w:t>
+                <w:t xml:space="preserve">Aerodynamic performance increase over an A320 morphing wing in transonic regime by numerical simulation at high Reynolds number</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Abou Khalil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">César Jiménez Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rami El Jeaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajaa El Akoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Mathematical Sciences and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4310/AMSA.2024.v9.n1.a2⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Numerical Methods for Heat and Fluid Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/HFF-12-2023-0758⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04101291v2</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04495849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphing of high-lift wing-flap system with cambering and trailing-edge flapping at high Reynolds number towards a full airplane application.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderahmane Marouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Charbonnier</w:t>
+                <w:t xml:space="preserve">Jan B. Vos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan B. Vos</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Rajaa El Akoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 127, pp.104111. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2024.104111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04551972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electroactive morphing effects on the aerodynamic performance through wobulation around an A320 wing with vibrating trailing edge at high Reynolds number</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Rouaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Jiménez Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mateus Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Raibaudo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Abou Khalil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 123, pp.104016. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2023.104016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04497445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Three-dimensional simulation effects of trailing edge actuation on a morphing A320 wing by means of hybrid turbulence modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderahmane Marouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Rouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Braza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Numerical Methods for Heat and Fluid Flow</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1108/HFF-09-2022-0559⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03993494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New calibration setup for quantitative DCE‐US imaging protocol: Toward standardization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isaline Hoferer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurene Jourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Girot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baya Benatsou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Leguerney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medical Physics : The international journal of medical physics research and practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 50 (9), pp.5541-5552. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/mp.16362⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04261753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical investigation of Active Flow Control using Zero Net Mass Flux jets around a high-lift morphing cambered wing-flap system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dinh Hung Truong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderahmane Marouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Gehri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan B. Vos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Braza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Numerical Methods for Heat and Fluid Flow</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1108/HFF-09-2022-0558⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04036713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moving immersed boundary method for fluid–solid interaction</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Experimental Investigation of Thermal Ablation by Melting in a Hypersonic Shock Tunnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Hruschka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Bastide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Berthold Sauerwein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0088302⟩</w:t>
+              <w:t xml:space="preserve">Journal of Spacecraft and Rockets</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/1.A35271⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03664341v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03659373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Investigation of Thermal Ablation by Melting in a Hypersonic Shock Tunnel</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Moving immersed boundary method for fluid–solid interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shang-Gui Cai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellatif Ouahsine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Spacecraft and Rockets</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2514/1.A35271⟩</w:t>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 34 (5), pp.053307. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0088302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03659373v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03664341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ship maneuvering prediction based on virtual captive model test and system dynamics approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peng Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lu Cheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tang Zi-Jian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ouahsine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hu Hai-Bao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hydrodynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 34, pp.259-276. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s42241-022-0029-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03736921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation on resistance, squat and ship-generated waves of inland convoy passing bridge piers in confined waterway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peng Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellatif Ouahsine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sergent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haibao Hu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Marine Science and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 9 (10), pp.1125. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/jmse9101125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03389287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical Investigations of Perfectly Mixed Condition at the Inlet of Free Radical Polymerization Tubular Microreactors of Different Geometries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhiraj K. Garg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Serra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dambarudhar Parida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bouquey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecular Theory and Simulations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, pp.2000030. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/mats.202000030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02921186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical Investigations of Different Tubular Microreactor Geometries for the Synthesis of Polymers under Unmixed Feed Condition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhiraj K. Garg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Serra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dambarudhar Parida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bouquey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecular Theory and Simulations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/mats.202000008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02756463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of shock-induced bubble collapse using a four-equation model</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Galerkin-free model reduction for fluid-structure interaction using proper orthogonal decomposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vilas Shinde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Longatte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Baj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dia Zeidan</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Shock Waves</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00193-018-0809-1⟩</w:t>
+              <w:t xml:space="preserve">Journal of Computational Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 396, pp.579-595. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcp.2019.06.073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01715199v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02271516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of vibrating and deformed trailing edge of a morphing supercritical airfoil in transonic regime by numerical simulation at high Reynolds number</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Tô</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolaos Simiriotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderahmane Marouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Asproulias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. M. Zilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 91, pp.102595. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2019.02.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02124841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical investigation of frequency-amplitude effects of dynamic morphing for a high-lift configuration at high Reynolds number</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderahmane Marouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Bmegaptche Tekap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolaos Simiriotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Tô</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Rouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Numerical Methods for Heat and Fluid Flow</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, ahead-of-print (ahead-of-print), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1108/HFF-07-2019-0559⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02545276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Galerkin-free model reduction for fluid-structure interaction using proper orthogonal decomposition</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Simulation of shock-induced bubble collapse using a four-equation model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Goncalves da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marianna Braza</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dia Zeidan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcp.2019.06.073⟩</w:t>
+              <w:t xml:space="preserve">Shock Waves</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29 (1), pp.221-234. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00193-018-0809-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02271516v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01715199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MORPHING FOR SMART WING DESIGN THROUGH RANS/LES METHODS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderahmane Marouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolaos Simiriotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Tô</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Rouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Braza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ERCOFTAC Bulletin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03013407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphing of a supercritical wing by means of trailing edge deformation and vibration at high Reynolds numbers: Experimental and numerical investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolaos Simiriotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderahmane Marouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Elyakime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2019.06.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02277838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the liver vascular distribution on its overall mechanical behavior: A first approach to multiscale fluid-structure homogenization</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Development of an electron paramagnetic resonance methodology for studying the photo-generation of reactive species in semiconductor nano-particle assembled films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Majid Baniassadi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Marek Twardoch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youcef Messai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Vileno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel E Mekki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cellular Immunotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jocit.2018.09.008⟩</w:t>
+              <w:t xml:space="preserve">Molecular Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 116 (12), pp.1558-1564. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00268976.2018.1433882⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04595217v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03522607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of an electron paramagnetic resonance methodology for studying the photo-generation of reactive species in semiconductor nano-particle assembled films</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Influence of the liver vascular distribution on its overall mechanical behavior: A first approach to multiscale fluid-structure homogenization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majid Baniassadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId359" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Kugler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00268976.2018.1433882⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cellular Immunotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 4 (1), pp.35-37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jocit.2018.09.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03522607v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04595217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solid body motion prediction using a unit quaternion-based solver with actuator disk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peng Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellatif Ouahsine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 346 (12), pp.1136-1152. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.crme.2018.08.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05424553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of thermodynamic models for ice accretion on airfoils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lavoie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Pena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Laurendeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Numerical Methods for Heat and Fluid Flow</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, pp.00-00. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1108/HFF-08-2016-0297⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02302891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implicit immersed boundary method for fluid-structure interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shang-Gui Cai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellatif Ouahsine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 1/2017 (1), pp.33 - 36. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/lhb/2017005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01592851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moving immersed boundary method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shang-Gui Cai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellatif Ouahsine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal for Numerical Methods in Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 85 (5), pp.288 - 323. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/fld.4382⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01592822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bifurcation of a Newtonian-fluid flow in a planar channel with sudden contraction and expansion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. A. Patlazhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. V. Kravchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Доклады Академии Наук / Doklady Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 62 (3), pp.145-148. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1134/S1028335817030089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02558878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coherent and turbulent processes in the bistable regime around a tandem of cylinders including reattached flow dynamics by means of high-speed PIV</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Numerical study of the turbulent transonic interaction and transition location effect involving optimisation around a supercritical airfoil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Szubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Asproulias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Grossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Moïse Marchal</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Journal of Mechanics - B/Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 55 (2)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02124846v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01251813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A single step ice accretion model using Level-Set method</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId144" w:history="1">
+                <w:t xml:space="preserve">Development of a three-dimensional icing simulation code in the NSMB flow solver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Pena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Laurendeau</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Laurendeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2016.06.001⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Engineering Systems Modelling and Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 8 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1504/IJESMS.2016.075544⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02277840v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02289588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a three-dimensional icing simulation code in the NSMB flow solver</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId144" w:history="1">
+                <w:t xml:space="preserve">A single step ice accretion model using Level-Set method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Pena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Éric Laurendeau</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Laurendeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Engineering Systems Modelling and Simulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1504/IJESMS.2016.075544⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 65, pp.278-294. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2016.06.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02289588v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Galerkin-free model reduction approach for the Navier–Stokes equations</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Coherent and turbulent processes in the bistable regime around a tandem of cylinders including reattached flow dynamics by means of high-speed PIV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Elhimer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Harran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Cazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moïse Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcp.2015.12.051⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 60, pp.62-79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2015.10.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02277841v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02124846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Particle transport in a pulmonary flow</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">A Galerkin-free model reduction approach for the Navier–Stokes equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vilas Shinde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Longatte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Baj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nasser Youssouf Mahamoud</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Engineering and Applied Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Computational Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 309, pp.148-163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcp.2015.12.051⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02612129v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical simulation and analysis of fluid flow hydrodynamics through a structured array of circular cylinders forming porous medium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Partha Kundu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vimal Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indra Mani Mishra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Mathematical Modelling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 40 (23-24), pp.9848-9871. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apm.2016.06.043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02545285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical study of the turbulent transonic interaction and transition location effect involving optimisation around a supercritical airfoil</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Particle transport in a pulmonary flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Elmi Robleh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Dusek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nasser Youssouf Mahamoud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mechanics - B/Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 55 (2)</w:t>
+              <w:t xml:space="preserve">Journal of Engineering and Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (18)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01251813v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02612129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New transformation proposed for improving CFD simulation of free radical polymerization reactions in microreactors</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Shock-vortex shear-layer interaction in the transonic flow around a supercritical airfoil at high Reynolds number in buffet conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Szubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Grossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Jimenez Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michel Bouquey</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Charles Roland Hunt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microfluidics and Nanofluidics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10404-014-1527-3⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 55, pp.276-302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2015.03.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02273459v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03518799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical study of the turbulent transonic interaction and transition location effect involving optimisation around a supercritical aerofoil</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">New transformation proposed for improving CFD simulation of free radical polymerization reactions in microreactors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dhiraj K. Garg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Serra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dambarudhar Parida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bouquey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mechanics - B/Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.euromechflu.2015.09.007⟩</w:t>
+              <w:t xml:space="preserve">Microfluidics and Nanofluidics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 18 (5-6), pp.1287-1297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10404-014-1527-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02302873v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02273459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shock-vortex shear-layer interaction in the transonic flow around a supercritical airfoil at high Reynolds number in buffet conditions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId137" w:history="1">
+                <w:t xml:space="preserve">Numerical study of the turbulent transonic interaction and transition location effect involving optimisation around a supercritical aerofoil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Szubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Asproulias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Grossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Duvigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julian Charles Roland Hunt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2015.03.005⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Mechanics - B/Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 55, pp.380-393. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.euromechflu.2015.09.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03518799v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02302873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An efficient implicit direct forcing immersed boundary method for incompressible flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S-G Cai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Ouahsine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Smaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Hoarau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 574 (012165), pp.5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1742-6596/574/1/012165⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01225703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coil Flow Inversion as a Route To Control Polymerization in Microreactors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId333" w:history="1">
+                <w:t xml:space="preserve">Flow Inversion: An Effective Means to Scale-Up Controlled Radical Polymerization Tubular Microreactors: Flow Inversion: An Effective Means to Scale-Up Controlled Radical …</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dambarudhar Parida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Serra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId410" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dhiraj K. Garg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId411" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Florence Bally-Le-Gall</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ma5001628⟩</w:t>
+              <w:t xml:space="preserve">Macromolecular Reaction Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8 (8), pp.597-603. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mren.201400002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02545281v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02273447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of Transonic Buffet by Delayed Detached-Eddy Simulation</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Numerical simulation of the fluid–structure interaction in a tube array under cross flow at moderate and high Reynolds number</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Shinde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Marcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Deloze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Harran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIAA Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2514/1.J052873⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 47, pp.99-113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2014.02.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03466767v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02860426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical Solution of Free Radical Polymerization: Applications- Implementing Gel Effect Using AK Model</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId239" w:history="1">
+                <w:t xml:space="preserve">Coil Flow Inversion as a Route To Control Polymerization in Microreactors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dambarudhar Parida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Serra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dhiraj Garg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michel Bouquey</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Bally-Le-Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 47 (21), pp.7370-7377. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ma501413m⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 47 (10), pp.3282-3287. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ma5001628⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02273458v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02545281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical Solution of Free Radical Polymerization: Derivation and Validation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Prediction of Transonic Buffet by Delayed Detached-Eddy Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Grossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ma500480z⟩</w:t>
+              <w:t xml:space="preserve">AIAA Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 52 (10), pp.2300-2312. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/1.J052873⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02273449v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03466767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical Solution of Free Radical Polymerization: Applications- Implementing Gel Effect Using CCS Model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId238" w:history="1">
+                <w:t xml:space="preserve">Analytical Solution of Free Radical Polymerization: Applications- Implementing Gel Effect Using AK Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhiraj K. Garg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Serra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dambarudhar Parida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bouquey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 47 (23), pp.8178-8189. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ma501251j⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 47 (21), pp.7370-7377. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ma501413m⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02273456v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02273458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical Solution of Free Radical Polymerization: Applications-Implementing Nonisothermal Effect</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId238" w:history="1">
+                <w:t xml:space="preserve">Analytical Solution of Free Radical Polymerization: Applications- Implementing Gel Effect Using CCS Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhiraj K. Garg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Serra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dambarudhar Parida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bouquey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 47 (24), pp.8514-8523. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ma501964h⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 47 (23), pp.8178-8189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ma501251j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId422" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02273457v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02273456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atom Transfer Radical Polymerization in Continuous Microflow: Effect of Process Parameters</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId333" w:history="1">
+                <w:t xml:space="preserve">Analytical Solution of Free Radical Polymerization: Derivation and Validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dhiraj K. Garg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe A. Serra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dambarudhar Parida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId418" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bouquey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of flow chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1556/JFC-D-14-00003⟩</w:t>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 47 (14), pp.4567-4586. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ma500480z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId424" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02273448v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02273449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flow Inversion: An Effective Means to Scale-Up Controlled Radical Polymerization Tubular Microreactors: Flow Inversion: An Effective Means to Scale-Up Controlled Radical …</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId333" w:history="1">
+                <w:t xml:space="preserve">Analytical Solution of Free Radical Polymerization: Applications-Implementing Nonisothermal Effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dhiraj K. Garg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Serra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dambarudhar Parida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">René Muller</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bouquey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Reaction Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mren.201400002⟩</w:t>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 47 (24), pp.8514-8523. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ma501964h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02273447v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02273457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical simulation of the fluid–structure interaction in a tube array under cross flow at moderate and high Reynolds number</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gilles Harran</w:t>
+                <w:t xml:space="preserve">Atom Transfer Radical Polymerization in Continuous Microflow: Effect of Process Parameters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dambarudhar Parida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe A. Serra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rigoberto Ibarra Gómez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dhiraj K. Garg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2014.02.013⟩</w:t>
+              <w:t xml:space="preserve">Journal of flow chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4 (2), pp.92-96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1556/JFC-D-14-00003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId431" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02860426v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02273448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advanced numerical methods for uncertainty reduction when predicting heat exchanger dynamic stability limits. Review and perspectives.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Longatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Baj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Braza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Canteneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Engineering and Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 258, pp.164-175. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.nucengdes.2012.12.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02147964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intensifying the ATRP synthesis of statistical copolymers by continuous micromixing flow techniques1</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId418" w:history="1">
+                <w:t xml:space="preserve">Improved size-tunable preparation of polymeric nanoparticles by microfluidic nanoprecipitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Bally</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dhiraj Kumar Garg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe A. Serra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId439" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Green Processing and Synthesis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/gps-2012-0062⟩</w:t>
+              <w:t xml:space="preserve">Polymer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 53 (22), pp.5045-5051. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymer.2012.08.039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId438" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02273476v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00803377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved size-tunable preparation of polymeric nanoparticles by microfluidic nanoprecipitation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId439" w:history="1">
+                <w:t xml:space="preserve">Intensifying the ATRP synthesis of statistical copolymers by continuous micromixing flow techniques1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dambarudhar Parida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe A. Serra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bally</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId442" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dhiraj K. Garg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.polymer.2012.08.039⟩</w:t>
+              <w:t xml:space="preserve">Green Processing and Synthesis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1 (6), pp.525-532. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/gps-2012-0062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId445" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00803377v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02273476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transition scenario of a sphere freely falling in a vertical tube</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Deloze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Dušek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 711, pp.40-60. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/jfm.2012.362⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05422133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction and physical analysis of unsteady flows around a pitching airfoil with the dynamic mesh approah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Bourdet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Braza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rajah El Akoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arif Ashraf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Européenne de Mécanique Numérique/European Journal of Computational Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 16 (3-4), pp.451 - 476. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3166/remn.16.451-476⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01924928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical modeling of polystyrene synthesis in coiled flow inverter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monisha Mridha Mandal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Serra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.D.P. Nigam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microfluidics and Nanofluidics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 10 (2), pp.415-423. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10404-010-0679-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00517377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of transonic buffet around a wing with flap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Barbut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Braza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Barakos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sévrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Notes on numerical fluid mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 111, pp.191-204. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-14168-3_16⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00592193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chimera method applied to the simulation of a freely falling cylinder in a channel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Deloze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Dušek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Européenne de Mécanique Numérique/European Journal of Computational Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 19 (5-7), pp.575-590. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3166/ejcm.19.575-590⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId462" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02545282v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00586611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chimera method applied to the simulation of a freely falling cylinder in a channel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Deloze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Dušek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Européenne de Mécanique Numérique/European Journal of Computational Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 19 (5-7), pp.575-590. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3166/ejcm.19.575-590⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00586611v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02545282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Turbulence modelling of the flow past a pitching NACA0012airfoil at 10^5 and 10^6 Reynolds numbers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId262" w:history="1">
+                <w:t xml:space="preserve">Numerical simulation of the flow in the wake of Ahmed body using Detached Eddy Simulation and URANS modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Martinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Bourguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dehaeze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Jorez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2008.08.002⟩</w:t>
+              <w:t xml:space="preserve">Notes on numerical fluid mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 97, pp.125-131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-540-77815-8_13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId465" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02612126v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00592191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The three-dimensional transition in the flow around a rotating cylinder</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">Turbulence modelling of the flow past a pitching NACA0012airfoil at 10^5 and 10^6 Reynolds numbers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Martinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Braza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId468" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Harran</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Y. Hoarau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0022112008001390⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 24 (8), pp.1294-1303. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2008.08.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId467" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02545291v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02612126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical simulation of the flow in the wake of Ahmed body using Detached Eddy Simulation and URANS modeling</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The three-dimensional transition in the flow around a rotating cylinder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajah El Akoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Harran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Notes on numerical fluid mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-540-77815-8_13⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 607, pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0022112008001390⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId475" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00592191v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02545291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slug flow in curved microreactors: Hydrodynamic study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vimal Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subhashini Vashisth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.D.P. Nigam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 62 (24), pp.7494-7504. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ces.2007.06.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05422144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction and physical analysis of unsteady flows around a pitching airfoil with the dynamic mesh approach</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Slug flow in curved microreactors: hydrodynamic study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vimal Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Subhashini Vashisth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId451" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.D.P. Nigam</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Européenne de Mécanique Numérique/European Journal of Computational Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3166/remn.16.451-476⟩</w:t>
+              <w:t xml:space="preserve">Chemical Engineering Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 62 (24), pp.7497-7504. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ces.2007.06.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId480" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00322612v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00322103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slug flow in curved microreactors: hydrodynamic study</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Prediction and physical analysis of unsteady flows around a pitching airfoil with the dynamic mesh approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bourdet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId456" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajah El Akoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arif Ashraf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ces.2007.06.026⟩</w:t>
+              <w:t xml:space="preserve">Revue Européenne de Mécanique Numérique/European Journal of Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 16 (3-4), pp.451-476. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/remn.16.451-476⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00322103v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00322612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-Wake Turbulence Properties in the High Reynolds Number Incompressible Flow Around a Circular Cylinder Measured by Two- and Three-Component PIV</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId484" w:history="1">
+                <w:t xml:space="preserve">Turbulence properties in the cylinder wake at high Reynolds numbers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Flow, Turbulence and Combustion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10494-006-9043-5⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 22 (6-7), pp.757-771. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2006.04.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId488" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05422150v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05422146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Turbulence properties in the cylinder wake at high Reynolds numbers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Braza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Hoarau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 22 (6-7), pp.757-771. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2006.04.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02545294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First stages of the transition to turbulence and control in the incompressible detached flow around a NACA0012 wing</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">Near-Wake Turbulence Properties in the High Reynolds Number Incompressible Flow Around a Circular Cylinder Measured by Two- and Three-Component PIV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Braza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId492" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Cid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Cazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Moradei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Fluid Flow</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatfluidflow.2006.03.026⟩</w:t>
+              <w:t xml:space="preserve">Flow, Turbulence and Combustion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 77 (1-4), pp.185-204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10494-006-9043-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId491" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02545290v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05422150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Turbulence properties in the cylinder wake at high Reynolds numbers</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+                <w:t xml:space="preserve">First stages of the transition to turbulence and control in the incompressible detached flow around a NACA0012 wing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Ventikos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Faghani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2006.04.021⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Heat and Fluid Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 27 (5), pp.878-886. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatfluidflow.2006.03.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId495" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05422146v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02545290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct Numerical Simulation of the Three-Dimensional Transition to Turbulence in the Incompressible Flow around a Wing</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId493" w:history="1">
+                <w:t xml:space="preserve">Organized modes and the three-dimensional transition to turbulence in the incompressible flow around a NACA0012 wing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Ventikos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Faghani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Tzabiras</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Flow, Turbulence and Combustion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1023/B:APPL.0000014931.01400.7e⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 496, pp.63-72. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0022112003006530⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId500" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02612098v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02545295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organized modes and the three-dimensional transition to turbulence in the incompressible flow around a NACA0012 wing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Direct Numerical Simulation of the Three-Dimensional Transition to Turbulence in the Incompressible Flow around a Wing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId496" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Faghani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId502" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Anne-Archard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0022112003006530⟩</w:t>
+              <w:t xml:space="preserve">Flow, Turbulence and Combustion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 71, pp.119-132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1023/B:APPL.0000014931.01400.7e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId501" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05422151v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02612098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organized modes and the three-dimensional transition to turbulence in the incompressible flow around a NACA0012 wing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Ventikos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Faghani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Tzabiras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 496, pp.63-72. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0022112003006530⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05422151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (86)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Full Potential calculations with Immersed Boundary Ghost-Cell Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Laurendeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AIAA SCITECH 2026 Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2026, Orlando, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/6.2026-0890⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05527300v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical Investigation of Condensation Time Relaxation Coefficients in Two-Phase Thermosiphon Systems for Low-Pressure Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed G Rahma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédy Abadassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellah Ghenaim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, l’Association Française de Mécanique, Aug 2025, Metz (France), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05219419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of Filling Ratio on Two-Phase Closed Thermosiphon Heat Transfer under Constant Confinement and Weber Number</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed G Rahma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédy Abadassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellah Ghenaim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025 7th Novel Intelligent and Leading Emerging Sciences Conference (NILES)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Giza, France. pp.90-94, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NILES68063.2025.11232064⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05392833v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence of Filling Ratio on Flow Pattern in a Two-Phase Closed Thermosiphon at Fixed Confinement Number</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed G Rahma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédy Abadassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellah Ghenaim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025 4th International Conference on Electronic Engineering (ICEEM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Menouf, France. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICEEM66692.2025.11225207⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05392815v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modelling laminar separation bubbles at low Reynolds number</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donato de Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Catalano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerio d'Alessandro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Bernardos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AIAA SCITECH 2024 Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Orlando, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/6.2024-1357⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04398928v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pore-scale study of the dynamics of a suspension of solid particles in porous media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Chouippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Funfschilling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2024 - 5th edition Conference of Dispersed Two-phase Flows</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Hydrotechnique de France, Jul 2024, Vandœuvre-lès-Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886624v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-scale simulation of melting of a phase change material in a moving capsule</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Chouippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Funfschilling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SFT 2024 - 32eme Congrés Française de Thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Thermique, Jun 2024, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886839v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical simulation of fast depressurization using 4-equation and 6-equation models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anil Gun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Goncalves da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15th International Conference on Hydrodynamics (ICHD 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Rome, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04691261v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical simulation of fast depressurization using a homogeneous model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anil Gun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Goncalves da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Nuclear Young Generation Forum, ENYGF 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Krakow, Poland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04100888v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melting of a phase change material in a moving capsule: A parametric study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Chouippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Funfschilling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EuroMech 2023 - Colloquium 622 on Suspension flows and rheology: inertia, shape and roughness matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04447356v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimization of Synthetic jet to enhance the aerodynamic performance of a VTOL aircraft at real flight conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinh Hung Truong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan. B Vos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Gehri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AIAA SCITECH 2023 Forum 23-27 January 2023, National Harbor, MD, USA (and online)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, En ligne, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/6.2023-0250⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04001486v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimization of the Synthetic Jet to improve aerodynamic efficiency of the Next Generation Civil Tilt Rotor Aircraft</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinh Hung Truong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Gehri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan B. Vos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TSAS2022 Towards Sustainable Aviation Summit, Toulouse, France 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Toulouse,, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03931905v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical investigation of a high-lift wing-flap configuration involving Active Flow Control to improve aerodynamic performance at high Reynolds number</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinh Hung Truong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12th EASN International Conference on Innovation in Aviation and Space for opening New Horizons, October 18-21 2022, Barcelona, Spain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Barcelone, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03829848v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CFD simulation of compressible two-phase flow with high-order methods in NSMB</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anil Gun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Goncalves da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">25ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03794026v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sensibilité à la vitesse de déformation d’un bio-composite Lin/Elium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Bahlouli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naji Kharouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Vedrines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">25e Congrès Français de Mécanique, Nantes, 29 août-2 septembre 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04279986v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects of Zero Net Mass Flux devices on a Next-Generation Tiltrotor airplane in subsonic regime by numerical simulation at high Reynolds number</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Chouippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinh Hung Truong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th European conference for aeronautics and space sciences (EUCASS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Lille, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13009/EUCASS2022-4820⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03797692v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High order numerical methods for shock-induced bubble collapse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ksenia Kozhanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Goncalves da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">High-Order NOnlinear numerical Methods for evolutionary PDEs: Theory and applications, HONOM2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Braga, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03637804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modelling and simulation of stiff two-phase tube problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Goncalves da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Numerical Methods in Multiphase Flows</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Venise, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03794015v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CFD simulations of active flow control devices applied on a cambered flap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinh Hung Truong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Gehri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AIAA SCITECH 2022 Forum, San Diego, CA and Virtual, USA, 3-7 janvier 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, San Diego, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/6.2022-1545⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04014337v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Using active flow control to improve the aerodynamic performance of the next generation civil tilt rotor aircraft</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan B. Vos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Gehri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinh Hung Truong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">33rd Congress of the International Council of the Aeronautical Sciences ICAS, Stockholm, Sweden, 4-9 September, 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Stockholm, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03783157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flow analysis around a VTOL aircraft near stall conditions and application of Active Flow Control to enhance the aerodynamic performances at real flight conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinh Hung Truong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Chouippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan B. Vos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AIAA AVIATION 2022 Forum, June 27-July 1, 2022 Chicago, IL and Virtual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Chicago, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/6.2022-3238⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03711983v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mass transfer modelling for compressible two-phase flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Goncalves da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20th International Conference of Numerical Analysis and Applied Mathematics (ICNAAM 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Society of Computational Methods in Sciences, Engineering and Technology (ESCMSET), Sep 2022, Heraklion, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03794005v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unsteady CFD simulations of a synthetic jet for flow control around a high lift wing flap system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinh Hung Truong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan. B Vos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Gehri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">56th 3AF International Conference on Applied Aerodynamics, 28 30 March 2022, Toulouse France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03926470v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aerodynamic Drag Reduction of a Tilt Rotor Aircraft Using Zero-Net-Mass-Flux Devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinh Hung Truong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan. B. Vos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Gehri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Drag Reduction and Flow Control Meeting EDRFCM 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03783161v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unsteady CFD simulations for Active Flow Control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinh Hung Truong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan B. Vos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Gehri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TeamAero Eu project, H2020 and Marie Curie Actions, Workshops/Training schools: Turbulence Modelling for Unsteady Aerodynamic Flows with SBLI (SC4)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Toulouse (En ligne), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03649776v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical study of trailing-edge dynamics of a two element airfoil-flap with morphing flap at high Reynolds number</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolaos Simiriotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Tô</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Rouchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IUTAM Symposium on Critical flow dynamics around moving/deformable structures with design applications, 18-22 June 2018, Hotel-Resort De Sol, Santorini island, Greece</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Santorini island, Greece. pp.455-465, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-55594-8_37⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03235730v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Predictive Numerical Study of Cambered Morphing A320 High-Lift Configuration Based on Electro-Mechanical Actuators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolaos Simiriotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Bmegaptche Tekap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Tô</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th Symposium on Fluid-Structure-Sound Interactions and Control, FSSIC2019, 27-30 August 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Chania, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-33-4960-5_47⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03247246v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical simulation and modelling of a morphing supercritical airfoil in a transonic flow at high Reynolds number</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Tô</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. M. Zilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolaos Simiriotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IUTAM Symposium on Critical flow dynamics around moving/deformable structures with design applications, 18-22 June 2018, Hotel-Resort De Sol, Santorini island, Greece</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Santorini island, Greece. pp.371-384, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-55594-8_31⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03235729v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unsteady CFD simulations for Active Flow Control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Chouippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan B. Vos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gehri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AIAA AVIATION 2021 FORUM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, En ligne, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/6.2021-2854⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03321676v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manipulation of a Shock-Wave/Boundary-Layer Interaction in the Transonic Regime Around a Supercritical Morphing Wing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Tô</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bhardwaj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolaos Simiriotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symposium on Fluid-Structure-Sound Interactions and Control, FSSIC2019, 27-30 August 2019, Chania, Greece</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Chania, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-33-4960-5_46⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03247248v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High-order numerical methods for compressible two-phase flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ksenia Kozhanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Goncalves da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Finite Volumes for Complex Applications, FCVA-9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Bergen, Norway. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-43651-3_65⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02879919v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation of the aerodynamic performance increase thanks to a morphing A320 wing with high-lift flap by means of CFD Hi-Fi approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Vos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Bmegaptche Tekap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AIAA Aviation 2019 Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Dallas, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/6.2019-2912⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02316375v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fluid-Structure coupling with the Moving Immersed Boundary Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changgui Cai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellatif Ouahsine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECCOMAS MSF 2019, 4th International Conference on Multi-scale Computational Methods for Solids and Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Sarajevo, Bosnia and Herzegovina</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03365213v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-Step Ice Accretion Simulation Using The Level-Set Method, EUCASS2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Al-Kebsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Mose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EUCASS 2019, 8th European Conference for Aeronautics and Space Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Madrid, Espagne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02562760v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-Step Ice Accretion Simulation Using the Level-Set Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Al-Kebsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Mose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SAE International Conference on Icing of Aircraft, Engines, and Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Minneapolis, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4271/2019-01-1955⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02562783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Presses universitaires de Strasbourg dans la Science Ouverte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Science Ouverte : Quelles pistes pour publier autrement ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Univresité de Lorraine, Oct 2019, Villers-les-Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02375970v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’open access, le droit d’auteur et la circulation des connaissances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Macrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Clément-Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cycle des conférences-débats « Conversations autour du droit d'auteur », en partenariat avec la Librairie Kléber</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04547635v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On extensions of HLLC scheme and its application to two-phase problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ksenia Kozhanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Goncalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Parnaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14th International Symposium on Numerical Analysis of Fluid Flows, Heat and Mass Transfer - Numerical Fluids Symposium 2019, ICNAAM 2019, 23-28 September 2019, Rhodes, Greece</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Rhodes, Greece. pp.030034, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0026588⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03247241v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-Step Ice Accretion Simulation Using The Level-Set Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Al-Kebsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Mose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8th European Conference for Aeronautics and Space Sciences, 1-4 July 2019, Madrid, Spain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Madrid, Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13009/EUCASS2019-985⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03247242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synthesis on High-Fidelity Numerical simulation of a morphing A320 wing in subsonic speeds and sensitivity evaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolaos Simiriotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Diakakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgios Tzabiras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gurvan Jodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AIAA Aviation 2019 Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Dallas, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/6.2019-2911⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03106600v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Construction d’un modèle temps réel 3D avec un framework de Réalité Augmentée pour une chirurgie mini-invasive du foie utilisant l’homogénéisation et la réduction de modèle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Kugler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Lauzéral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Domenico Borzacchiello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majid Baniassadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NAFEMS18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05508212v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development of a three-dimensional multi-step ice accretion model based on Level-Set and IBM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Al-Kebsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Mose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IUTAM Symposium on Critical flow dynamics around moving/deformable structures with design applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Santorini, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05508190v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Homogenization and model reduction of a numerical liver model for real-time application : validation on free-breathing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Kugler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Lauzéral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Domenico Borzacchiello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majid Baniassadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8th World Congress of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Dublin, Ireland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05508156v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Level-Set based multi-step icing modelling in the NSMB solver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Al-Kebsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Mose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">53th International Conference of Applied Aerodynamics, AERO2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Atlanta, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04833431v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electroactive morphing on a supercritical wing targeting improved aerodynamic performance and flow control in high Reynolds numbers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolaos Simiriotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gurvan Jodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Rouchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">53rd 3AF International Conference on Applied Aerodynamics (AERO 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Salon-de-Provence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03942778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical Simulation of a 3-D Laminar Wing in Transonic Regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Szubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Asproulias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolaos Simiriotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th Symposium on Hybrid RANS-LES Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Strasbourg, France. pp.277-290, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-70031-1_23⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04830995v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">3D Numerical investigation of two element airfoil-flap with a morphing flap at high Reynolds numbers using hybrid models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikos Simiriotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Tô</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Bmegaptche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">seventh Hybrid RANS-LES Modeling Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Berlin, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05510487v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fluid-Structure Interaction and Control around Vibrating and Morphing Configurations at High Reynolds Number</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gurvan Jodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolaos Simiriotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Aalilija</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th Symposium on Fluid-Structure-Sound Interactions and Control (FSSIC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Tokyo, Japan. pp.199-206, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-10-7542-1_30⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04049015v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electroactive morphing of an Airbus A320 wing increasing the aerodynamic performances in high Reynolds numbers: numerical simulations and TRPIV around experimental prototyp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikos Simiriotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gurvan Jodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Harran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ETMM12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05508195v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Experimental and numerical investigation of electro-active morphing on a supercritical wing in high Reynolds numbers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolaos Simiriotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gurvan Jodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Rouchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IUTAM Symposium on Critical flow dynamics involving moving/deformable structures with design applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Santorini, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03942776v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-Development of a level-set based multi-step icing simulation code</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Al-Kebsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorian Pena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Laurendeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Moser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EUCASS 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Milan, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05496300v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electroactive morphing of a supercritical wing for increasing the aerodynamic performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gurvan Jodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolaos Simiriotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanilla Temtching Temou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Szubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">52nd International Conference of Applied Aerodynamics (AERO 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03942739v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blood flow numerical simulation in a realistic liver model : effect of blood pressure on the liver rigidity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Kugler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Soler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel George</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VII International Conference on Computational Bioengineering (ICCB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Compiègne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05508228v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-Step Level-Set Ice Accretion Simulation with the NSMB solver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Al-Kebsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorian Pena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Laurendeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Mosé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03465307v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Turbulence Near Interfaces—Modelling and Simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. C. R. Hunt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ishihara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Szubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Asproulias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symposium on Unsteady Separation in Fluid-Structure Interaction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Mykonos, Greece. pp.283-292, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-27386-0_17⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03144906v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recent Developments of the Navier Stokes Multi Block (NSMB) CFD solver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorian Pena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan B. Vos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Charbonier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Gehri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">54th AIAA Aerospace Sciences Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, San Diego, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/6.2016-2056⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03144907v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naturally Separated Turbulent Flow Around Two Cylinders in Tandem at High Reynolds Number by Time-Resolved PIV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Elhimer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Harran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Deloze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Szubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ERCOFTAC Symposium on Unsteady Separation in Fluid-Structure Interaction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Mykonos, Greece. pp.59-73, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-27386-0_4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03146241v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical Simulation of Cavitation with Level-Set in NSMB</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chao-Kun Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Goncalvès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03446266v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-time Step Icing Calculations Using a 3D Multi-block Structured Mesh Generation Procedure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Hasanzadeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Pena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Laurendeau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SAE 2015 International Conference on Icing of Aircraft, Engines, and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Prague, Czech Republic. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4271/2015-01-2161⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05467743v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Immersed boundary method for the simulation of lid-driven cavity flow with an embedded cylinder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shang-Gui Cai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellatif Ouahsine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Smaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Coupled Problems in Science and Engineering VI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Venice, Italy. pp.1130-1137</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01462151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hybrid RANS-LES and URANS Simulations of a Laminar Transonic Airfoil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Szubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Grossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th Symposium on Hybrid RANS-LES Methods, 19-21 March 2014, College Station, A&amp;M University, Texas, USA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, College Station, United States. pp.329-343, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-15141-0_27⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04837829v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Icing modelling in NSMB with chimera overset grids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorian Pena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Deloze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Laurendeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th International Symposium on Numerical Analysis of Fluid Flow and Heat Transfer – Numerical Fluids Symposium 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Rhodes, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4912351⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03728023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical Simulation of Turbulent Flow Physics in a Tube Array</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Harran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Longatte-Lacazedieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Baj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Turbulence and Interactions Conference (TI 2012), June 11-14, La Saline-les-Bains, La Réunion, France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, La Saline-les-Bains, France. pp.91-98, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-662-43489-5_11⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04286019v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Turbulent flow in a tube array : static case and FSI numerical simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Deloze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Deliancourt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Turbulence and Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Saline-les -Bains, France. pp.47-53, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-662-43489-5_6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03208930v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical modeling of cavitating flows with the NSMB solver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chao-Kun Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Goncalves da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Fluid Mechanics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Euromech, Sep 2014, Copenhague, Denmark</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01138330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fluid-structure interaction modeling with chimera grids in NSMB</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Deloze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Ponce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorian Pena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Dušek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès SMAI 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Seignosse, France. pp.209-218, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/proc/201445021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02612113v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">VMS- and OES-based hybrid simulations of bluff body flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Moussaed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen F. Wornom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Koobus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dervieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Deloze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ERCOFTAC Symposium on Unsteady Separation in Fluid-Structure Interaction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Mykonos, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-27386-0_18⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flow and Particles Deposition in Rabit and Rat Airways Under Realistic Inflow Rate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Choquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Goetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fouras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Dubsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ERCOFTAC Symposium on Unsteady Separation in Fluid-Structure Interaction,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Mykonos, Greece. pp.193-204, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-27386-0_12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03146239v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transport des particules dans une géométrie réaliste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Elmi Roble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Dusek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03440480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">NS-IBM: A parallel incompressible navier-stokes solver on unstructured cartesian mesh with automatic mesh refinement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Durrenberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th International Conference on Adaptive Modeling and Simulation, ADMOS 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Lisbonne, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05395902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flow and particles deposition in anatomically realistic airways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Ilmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Choquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Goetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">37th Congress of the Societe de Biomecanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Besançon, France. pp.56-58, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2012.713731⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02612115v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hybrid RANS-LES Modeling of a Strongly Detached Turbulent Flow around a Tandem Cylinders Configuration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Gual Skopek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Thiele</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th Symposium on Hybrid RANS-LES Methods,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Beijing, China. pp.219-229, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-31818-4_19⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04257217v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delayed Detached-Eddy Simulation of the Transonic Flow around a Supercritical Airfoil in the Buffet Regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Grossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th Symposium on Hybrid RANS-LES Methods, Beijing, China, September 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Beijing, China. pp.369-378, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-31818-4_32⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04214394v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical modeling of polymerisation reaction in CFI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dhiraj K. Garg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Serra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03421239v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Capturing coherent structures and turbulent interfaces in wake flows by means of the Organised Eddy Simulation, OES and by Tomo-PIV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrico Deri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Ouvrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Hunt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13th European Turbulence Conference (ETC13)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Varsovie, Poland. pp.092002, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/318/9/092002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04965593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude numérique des forces agissant sur une sphère en chute libre dans un tube rempli d'un fluide Newtonien au repos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Deloze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Dusek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03422737v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modélisation de l'interaction fluide-structure dans un faisceau de tubes soumis à un écoulement transverse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Marcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Harran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Baj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03422550v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simulation numérique et analyse physique du tremblement transsonique d'un profil supercritique à Reynolds élevé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Grossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03421152v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hybrid RANS-LES Modelling on a strongly detached turbulent flow around tandem cylinder at high Reynoldsnumber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Gual Skopek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03421432v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prediction of Transonic Buffet around a Wing with Flap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Barbut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Barakos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Sévrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd Symposium on Hybrid RANS-LES Methods, Gdansk, Poland, June 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Gdansk, Poland. pp.191-204, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-14168-3_16⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04299010v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prédiction du tremblement transsonique autour d’une aile avec aileron par modélisation de la turbulence hybride et statistique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Barbut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Sévrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Vos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03378260v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dynamic Stall of a Pitching and Horizontally Oscillating Airfoil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Martinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Harran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Sevrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Tzabiras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IUTAM Symposium “Unsteady Separated Flows and their Control”, Corfu, Greece, 18-22 June 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Corfou, Greece. pp.395-403, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-4020-9898-7_34⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259225v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unsteady Flow Around a NACA0021 Airfoil Beyond Stall at 60° Angle of Attack</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. El Akoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Vos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Harran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IUTAM Symposium “Unsteady Separated Flows and their Control”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Corfou, Greece. pp.405-415, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-4020-9898-7_35⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04830328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simulation d'un écoulement autour d'une sphère en translation uniforme dans un tube</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Deloze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Dusek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03390907v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transport de particules dans un modèle de Weibel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Ilmi Robleh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Dusek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03378607v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical simulation of the dynamic stall of a NACA 0012 airfoil using DES and advanced OES/URANS modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Martinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Harran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2007 Symposium of Hybrid RANS-LES Methods, Corfu, Greece, 17-18 June 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Corfu, Greece. pp.271-278, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-540-77815-8_28⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S0022112003006530⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02545295v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00321706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical Study and Physical Analysis of the Transonic Interaction and Its Modification Through Morphing Around Supercritical Wings at High Reynolds Number</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesar Jimenez Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Abou Khalil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rajaa El Akoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderahmane Marouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Tô</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Towards Effective Flow Control and Mitigation of Shock Effects in Aeronautical Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 201, Springer Nature Switzerland, pp.221-248, 2025, Notes on Numerical Fluid Mechanics and Multidisciplinary Design, 978-3-031-86605-0. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-86605-0_11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05494978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Comparative Study of Correlation-Based Transition Models for Aerodynamics in CFD Code NSMB</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderahmane Marouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Braza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational Fluid Dynamics: Novel Numerical and Computational Approaches</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Nature Singapore, pp.115-131, 2025, Infosys Science Foundation Series, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-981-97-8152-2_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04939585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical Simulation of an A320 Morphing Wing Through Frequency Modulation in the Vicinity of the Trailing Edge in Subsonic Regimes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Rouaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Jiménez-Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mateus Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderahmane Marouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Computational Methods and Design for Greener Aviation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 59, 2024, Computational Methods in Applied Sciences (COMPUTMETHODS), 978-3-031-61109-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-61109-4_12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04673221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smart Morphing and Sensing for the Wings of the Future</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderahmane Marouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolaos Simiriotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Tô</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mateus Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Bmegaptche Tekap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dietrich Knoerzer; Jacques Periaux; Tero Tuovinen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Computational Methods and Technologies in Aeronautics and Industry. Computational Methods in Applied Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 57, Eccomas; Springer, pp.17-36, 2023, 978-3-031-12019-0. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-12019-0_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04065520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-Fidelity Numerical Simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderahmane Marouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolaos Simiriotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Tô</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan B. Vos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Smart Morphing and Sensing for Aeronautical Configurations. Notes on Numerical Fluid Mechanics and Multidisciplinary Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, pp.89-154, 2023, 978-3-031-22580-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-22580-2_4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04197222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical Simulation of In-Flight Icing by Coupled Immersed Boundary and Level-Set Methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Al-Kebsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Mose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Wagdi George Habashi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Numerical Simulation of In-Flight Icing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Verlag (Germany), pp.263-288, 2023, 978-3-031-33845-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-33845-8_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04348014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">WP-1 Reference Cases of Laminar and Turbulent Interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Dussauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Paul Dussauge</w:t>
+                <w:t xml:space="preserve">Reynald Bur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reynald Bur</w:t>
+                <w:t xml:space="preserve">Todd Davidson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Todd Davidson</w:t>
+                <w:t xml:space="preserve">Holger Babinsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId523" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Bernardini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transition Location Effect on Shock Wave Boundary Layer Interaction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 144, Springer International Publishing, pp.25-127, 2021, Notes on Numerical Fluid Mechanics and Multidisciplinary Design, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-47461-4_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03551275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DDES and OES Simulations of a Morphing Airbus A320 Wing and Flap in Different Scales at High Reynolds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderahmane Marouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolaos Simiriotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Tô</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Bmegaptche Tekap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Hybrid RANS-LES Modelling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId526" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer Verlag (Germany)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.249-258, 2019, Notes on Numerical Fluid Mechanics and Multidisciplinary Design, 978-3-030-27607-2. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Springer Verlag (Germany)</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-27607-2_20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03020611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId529" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cross flow induced vibration in a single tube of square array using LES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vilas Shinde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Longatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Baj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Braza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yannick Hoarau; Shia-Hui Peng; Dieter Schwamborn; Alistair Revell. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Hybrid RANS-LES Modelling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 137, , pp.479-489, 2018, Book series: Notes on Numerical Fluid Mechanics and Multidisciplinary Design (NNFM), 978-3-319-70031-1. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId530" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-70031-1_40⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId529" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02860442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId531" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved Implicit Immersed Boundary Method via Operator Splitting</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Dynamic Effect of an Active Deformable Flat Plate on Its Turbulent Flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Deloze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Ibrahimbegovic, A. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Chinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId532" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes Scheller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrico Deri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marianna Braza; Alessandro Bottaro; Mark Thompson. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Methods for Solids and Fluids : Multiscale Analysis, Probability Aspects and Model Reduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-27996-1_3⟩</w:t>
+              <w:t xml:space="preserve">Advances in Fluid-Structure Interaction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 133, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId533" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer International Publishing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.309-316, 2016, 978-3-319-27384-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-27386-0_19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId531" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01462069v1</w:t>
+            <w:hyperlink r:id="rId530" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03144886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId533" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic Effect of an Active Deformable Flat Plate on Its Turbulent Flow</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Improved Implicit Immersed Boundary Method via Operator Splitting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shang-Gui Cai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellatif Ouahsine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...47 lines deleted...]
-              <w:t xml:space="preserve">Marianna Braza; Alessandro Bottaro; Mark Thompson. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ibrahimbegovic, A. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Fluid-Structure Interaction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 133, </w:t>
+              <w:t xml:space="preserve">Computational Methods for Solids and Fluids : Multiscale Analysis, Probability Aspects and Model Reduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 41, Springer, pp.49-66, 2016, Computational Methods in Applied Sciences, 978-3-319-27996-1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Springer International Publishing</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-27386-0_19⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-27996-1_3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId533" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03144886v1</w:t>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01462069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId538" w:history="1">
+            <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid RANS-LES Versus URANS Simulations of a Simplified Compressor Blades Cascade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Szubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Braza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Hybrid RANS-LES Modelling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 130, , pp.277-285, 2015, Notes on Numerical Fluid Mechanics and Multidisciplinary Design</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId538" w:history="1">
+            <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03106606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micro-Chemical Plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Serra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dambarudhar Parida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bally</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhiraj K. Garg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of Polymer Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wiley, 2013, 978-0-471-44026-0. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/0471440264.pst612⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04551975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -21356,143 +21248,143 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aerodynamic drag reduction of a tilt rotor aircraft using zero-net-mass-flux devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dinh Hung Truong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderahmane Marouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan B. Vos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Gehri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] European Commission. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04301287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -21502,935 +21394,935 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId542" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical simulation of the 3D effects of a morphing wing using electroactive trailing-edge actuations by means of hybrid turbulence model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Aerodynamic Performance Increase of a Morphing A320 Wing with HighLift Flap by Means of Hi-Fi CFD Approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderahmane Marouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Tô</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolaos Simiriotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan B. Vos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 13th International ERCOFTAC symposium on engineering, turbulence, modelling and measurements ETMM13 Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Rhodes, Greece. 2021</w:t>
+              <w:t xml:space="preserve">8th European Congress on Computational Methods in Applied Science and Engineering (ECCOMAS 2020) 14th World Congress on Computational Mechanics (WCCM XIV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, En ligne, France. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId542" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03402866v1</w:t>
+            <w:hyperlink r:id="rId541" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03321656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId543" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical analysis of electroactive morphing applied to the trailing edge of a reduced scale Airbus wing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Aerodynamic Performance Increase for a High-lift Two-element Configuration of a Morphing A3xx Wing by Means of Numerical Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderahmane Marouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolaos Simiriotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Bmegaptche Tekap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Rouchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR «Flow Separation Control» Poitiers, Videoconference meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, En ligne, Poitiers, France. 2021</w:t>
+              <w:t xml:space="preserve">8th European Congress on Computational Methods in Applied Science and Engineering (ECCOMAS 2020) 14th World Congress on Computational Mechanics (WCCM XIV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, En ligne, France. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId543" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03433783v1</w:t>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03321655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId544" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical Simulation of the Aerodynamic Performance of an A320 Type Morphing Wing in the Transonic Regime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Tô</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId544" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pawel Flaszynski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pawel Flaszynski</w:t>
+                <w:t xml:space="preserve">Ryszard Szwaba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ryszard Szwaba</w:t>
+                <w:t xml:space="preserve">Michal Piotrowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId547" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Doerffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th World Congress in Computational Mechanics (WCCM) ECCOMAS Congress 2020 11 – 15 January 2021, Paris, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Paris, France. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId544" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03322289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId549" w:history="1">
+            <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unsteady CFD simulations for Active Flow Control on a High-lift Wing-Flap system</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Numerical analysis of electroactive morphing applied to the trailing edge of a reduced scale Airbus wing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderahmane Marouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR «Flow Separation Control», Poitiers, France, Videoconference meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, En ligne, Poitiers, France. 2021</w:t>
+              <w:t xml:space="preserve">GDR «Flow Separation Control» Poitiers, Videoconference meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, En ligne, Poitiers, France. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId549" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03435838v1</w:t>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03433783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aerodynamic Performance Increase for a High-lift Two-element Configuration of a Morphing A3xx Wing by Means of Numerical Simulation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Numerical simulation of the 3D effects of a morphing wing using electroactive trailing-edge actuations by means of hybrid turbulence model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderahmane Marouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolaos Simiriotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Rouchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th European Congress on Computational Methods in Applied Science and Engineering (ECCOMAS 2020) 14th World Congress on Computational Mechanics (WCCM XIV)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, En ligne, France. 2021</w:t>
+              <w:t xml:space="preserve">The 13th International ERCOFTAC symposium on engineering, turbulence, modelling and measurements ETMM13 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Rhodes, Greece. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId550" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03321655v1</w:t>
+            <w:hyperlink r:id="rId549" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03402866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId551" w:history="1">
+            <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aerodynamic Performance Increase of a Morphing A320 Wing with HighLift Flap by Means of Hi-Fi CFD Approaches</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Unsteady CFD simulations for Active Flow Control on a High-lift Wing-Flap system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinh Hung Truong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderahmane Marouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jan B. Vos</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Gehri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th European Congress on Computational Methods in Applied Science and Engineering (ECCOMAS 2020) 14th World Congress on Computational Mechanics (WCCM XIV)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, En ligne, France. 2021</w:t>
+              <w:t xml:space="preserve">GDR «Flow Separation Control», Poitiers, France, Videoconference meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, En ligne, Poitiers, France. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId551" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03321656v1</w:t>
+            <w:hyperlink r:id="rId550" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03435838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId552" w:history="1">
+            <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Reduced Basis Method Applied to Aerothermal Simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId552" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Wahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Wahl</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Christophe Prud'Homme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Hoarau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CANUM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Cap d'Agde, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId552" w:history="1">
+            <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01799506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId555" w:history="1">
+            <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthode de Réduction d'Ordre et Simulations Aerothermiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId552" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Wahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Wahl</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Christophe Prud'Homme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée doctorale </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId555" w:history="1">
+            <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01217935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -22440,398 +22332,398 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId556" w:history="1">
+            <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluid-Structure-Sound Interactions and Control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Braza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId556" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yu Zhou</w:t>
+                <w:t xml:space="preserve">Anthony Lucey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Lucey</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">,</w:t>
+                <w:t xml:space="preserve">Lixi Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Springer, 2021, 978-3-319-70030-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lixi Huang</w:t>
-[...18 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-981-33-4960-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId556" w:history="1">
+            <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03247237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId561" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Progress in Hybrid RANS-LES Modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId561" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shia-Hui Peng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shia-Hui Peng</w:t>
+                <w:t xml:space="preserve">Dieter Schwamborn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dieter Schwamborn</w:t>
+                <w:t xml:space="preserve">Alistair Revell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alistair Revell</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">,</w:t>
+                <w:t xml:space="preserve">Charles Mockett</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Springer International Publishing, 143, 2020, Notes on Numerical Fluid Mechanics and Multidisciplinary Design, </w:t>
             </w:r>
             <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Mockett</w:t>
-[...14 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-27607-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId561" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05424558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId567" w:history="1">
+            <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Progress in Hybrid RANS-LES Modelling: Papers Contributed to the 6th Symposium on Hybrid RANS-LES Methods, 26-28 September 2016, Strasbourg, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId561" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shia-Hui Peng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shia-Hui Peng</w:t>
+                <w:t xml:space="preserve">Dieter Schwamborn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dieter Schwamborn</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alistair Revell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId567" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer International Publishing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 137, 2018, Notes on Numerical Fluid Mechanics and Multidisciplinary Design, 978-3-319-70030-4 978-3-319-70031-1. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Springer International Publishing</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-70031-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId567" w:history="1">
+            <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05473044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -22841,164 +22733,164 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId570" w:history="1">
+            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Progress in Hybrid RANS-LES Modelling : Papers Contributed to the 7th Symposium on Hybrid RANS-LES Methods, 17–19 September, 2018, Berlin, Germany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId561" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shia-Hui Peng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shia-Hui Peng</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Dieter Schwamborn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId571" w:history="1">
+            <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allistair Revell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId565" w:history="1">
+            <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Mockett</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Notes on Numerical Fluid Mechanics and Multidisciplinary Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId570" w:history="1">
+            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02612124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId572"/>
+      <w:footerReference w:type="default" r:id="rId571"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -23145,51 +23037,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527300v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Auger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Laurendeau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Hoarau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2026-0890" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219419v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed G Rahma" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;dy Abadassi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Ghenaim" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fran&#231;ois" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392833v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NILES68063.2025.11232064" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392815v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEEM66692.2025.11225207" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886839v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Rigal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain No&#235;l" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Chouippe" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Funfschilling" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886624v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398928v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato de Rosa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Catalano" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio d'Alessandro" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Bernardos" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderahmane Marouf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2024-1357" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691261v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Gun" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Goncalves da Silva" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447356v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001486v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinh Hung Truong" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan. B Vos" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gehri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2023-0250" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100888v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711983v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan B. Vos" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-3238" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783157v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014337v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Charbonnier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-1545" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637804v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ksenia Kozhanova" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794015v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797692v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/EUCASS2022-4820" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279986v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Lefebvre" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bahlouli" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naji Kharouf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vedrines" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Kiefer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794026v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926470v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794005v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783161v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan. B. Vos" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649776v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931905v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829848v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Braza" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321676v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Charbonnier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gehri" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2021-2854" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235729v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste T&#244;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. M. Zilli" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Simiriotis" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-55594-8_31" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247246v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Bmegaptche Tekap" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-33-4960-5_47" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247248v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bhardwaj" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-33-4960-5_46" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235730v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Rouchon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-55594-8_37" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879919v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-43651-3_65" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365213v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changgui Cai" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Ouahsine" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562760v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Al-Kebsi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Mose" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562783v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2019-01-1955" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02375970v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547635v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Macrez" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Cl&#233;ment-Fontaine" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247241v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Goncalves" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Parnaudeau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0026588" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106600v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Diakakis" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Tzabiras" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurvan Jodin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2019-2911" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247242v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/EUCASS2019-985" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316375v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Vos" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2019-2912" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05508156v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kugler" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Lauz&#233;ral" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Borzacchiello" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majid Baniassadi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833431v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05508190v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05508212v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel George" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942778v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05510487v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikos Simiriotis" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Bmegaptche" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049015v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aalilija" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marouf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hoarau" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-7542-1_30" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830995v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Szubert" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Asproulias" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-70031-1_23" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05508195v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Harran" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942776v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05496300v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Pena" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Moser" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942739v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanilla Temtching Temou" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05508228v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Soler" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves R&#233;mond" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465307v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Laurendeau" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Mos&#233;" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144906v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. R. Hunt" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ishihara" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-27386-0_17" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144907v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Charbonier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2016-2056" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146241v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Elhimer" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Harran" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Deloze" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-27386-0_4" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462151v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shang-Gui Cai" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Favier" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Smaoui" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467743v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hasanzadeh" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pena" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Laurendeau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2015-01-2161" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446266v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao-Kun Huang" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Goncalv&#232;s" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837829v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Grossi" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-15141-0_27" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03728023v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Deloze" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4912351" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138330v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208930v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Deloze" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Deliancourt" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-43489-5_6" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612113v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ponce" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Du&#353;ek" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/201445021" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403464v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286019v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Longatte-Lacazedieu" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Baj" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-43489-5_11" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146239v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Choquet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Goetz" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fouras" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dubsky" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-27386-0_12" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440480v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Elmi Roble" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Dusek" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00914023v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Moussaed" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen F. Wornom" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Koobus" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dervieux" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-27386-0_18" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05395902v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Durrenberger" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612115v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Xiong" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ilmi" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Choquet" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goetz" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2012.713731" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257217v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gual Skopek" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Thiele" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-31818-4_19" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214394v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-31818-4_32" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422737v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965593v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Deri" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Ouvrard" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Hunt" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/318/9/092002" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421152v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422550v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Marcel" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421432v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421239v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhiraj K. Garg" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Serra" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299010v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Barbut" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Barakos" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain S&#233;vrain" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-14168-3_16" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-69VTST1X-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390907v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830328v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. El Akoury" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vos" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-9898-7_35" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-J2DW9MW9-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259225v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martinat" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sevrain" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Tzabiras" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-9898-7_34" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-ZS4MHNRX-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378607v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Ilmi Robleh" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378260v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00321706v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Martinat" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-77815-8_28" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-DVZNK02M-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513674v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Punit Pandey" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankit Bansal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishna Mohan Singh" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatfluidflow.2026.110309" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423167v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiyan Akyol" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s44147-025-00833-3" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391892v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Ghenaim" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Francois" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2025.127485" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017998v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2025.106609" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495849v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Abou Khalil" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Jim&#233;nez Navarro" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami El Jeaid" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajaa El Akoury" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/HFF-12-2023-0758" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779183v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Rahma" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaline Hoferer" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Girot" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pitre" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cnm.3885" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101291v2" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Van Landeghem" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Berti" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chabannes" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Giraldi" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/AMSA.2024.v9.n1.a2" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551972v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2024.104111" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497445v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Rouaix" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateus Carvalho" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Raibaudo" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2023.104016" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993494v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/HFF-09-2022-0559" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261753v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurene Jourdain" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baya Benatsou" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Leguerney" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mp.16362" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036713v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/HFF-09-2022-0558" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664341v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0088302" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659373v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Denis" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Hruschka" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bastide" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berthold Sauerwein" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.A35271" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736921v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Du" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Cheng" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tang Zi-Jian" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ouahsine" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hu Hai-Bao" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42241-022-0029-0" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-03389287v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sergent" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haibao Hu" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse9101125" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921186v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dambarudhar Parida" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bouquey" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mats.202000030" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02756463v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mats.202000008" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715199v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dia Zeidan" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00193-018-0809-1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124841v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2019.02.011" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545276v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/HFF-07-2019-0559" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271516v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vilas Shinde" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Longatte" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2019.06.073" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013407v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277838v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Elyakime" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2019.06.016" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595217v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocit.2018.09.008" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522607v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Twardoch" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Messai" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Vileno" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel E Mekki" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00268976.2018.1433882" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424553v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2018.08.010" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302891v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lavoie" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/HFF-08-2016-0297" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592851v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2017005" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592822v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fld.4382" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558878v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. A. Patlazhan" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. V. Kravchenko" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Muller" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Remond" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1028335817030089" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124846v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cazin" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mo&#239;se Marchal" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2015.10.008" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277840v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2016.06.001" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289588v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJESMS.2016.075544" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277841v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2015.12.051" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612129v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Elmi Robleh" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Youssouf Mahamoud" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545285v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Partha Kundu" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vimal Kumar" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indra Mani Mishra" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2016.06.043" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01251813v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273459v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-014-1527-3" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302873v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Duvigneau" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechflu.2015.09.007" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518799v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Jimenez Garcia" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Charles Roland Hunt" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2015.03.005" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01225703v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S-G Cai" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ouahsine" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Smaoui" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/574/1/012165" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545281v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhiraj Garg" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bally-Le-Gall" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma5001628" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466767v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J052873" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273458v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma501413m" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273449v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe A. Serra" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma500480z" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273456v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma501251j" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273457v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma501964h" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273448v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rigoberto Ibarra G&#243;mez" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/JFC-D-14-00003" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273447v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Muller" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mren.201400002" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/17B09973D7F01236293A7A67A2323C3B30B03182/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860426v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Shinde" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Marcel" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2014.02.013" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147964v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Canteneur" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2012.12.003" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273476v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bally" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/gps-2012-0062" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803377v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhiraj Kumar Garg" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Anton" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2012.08.039" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0V0VWD98-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422133v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2012.362" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-N8W7XQ1Q-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924928v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bourdet" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajah El Akoury" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arif Ashraf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/remn.16.451-476" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00517377v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monisha Mridha Mandal" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.D.P. Nigam" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-010-0679-z" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A1229101EB67BB1CEAC530E4FC1D1C451045D540/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592193v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barakos" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S&#233;vrain" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545282v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejcm.19.575-590" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586611v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612126v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2008.08.002" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545291v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Perrin" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112008001390" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592191v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Bourguet" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dehaeze" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jorez" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-77815-8_13" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-B2N38VCT-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422144v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subhashini Vashisth" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2007.06.026" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SCDPL4BM-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322612v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourdet" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322103v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422150v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Perrin" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cid" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Moradei" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10494-006-9043-5" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-L8M4ZZZ5-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545294v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2006.04.021" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545290v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ventikos" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Faghani" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatfluidflow.2006.03.026" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422146v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Braza" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612098v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Anne-Archard" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:APPL.0000014931.01400.7e" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-S780VPC8-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422151v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tzabiras" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112003006530" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545295v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05494978v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Jimenez Navarro" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-86605-0_11" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939585v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-8152-2_5" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673221v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Jim&#233;nez-Navarro" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-61109-4_12" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065520v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-12019-0_2" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197222v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-22580-2_4" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348014v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33845-8_2" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551275v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Dussauge" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reynald Bur" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todd Davidson" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Babinsky" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Bernardini" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-47461-4_2" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020611v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.scd-rproxy.u-strasbg.fr/chapter/10.1007%2F978-3-030-27607-2_20" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-27607-2_20" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860442v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-70031-1_40" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462069v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-27996-1_3" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144886v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chinaud" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Scheller" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/10.1007/978-3-319-27386-0_19" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-27386-0_19" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106606v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551975v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/0471440264.pst612" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301287v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402866v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433783v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322289v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawel Flaszynski" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryszard Szwaba" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Piotrowicz" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Doerffer" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435838v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321655v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321656v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799506v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Wahl" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Prud'Homme" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217935v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247237v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Zhou" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lucey" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lixi Huang" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-33-4960-5" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424558v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shia-Hui Peng" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Schwamborn" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alistair Revell" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Mockett" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-27607-2" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05473044v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/10.1007/978-3-319-70031-1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-70031-1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612124v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allistair Revell" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513674v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Punit Pandey" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankit Bansal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishna Mohan Singh" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Hoarau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatfluidflow.2026.110309" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391892v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed G Rahma" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;dy Abadassi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Ghenaim" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Francois" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2025.127485" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423167v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiyan Akyol" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderahmane Marouf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fran&#231;ois" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s44147-025-00833-3" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017998v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ksenia Kozhanova" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Goncalves da Silva" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2025.106609" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101291v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Van Landeghem" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Berti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chabannes" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Chouippe" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Giraldi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/AMSA.2024.v9.n1.a2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779183v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Rahma" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaline Hoferer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Girot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pitre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cnm.3885" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495849v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Abou Khalil" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Jim&#233;nez Navarro" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami El Jeaid" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajaa El Akoury" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/HFF-12-2023-0758" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551972v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Charbonnier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan B. Vos" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2024.104111" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497445v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Rouaix" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateus Carvalho" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Raibaudo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2023.104016" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993494v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Rouchon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Braza" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/HFF-09-2022-0559" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261753v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurene Jourdain" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baya Benatsou" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Leguerney" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mp.16362" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036713v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinh Hung Truong" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gehri" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/HFF-09-2022-0558" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659373v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Denis" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Hruschka" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bastide" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berthold Sauerwein" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.A35271" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664341v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shang-Gui Cai" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Ouahsine" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0088302" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736921v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Du" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Cheng" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tang Zi-Jian" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ouahsine" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hu Hai-Bao" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42241-022-0029-0" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-03389287v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sergent" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haibao Hu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse9101125" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921186v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhiraj K. Garg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Serra" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dambarudhar Parida" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bouquey" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mats.202000030" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02756463v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mats.202000008" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271516v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vilas Shinde" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Longatte" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Baj" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2019.06.073" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124841v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste T&#244;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Simiriotis" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Asproulias" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. M. Zilli" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2019.02.011" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545276v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Bmegaptche Tekap" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/HFF-07-2019-0559" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715199v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dia Zeidan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00193-018-0809-1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013407v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277838v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurvan Jodin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Elyakime" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2019.06.016" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522607v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Twardoch" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Messai" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Vileno" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel E Mekki" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00268976.2018.1433882" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595217v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel George" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majid Baniassadi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kugler" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves R&#233;mond" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocit.2018.09.008" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424553v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2018.08.010" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302891v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lavoie" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Pena" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Laurendeau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/HFF-08-2016-0297" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592851v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Favier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2017005" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592822v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fld.4382" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558878v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. A. Patlazhan" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. V. Kravchenko" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Muller" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Remond" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1028335817030089" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01251813v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Szubert" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Grossi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289588v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Laurendeau" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJESMS.2016.075544" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277840v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2016.06.001" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124846v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Elhimer" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Harran" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cazin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mo&#239;se Marchal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2015.10.008" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277841v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2015.12.051" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545285v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Partha Kundu" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vimal Kumar" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indra Mani Mishra" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2016.06.043" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612129v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Elmi Robleh" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Dusek" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Youssouf Mahamoud" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518799v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Jimenez Garcia" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Charles Roland Hunt" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2015.03.005" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273459v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-014-1527-3" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302873v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Duvigneau" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechflu.2015.09.007" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01225703v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S-G Cai" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ouahsine" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Smaoui" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hoarau" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/574/1/012165" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273447v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Muller" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mren.201400002" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/17B09973D7F01236293A7A67A2323C3B30B03182/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860426v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Shinde" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Marcel" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Deloze" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2014.02.013" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545281v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhiraj Garg" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bally-Le-Gall" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma5001628" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466767v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J052873" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273458v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma501413m" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273456v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma501251j" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273449v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe A. Serra" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma500480z" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273457v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma501964h" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273448v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rigoberto Ibarra G&#243;mez" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/JFC-D-14-00003" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147964v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Canteneur" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2012.12.003" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803377v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bally" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhiraj Kumar Garg" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Anton" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2012.08.039" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0V0VWD98-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273476v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/gps-2012-0062" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422133v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Deloze" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Du&#353;ek" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2012.362" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-N8W7XQ1Q-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924928v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bourdet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajah El Akoury" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arif Ashraf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/remn.16.451-476" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00517377v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monisha Mridha Mandal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.D.P. Nigam" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-010-0679-z" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A1229101EB67BB1CEAC530E4FC1D1C451045D540/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592193v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Barbut" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barakos" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S&#233;vrain" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-14168-3_16" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-69VTST1X-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586611v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejcm.19.575-590" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545282v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592191v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Martinat" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Bourguet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dehaeze" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jorez" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-77815-8_13" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-B2N38VCT-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612126v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2008.08.002" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545291v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Perrin" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112008001390" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422144v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subhashini Vashisth" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2007.06.026" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SCDPL4BM-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322103v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322612v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourdet" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422146v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Braza" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Perrin" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2006.04.021" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545294v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422150v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cid" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Moradei" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10494-006-9043-5" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-L8M4ZZZ5-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545290v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ventikos" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Faghani" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatfluidflow.2006.03.026" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545295v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tzabiras" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112003006530" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612098v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Anne-Archard" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:APPL.0000014931.01400.7e" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-S780VPC8-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422151v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527300v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Auger" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2026-0890" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219419v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Ghenaim" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392833v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NILES68063.2025.11232064" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392815v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEEM66692.2025.11225207" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398928v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato de Rosa" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Catalano" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio d'Alessandro" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Bernardos" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2024-1357" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886624v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Rigal" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain No&#235;l" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Funfschilling" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886839v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691261v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Gun" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100888v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447356v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001486v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan. B Vos" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2023-0250" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931905v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829848v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794026v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279986v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Lefebvre" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bahlouli" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naji Kharouf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vedrines" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Kiefer" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797692v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/EUCASS2022-4820" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637804v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794015v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014337v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-1545" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783157v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711983v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-3238" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794005v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926470v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783161v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan. B. Vos" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649776v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235730v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-55594-8_37" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247246v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-33-4960-5_47" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235729v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-55594-8_31" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321676v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Charbonnier" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gehri" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2021-2854" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247248v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bhardwaj" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-33-4960-5_46" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879919v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-43651-3_65" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316375v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Vos" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2019-2912" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365213v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changgui Cai" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562760v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Al-Kebsi" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Mose" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562783v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2019-01-1955" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02375970v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547635v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Macrez" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Cl&#233;ment-Fontaine" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247241v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Goncalves" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Parnaudeau" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0026588" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247242v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/EUCASS2019-985" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106600v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Diakakis" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Tzabiras" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2019-2911" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05508212v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Lauz&#233;ral" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Borzacchiello" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05508190v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05508156v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833431v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942778v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830995v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-70031-1_23" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05510487v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikos Simiriotis" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Bmegaptche" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049015v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aalilija" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marouf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-7542-1_30" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05508195v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Harran" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942776v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05496300v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Moser" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942739v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanilla Temtching Temou" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05508228v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Soler" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465307v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Mos&#233;" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144906v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. R. Hunt" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ishihara" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-27386-0_17" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144907v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Charbonier" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2016-2056" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146241v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-27386-0_4" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446266v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao-Kun Huang" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Goncalv&#232;s" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467743v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hasanzadeh" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pena" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Laurendeau" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2015-01-2161" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462151v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Smaoui" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837829v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-15141-0_27" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03728023v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4912351" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286019v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Longatte-Lacazedieu" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-43489-5_11" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208930v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Deloze" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Deliancourt" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-43489-5_6" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138330v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612113v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ponce" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/201445021" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00914023v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Moussaed" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen F. Wornom" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Koobus" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dervieux" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-27386-0_18" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146239v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Choquet" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Goetz" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fouras" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dubsky" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-27386-0_12" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440480v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Elmi Roble" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05395902v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Durrenberger" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612115v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Xiong" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ilmi" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Choquet" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goetz" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2012.713731" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257217v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gual Skopek" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Thiele" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-31818-4_19" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214394v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-31818-4_32" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421239v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965593v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Deri" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Ouvrard" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Hunt" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/318/9/092002" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422737v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422550v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Marcel" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421152v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421432v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299010v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Barakos" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain S&#233;vrain" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378260v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259225v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martinat" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sevrain" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Tzabiras" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-9898-7_34" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-ZS4MHNRX-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830328v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. El Akoury" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vos" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-9898-7_35" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-J2DW9MW9-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390907v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378607v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Ilmi Robleh" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00321706v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-77815-8_28" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-DVZNK02M-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05494978v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Jimenez Navarro" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-86605-0_11" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939585v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-8152-2_5" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673221v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Jim&#233;nez-Navarro" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-61109-4_12" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065520v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-12019-0_2" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197222v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-22580-2_4" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348014v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33845-8_2" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551275v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Dussauge" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reynald Bur" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todd Davidson" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Babinsky" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Bernardini" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-47461-4_2" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020611v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.scd-rproxy.u-strasbg.fr/chapter/10.1007%2F978-3-030-27607-2_20" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-27607-2_20" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860442v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-70031-1_40" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144886v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chinaud" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Scheller" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/10.1007/978-3-319-27386-0_19" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-27386-0_19" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462069v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-27996-1_3" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106606v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551975v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/0471440264.pst612" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301287v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321656v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321655v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322289v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawel Flaszynski" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryszard Szwaba" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Piotrowicz" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Doerffer" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433783v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402866v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435838v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799506v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Wahl" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Prud'Homme" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217935v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247237v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Zhou" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lucey" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lixi Huang" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-33-4960-5" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424558v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shia-Hui Peng" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Schwamborn" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alistair Revell" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Mockett" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-27607-2" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05473044v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/10.1007/978-3-319-70031-1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-70031-1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612124v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allistair Revell" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>