--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1369,334 +1369,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01735474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical analysis on seismic resistance of a two-story timber-framed structure with stone and earth infill</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mechanical behaviour of different type of shear band connections being used in reconstruction housing in Nepal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santosh Yadav</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Sieffert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénie Crété</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Vieux-Champagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Fritsch</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Philippe Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Architectural Heritage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/15583058.2018.1479804⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 174, pp.701-712. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2018.04.121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01817450v1</w:t>
+                <w:t xml:space="preserve">hal-01780074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical behaviour of different type of shear band connections being used in reconstruction housing in Nepal</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Florent Vieux-Champagne</w:t>
+                <w:t xml:space="preserve">Numerical analysis on seismic resistance of a two-story timber-framed structure with stone and earth infill</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Fritsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Sieffert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Algusab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Grange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Garnier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">P. Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 174, pp.701-712. </w:t>
+              <w:t xml:space="preserve">International Journal of Architectural Heritage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.1-21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2018.04.121⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/15583058.2018.1479804⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01780074v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01817450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental Analysis of a Shake Table Test of Timber-Framed Structures with Stone and Earth Infill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Vieux-Champagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Sieffert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Grange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1799,51 +1799,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Marinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.P. van den Eijnden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Sieffert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2033,90 +2033,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Full-field measurement with a digital image correlation analysis of a shake table test on a timber-framed structure filled with stones and earth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Sieffert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Vieux-Champagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Grange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C. Duccini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2192,51 +2192,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydromechanical modeling of an initial boundary value problem: Studies of non-uniqueness with a second gradient continuum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Marinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Sieffert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Chambon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2277,436 +2277,436 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01965216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sustainable construction with repurposed materials in the context of a Civil Engineering-Architecture collaboration</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Numerical study of shear band instability and effect of cavitation on the response of a specimen under undrained biaxial loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Sieffert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.M. Huygen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">D. Daudon</w:t>
+                <w:t xml:space="preserve">O. Buzzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Collin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2013.12.018⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 51 (9), pp.1686-1696. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2014.01.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01953967v1</w:t>
+                <w:t xml:space="preserve">hal-01965220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental analysis of seismic resistance of timber-framed structures with stones and earth infill</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Sustainable construction with repurposed materials in the context of a Civil Engineering-Architecture collaboration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Sieffert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Huygen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Daudon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.engstruct.2014.02.020⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 67 (-), pp.125-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2013.12.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01965218v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01953967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical study of shear band instability and effect of cavitation on the response of a specimen under undrained biaxial loading</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Experimental analysis of seismic resistance of timber-framed structures with stones and earth infill</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Vieux-Champagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Sieffert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Grange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Polastri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ceccotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Engineering Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 69, pp.102-115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engstruct.2014.02.020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2014.01.009⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01965220v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01965218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strength of an Australian Coal Under Low Confinement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Buzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Sieffert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. M. Mendes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2939,51 +2939,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annalisa Caimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Vieux-Champagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Guillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3285,269 +3285,269 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The embedded finite element method for modeling cracking in quasi-fragile materials at structural scale</w:t>
+                <w:t xml:space="preserve">Multi-scale modelling of raw earth masonry : role of interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ewald Guillaume</w:t>
+                <w:t xml:space="preserve">Raspail Valentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Sieffert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Vieux-Champagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Roubin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F. Vieux-Champagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Malecot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CSMA 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Presqu'île de Giens, France</w:t>
+              <w:t xml:space="preserve">ICEC 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Edinbourgh (Scotland), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04931718v1</w:t>
+                <w:t xml:space="preserve">hal-04931702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-scale modelling of raw earth masonry : role of interfaces</w:t>
+                <w:t xml:space="preserve">The embedded finite element method for modeling cracking in quasi-fragile materials at structural scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raspail Valentin</w:t>
+                <w:t xml:space="preserve">Ewald Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Roubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Sieffert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Vieux-Champagne</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Roubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Malecot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICEC 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Edinbourgh (Scotland), United Kingdom</w:t>
+              <w:t xml:space="preserve">CSMA 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Presqu'île de Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04931702v1</w:t>
+                <w:t xml:space="preserve">hal-04931718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seismic vulnerability of reinforced masonry structures</w:t>
               </w:r>
@@ -3680,51 +3680,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Sieffert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Vieux-Champagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Majid Hajmirbaba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4648,51 +4648,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Khoder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Grange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Sieffert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EURO-C 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2018, Bad Hofgastein, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5088,51 +5088,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Khoder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Grange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Sieffert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COMPDYN 2017 6 th ECCOMAS Thematic Conference on Computational Methods in Structural Dynamics and Earthquake Engineerin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Rhodes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5291,51 +5291,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Vieux-Champagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Daudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Huygen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5390,77 +5390,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MECHANICAL BEHAVIOUR OF AN AUSTRALIAN MUDSTONE SUBJECTED TO HEATING TREATMENT AT HIGH-TEMPERATURES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Buzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Fityus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Sieffert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISRM 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5498,51 +5498,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydromechanical modelling of an initial boundary value problem: Studies of non-uniqueness with a second gradient continuum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Marinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Sieffert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Chambon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5699,269 +5699,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02004533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-scale analysis of timber framed structures filled with earth and stones</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Traditional and scientific knowledge for a sustainable vulnerability reduction of rural housing in Haiti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annalisa Caimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Guillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Moles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Vieux-Champagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Plasticity - Fundamentals and Applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Structures and Architecture: Concepts, Applications and Challenges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Minho, Portugal. pp.1807-1815, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1201/b15267-248⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02004482v1</w:t>
+                <w:t xml:space="preserve">hal-02004484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traditional and scientific knowledge for a sustainable vulnerability reduction of rural housing in Haiti</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multi-scale analysis of timber framed structures filled with earth and stones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Vieux-Champagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Grange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Sieffert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Daudeville</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Structures and Architecture: Concepts, Applications and Challenges</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computational Plasticity - Fundamentals and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Barcelona, Spain. pp.431-440</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1201/b15267-248⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02004484v1</w:t>
+                <w:t xml:space="preserve">hal-02004482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6396,51 +6396,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Vieux-Champagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Grange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Duccini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6508,51 +6508,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Vieux-Champagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annalisa Caimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Guillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6959,267 +6959,267 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03760749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réemploi et conception architecturale : les ressources matérielles, techniques et culturelles d'un territoire comme potentiels de projet soutenable</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cécile Guichard</w:t>
+                <w:t xml:space="preserve">State of knowledge and identification of research priorities for the scientific validation of disaster resistant building cultures of the Himalayan regions of Nepal : Research report</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Hosta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Sieffert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santosh Yadav</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Joffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] ArchiXX-2020-BEL, Laboratoire Cultures constructives; Unité de recherche Architecture, environnement et cultures constructives (AE&amp;CC); Ecole Nationale Supérieure d'Architecture de Grenoble; PHITEM / Université de Grenoble-Alpes; Grenoble-Alpes Métropole; SPL SAGES; Bureau de la recherche architecturale, urbaine et paysagère (BRAUP). 2020</w:t>
+              <w:t xml:space="preserve">[Research Report] CRAterre; AE&amp;CC; CDP Risk. 2020, 60 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03122532v1</w:t>
+                <w:t xml:space="preserve">hal-03116968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">State of knowledge and identification of research priorities for the scientific validation of disaster resistant building cultures of the Himalayan regions of Nepal : Research report</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thierry Joffroy</w:t>
+                <w:t xml:space="preserve">Réemploi et conception architecturale : les ressources matérielles, techniques et culturelles d'un territoire comme potentiels de projet soutenable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Belli-Riz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie de Guillebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Benoît</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Ghyoot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] CRAterre; AE&amp;CC; CDP Risk. 2020, 60 p</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] ArchiXX-2020-BEL, Laboratoire Cultures constructives; Unité de recherche Architecture, environnement et cultures constructives (AE&amp;CC); Ecole Nationale Supérieure d'Architecture de Grenoble; PHITEM / Université de Grenoble-Alpes; Grenoble-Alpes Métropole; SPL SAGES; Bureau de la recherche architecturale, urbaine et paysagère (BRAUP). 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03116968v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03122532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7468,51 +7468,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04501733v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Decret" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Malec" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Sieffert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Vieux-Champagne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Daudeville" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings14030768" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04809418v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Malecot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app142311080" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449564v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rodrigues-Soares" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Joffroy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2023.1041" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04211846v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doraine Rouphael" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-023-02199-5" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04211847v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santosh Yadav" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majid Hajmirbaba" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2023.115897" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607492v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Debove" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings12030319" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325116v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Damerji" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Yadav" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Debove" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vieux-Champagne" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40799-021-00482-0" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694378v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Damerji" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinold Keco" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Cr&#233;t&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pdisas.2021.100149" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03134750v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald M. Colyvas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvester Aboudha" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Kanali" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48084/etasr.3496" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735474v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Khoder" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Grange" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2018.1446364" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817450v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Fritsch" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Sieffert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Algusab" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Garnier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15583058.2018.1479804" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780074v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Garnier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2018.04.121" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899533v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grange" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Belinga Nko'Ol" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bertrand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1193/010516EQS002M" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965209v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marinelli" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.P. van den Eijnden" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chambon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Collin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2016.05.003" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965212v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianfeng Liu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shengyang Yuan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Fityus" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Buzzi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00603-016-0950-z" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965206v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Duccini" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2016.06.009" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QSLDHD4W-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965216v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2014.10.012" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01953967v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Huygen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Daudon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2013.12.018" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JL8HW7X7-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965218v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Polastri" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ceccotti" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2014.02.020" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DS8DB9H4-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965220v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Buzzi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2014.01.009" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965217v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Mendes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Liu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Giacomini" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00603-013-0493-5" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004091v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Daudon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osvaldo Albarracin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Garino Alibardi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Navarta" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s2212-5671(14)00937-x" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004110v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Caimi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Guillaud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Moles" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004127v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samah Al Holo" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Chambon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2009.04.014" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004132v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Michel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ramondenc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Jullien" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2006.02.011" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04931718v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewald Guillaume" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roubin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04931702v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raspail Valentin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04931701v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04931726v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03528072v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farahza Nariman" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Arl&#233;o" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/sahc.2021.312" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931743v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136445v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Daudeville" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136374v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787040v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jousselin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Martial Cohard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Oxarango" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.37.1.78" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04954271v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7712/120119.7284.19939" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02058212v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004330v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Khoder" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004219v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milo Hofmann" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877189v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hosta" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841060v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004317v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841053v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004529v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Huygen" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004523v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Fityus" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004541v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Marinelli" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004533v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Grange" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Garcia" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Faye" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004482v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004484v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b15267-248" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007498v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955586v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Mazel" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fl&#233;cheux" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nourdin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions205.fr/products/ce-que-l-architecture-fait-a-l-ecologie" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694403v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Opdyke" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lumanti Joshi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.interaction.org/wp-content/uploads/2021/06/Roadmap-for-Research_96ppi.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965213v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Duccini" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159766v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04931442v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Decosne" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219297v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760749v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Belli-Riz" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fabiani" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122532v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie de Guillebon" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Beno&#238;t" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Ghyoot" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Guichard" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116968v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02392055v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04501733v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Decret" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Malec" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Sieffert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Vieux-Champagne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Daudeville" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings14030768" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04809418v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Malecot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app142311080" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449564v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rodrigues-Soares" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Joffroy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2023.1041" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04211846v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doraine Rouphael" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-023-02199-5" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04211847v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santosh Yadav" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majid Hajmirbaba" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2023.115897" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607492v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Debove" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings12030319" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325116v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Damerji" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Yadav" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Debove" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vieux-Champagne" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40799-021-00482-0" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694378v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Damerji" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinold Keco" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Cr&#233;t&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pdisas.2021.100149" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03134750v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald M. Colyvas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvester Aboudha" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Kanali" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48084/etasr.3496" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735474v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Khoder" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Grange" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2018.1446364" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780074v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Garnier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2018.04.121" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817450v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Fritsch" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Sieffert" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Algusab" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Garnier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15583058.2018.1479804" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899533v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grange" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Belinga Nko'Ol" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bertrand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1193/010516EQS002M" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965209v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marinelli" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.P. van den Eijnden" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chambon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Collin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2016.05.003" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965212v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianfeng Liu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shengyang Yuan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Fityus" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Buzzi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00603-016-0950-z" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965206v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Duccini" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2016.06.009" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QSLDHD4W-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965216v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2014.10.012" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965220v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Buzzi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2014.01.009" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01953967v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Huygen" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Daudon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2013.12.018" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JL8HW7X7-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965218v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Polastri" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ceccotti" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2014.02.020" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DS8DB9H4-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965217v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Mendes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Liu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Giacomini" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00603-013-0493-5" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004091v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Daudon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osvaldo Albarracin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Garino Alibardi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Navarta" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s2212-5671(14)00937-x" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004110v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Caimi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Guillaud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Moles" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004127v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samah Al Holo" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Chambon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2009.04.014" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004132v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Michel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ramondenc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Jullien" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2006.02.011" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04931702v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raspail Valentin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roubin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04931718v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewald Guillaume" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04931701v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04931726v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03528072v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farahza Nariman" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Arl&#233;o" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/sahc.2021.312" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931743v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136445v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Daudeville" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136374v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787040v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jousselin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Martial Cohard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Oxarango" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.37.1.78" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04954271v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7712/120119.7284.19939" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02058212v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004330v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Khoder" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004219v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milo Hofmann" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877189v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hosta" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841060v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004317v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841053v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004529v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Huygen" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004523v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Fityus" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004541v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Marinelli" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004533v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Grange" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Garcia" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Faye" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004484v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b15267-248" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004482v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007498v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955586v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Mazel" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fl&#233;cheux" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nourdin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions205.fr/products/ce-que-l-architecture-fait-a-l-ecologie" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694403v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Opdyke" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lumanti Joshi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.interaction.org/wp-content/uploads/2021/06/Roadmap-for-Research_96ppi.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965213v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Duccini" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159766v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04931442v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Decosne" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219297v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760749v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Belli-Riz" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fabiani" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116968v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122532v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie de Guillebon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Beno&#238;t" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Ghyoot" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Guichard" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02392055v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>