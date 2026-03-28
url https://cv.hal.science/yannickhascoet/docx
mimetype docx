--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -992,217 +992,217 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An ordinary social practice: picking olives, going to the mill and having an aperitif</w:t>
+                <w:t xml:space="preserve">Sur la difficulté à qualifier le Hameau du Vin en Beaujolais (Saône-et-Loire). Du terroir à l’universel, le terroir dilué dans l’universel ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hascoët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Deramond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Luce Coulomb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’engagement patrimonial. Modéliser le processus de communautarisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université du Péloponnèse, OLIVE4ALL, May 2022, Kalamata, France</w:t>
+              <w:t xml:space="preserve">Congrès de l’Union Géographique Internationale, session Penser les musées en géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Union Géographique Internationale, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03896647v1</w:t>
+                <w:t xml:space="preserve">hal-03896569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sur la difficulté à qualifier le Hameau du Vin en Beaujolais (Saône-et-Loire). Du terroir à l’universel, le terroir dilué dans l’universel ?</w:t>
+                <w:t xml:space="preserve">An ordinary social practice: picking olives, going to the mill and having an aperitif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hascoët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roulet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne-Luce Coulomb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l’Union Géographique Internationale, session Penser les musées en géographie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Union Géographique Internationale, Jul 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">L’engagement patrimonial. Modéliser le processus de communautarisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université du Péloponnèse, OLIVE4ALL, May 2022, Kalamata, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03896569v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03896647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le touriste et l’habitant. Entre extraordinaire et ordinaire urbain, quels rapports au quotidien pour et par l’habitant - médiateur ?</w:t>
               </w:r>
@@ -2027,51 +2027,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05262902v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Hasco&#235;t" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Marchis-Mouren Roulet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14gbg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263186v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11rao" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-03560696v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Hascoet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Violette" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre D&#233;rioz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Jimenez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bachimon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.23737" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845701v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJTC-02-2018-0013" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831233v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lefort" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.4202" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606724v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1038816ar" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606938v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lafaye" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/metropoles.5022" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878425v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831248v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puq.ca/catalogue/livres/les-communautes-patrimoniales-3790.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896647v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Roulet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896569v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Deramond" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Luce Coulomb" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831258v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000642v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Arcuset" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;ringuier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar G&#233;lvez Espinel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785665v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Duch&#234;ne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01561407v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016LYSE2163" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845747v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Jim&#233;nez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gianfaldoni" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeid Alkhail Kassouha" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848623v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885419v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Dubief" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05262902v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Hasco&#235;t" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Marchis-Mouren Roulet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14gbg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263186v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11rao" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-03560696v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Hascoet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Violette" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre D&#233;rioz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Jimenez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bachimon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.23737" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845701v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJTC-02-2018-0013" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831233v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lefort" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.4202" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606724v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1038816ar" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606938v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lafaye" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/metropoles.5022" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878425v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831248v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puq.ca/catalogue/livres/les-communautes-patrimoniales-3790.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896569v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Roulet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Deramond" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Luce Coulomb" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896647v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831258v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000642v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Arcuset" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;ringuier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar G&#233;lvez Espinel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785665v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Duch&#234;ne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01561407v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016LYSE2163" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845747v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Jim&#233;nez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gianfaldoni" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeid Alkhail Kassouha" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848623v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885419v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Dubief" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>