--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:127.15231788079px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Yannis Haralambous </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">I am a full professor at the Data Science Department of IMT Atlantique, as well as a member of the research team DECIDE, affiliated with the CNRS laboratory Lab-STICC. My research topics are natural language processing, text mining, and grapholinguistics. I'm teaching graph theory, logic, knowledge representation, and computational linguistics.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (56)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deeper insight into speech characteristics of patients at ultra-high risk using classification and explainability models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deok-Hee Kim-Dufor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Krebs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16, pp.1595197. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyt.2025.1595197⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05120641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond the Semantic Web: Towards an Implicit Pragmatic Web and a Web of Social Representations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future internet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (7), pp.239. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/fi15070239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04174568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Quality Assessment Framework for Information Extraction in Job Advertisements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albeiro Espinal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bedart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Puentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SN Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 4 (6), pp.787. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s42979-023-02247-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04599951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuzzy-Oriented Terminological Analysis to Extract Job Offer Information Relevant to Candidate Ranking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albeiro Espinal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bedart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Puentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Technology in Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04597552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Breaking Arabic: the creative inventiveness of Uyghur script reforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design Regression</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03377124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Équipe « Decision Aid and Information Discovery » (DECIDE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofian Berrouiguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Billot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lemey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association Française pour l'Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 112, pp.9-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03281984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machine Learning and Natural Language Processing in Mental Health: Systematic Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziliz Le Glaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deok-Hee Kim-Dufor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Billot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Internet Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (5), pp.e15708. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2196/15708⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qualité et différenciation des biens informationnels. Une étude exploratoire sur l'information d'actualité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inna Lyubareva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Rochelandet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 172 (4), pp.133-177. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rei.9593⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03373544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distant Event Prediction Based on Sequential Rules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Fahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riwal Lefort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data Science and Pattern Recognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 4 (1), pp.1-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02562021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ne vous moquez pas de l'oiseau moqueur : un aperçu de la logique combinatoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quadrature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 113, pp.22--34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02009937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TeX as a Path, a Talk Given at Donald Knuth's 80th Birthday Celebration Symposium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 39 (1), pp.8-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un système de questions-réponses dans le domaine légal : le cas des réglementations maritimes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheikh Kafcah Emani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue TAL : traitement automatique des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 58 (2), pp.47-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01814196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Hybrid (Visual/Natural) Controlled Language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Sauvage-Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Puentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Resources and Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 51 (1), pp.93 - 129. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10579-016-9339-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01508068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion de la répétition dans les correspondances graphème-phonème et graphème-morphème</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Repères-Dorif. Autour du français : langues, cultures et plurilinguisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01624555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mathématiques de la langue : l'approche formelle de Montague</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quadrature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 98, pp.9-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01211540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier &amp;quot;I.A. et Aide à la Décision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bothorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Puentes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association Française pour l'Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03281960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simple Arabic typesetting system for mixed Latin/Arabic documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TUGboat: the communications of the TeX users group</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 35 (3), pp.277-283</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01185086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réduction de termes complexes dans les langues de spécialité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Lavagnino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue TAL : traitement automatique des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 52 (1), pp.37-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Query Expansion Technique Using the EWC Semantic Relatedness Measure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitaly Klyuev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Informatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 35, pp.401-406</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fontes intelligentes, textèmes et typographie dynamique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabor Bella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document numérique - Revue des sciences et technologies de l'information. Série Document numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 9 (3-4), pp.167-216. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/dn.9.3-4.167-216⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02141767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Dé)codages typographiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TYP Observatoire typo_graphique (Revue des Rencontres internationales de Lure)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 2, pp.103-117</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02167921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moving Ω to an Object-Oriented Platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Swoboda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabor Bella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 3130, pp.17-26. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-540-27773-6_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02170938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generating Multiple Outputs from Ω</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Proceedings of EuroTeX 2003, 24 (3), pp.512-518</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02112933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-level Devanāgarī Support for Omega - Adapting devnag</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Proceedings of the 2002 Annual Meeting, 23 (1), pp.50-56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02112001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unicode et typographie : un amour impossible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document numérique - Revue des sciences et technologies de l'information. Série Document numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 6 (3-4), pp.105-137</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02111996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traitement automatique des langues et composition sous Omega</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Gutenberg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 39-40, pp.139-166</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02111912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ὁ σύγχρονος τυπογράφος</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ΗΥΦΕΝ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 2, pp.1-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Produire du MathML et autres *ML à partir d'Ω : Ω se généralise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Gutenberg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 33-34, pp.173-182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Δεκαοκτὼ γραμματοσειρὲς Τρουτάϊπ προτιμοῦν τὸ Ω</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eutupon = Τὸ Εὔτυπον</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 2, pp.23-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une police mathématique pour la Société mathématique de France : le SMF Baskerville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Gutenberg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 32, pp.5-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Τὸ Ω καὶ τὰ Ἑλληνικά, ἢ «ὁ ἄυλος αὐλός»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eutupon = Τὸ Εὔτυπον</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 2, pp.1-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Traditional Arabic Typecase, Unicode, TeX and METAFONT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 18 (1), pp.17-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Latest Developments in Ω</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, Proceedings of the 1996 Annual Meeting, 17 (2), pp.181-183</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ΩTimes and ΩHelvetica Fonts Under Development: Step One</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, Proceedings of the 1996 Annual Meeting, 17 (2), pp.126-146</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Never again active characters! Ω-Babel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Braams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 16 (4), pp.418-427</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une extension de TeX incluant Unicode et des filtres de type Lex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Gutenberg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, Multilinguisme et codage des caractères ; d’Ascii à Unicode et Oméga, 20, pp.55-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some METAFONT Techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 16 (1), pp.46-53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HTML → LaTeX → PDF, ou l'entrée de TeX dans l'ère de l'hypertexte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Gutenberg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, Diffusion des documents électroniques : de LaTeX à WWW, HTML et Acrobat, 19, pp.127-147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tour du monde des ligatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Gutenberg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, Ligatures &amp; caractères contextuels, 22, pp.87-99</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indica, an Indic preprocessor for TeX. A Sinhalese TeX System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 15 (4), pp.447-458</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un système TeX berbère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes et documents berbères </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 11, pp.43-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Traditional Arabic Typecase Extended to the Unicode Set of Glyphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronic Publishing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 8 (2/3), pp.125-138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typesetting Khmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronic Publishing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 7 (4), pp.197-216</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TeX Innovations at the Louis-Jean Printing House</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Laugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 15 (4), pp.438-443</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TeX on the Macintosh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Scavo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Werenfried Spit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notices of the American Mathematical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 40 (10), pp.1353-1360</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Khmer Script Tamed by the Lion (of TeX)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, Proceedings of the 1993 Annual Meeting, 14 (3), pp.260-270</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametrization of PostScript fonts through METAFONT—an alternative to Adobe Multiple Master fonts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronic Publishing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 6 (3), pp.145-157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virtual Fonts: Great Fun, Not for Wizards Only</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MAPS: Nederlandstalige TeX Gebruikersgroep</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 10, pp.114-119</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyphenation Patterns for Ancient Greek and Latin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 13 (4), pp.457-469</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typesetting Old German: Fraktur, Schwabacher, Gotisch and Initials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, Proceedings of TeX90, 12 (1), pp.129-138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02099292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TeX and Those Other Languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, Proceedings of the 1991 Annual Meeting, 12 (4), pp.539-548</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On TeX and Greek…</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 12 (2), pp.224-226</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arabic, Persian and Ottoman TeX for Mac and PC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, 11 (4), pp.520-522</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02099287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coformalité modérée et formalité des CW-complexes de dimension finie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes-Rendus-de-l'Academie-des-Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, 311, pp.365-368</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02099286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TeX and Latin Alphabet Languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 10 (3), pp.342-345</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typesetting Modern Greek with 128 Character Codes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klaus Thull</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 10 (3), pp.354-359</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Course in Natural Language Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer International Publishing, 2024, 978-3-031-27225-7. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-27226-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04493224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonts & Encodings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O'Reilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 978-0-596-10242-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02112942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fontes & codages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">O'Reilly France, 2004, 2-84177-273-X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02112931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes d'information, aide à la décision et prévention du suicide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofian Berrouiguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gravey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lemey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Céline Kopp Bigault; Michel Walter. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La prévention du suicide en Bretagne : connaître, comprendre, agir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.317-327, 2023, Constellations Psy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04220744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentations sociales et intelligence artificielle au service de la prévention du suicide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Céline Kopp Bigault; Michel Walter. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La prévention du suicide en Bretagne : connaître, comprendre, agir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.357-376, 2023, Constellations Psy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04220711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches et applications de la graphématique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méthodes et interdisciplinarité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, ISTE Éditions, pp.135-151, 2019, Méthodologies de modélisation en sciences sociales, 978-1-78405-581-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02089628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foreword</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Typography Using LaTeX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, 2003, 978-0-387-95217-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02111964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">組版・文書処理システムΩ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">インターネット時代の文字コード</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kyoritsu Shuppan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.137-152, 2002, 978-4-320-12038-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02111904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface au livre de Syropoulos & Tsolomitis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Typography Using LaTeX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02175284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (62)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salience-induced Term-driven Serendipitous Web Exploration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehoussou Emmanuel N’zi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Computational Linguistics and Intelligent Text Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, La Rochelle, France. pp.247-262, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-24337-0_18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CCG Supertagging Using Morphological and Dependency Syntax Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luyện Ngọc Lê</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Computational Linguistics and Intelligent Text Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, La Rochelle, France. pp.608-621, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-24337-0_43⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02110790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Format-sensitive BERT-based Approach to Resume Segmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albeiro Espinal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bedart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Puentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd Conference of Open Innovations Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Free Researchers Union on Communication Technologies, May 2023, Zilina, Slovakia. pp.30-37, </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/FRUCT58615.2023.10143072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automata-based explainable representation for a complex system of multivariate times series</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Chraibi Kaadoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Fahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tian Tian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IC3K 2022: 14th International Joint Conference on Knowledge Discovery, Knowledge Engineering and Knowledge Management - KDIR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Valletta, Malta. pp.170-179, </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0011363400003335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03896639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chambres d'écho et dynamiques communautaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inna Lyubareva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Mesangeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bothorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université d'Angers, Cycle de conférences "Comportements d’information et de désinformation à l’ère numérique" https://www.univ-angers.fr/fr/acces-directs/facultes-et-instituts/faculte-de-droit-d-economie-et-de-gestion/actualites/actus-2022/toutes-les-actualites/cycle-de-conferences-comportements-d-information-et-de-desinformation-a-l-ere-numerique.html</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03756053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty-Oriented Textual Marker Selection for Extracting Relevant Terms from Job Offers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albeiro Espinal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bedart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Puentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Artificial Intelligence and Fuzzy Logic Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Computer Science &amp; Information Technology, Sep 2022, Toronto, Canada. pp.01-16, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5121/csit.2022.121601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Ontology-Based Possibilistic Framework for Extracting Relevant Terms from Job Advertisements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albeiro Espinal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bedart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Puentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Joint Conference on Computational Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institute for Systems and Technologies of Information, Control and Communication, Oct 2022, Valletta, Malta</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques communautaires et chambres d’écho sur Youtube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inna Lyubareva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Mesangeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bothorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire De Facto: Sciences Po Paris, AFP, CLEMI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03755985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentation explicable du comportement de systèmes complexes : automates pour les séries temporelles multivariées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Chraibi Kaadoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Fahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tian Tian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème Conférence Nationale sur les Applications Pratiques de l’Intelligence Artificielle APIA @ PFIA 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Saint-Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03811733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse automatique du discours de patients pour la détection de comorbidités psychiatriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lemey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Billot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deok-Hee Kim-Dufor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Internationale Francophone sur la Science des Données</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aix-Marseille Université - LIS UMR 7020, Jun 2021, Marseille, France. pp.261-272</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03258036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graphemic and Graphetic Methods in Speculative Fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Landragin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenichi Handa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grapholinguistics in the 21st Century</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Paris ( Online ), France. pp.259-359, </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36824/2020-graf-hara⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03161391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Dependency Syntax-Based Methods for Automatic Detection of Psychiatric Comorbidities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lemey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Billot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deok-Hee Kim-Dufor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resources and ProcessIng of linguistic, para-linguistic and extra-linguistic Data from people with various forms of cognitive/psychiatric/developmental impairments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Marseille, France. pp.142-150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02861753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toxic Comment Classification For French Online Comments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadira Boudjani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inna Lyubareva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMLA 2020 : 19th IEEE International Conference on Machine Learning and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Miami, United States. pp.1010-1014, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICMLA51294.2020.00164⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03161388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unicode from a Linguistic Point of View</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Dürst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Graphemics in the 21st Century, Brest 2018,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Brest, France. pp.167 - 183, </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36824/2018-graf-hara1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a DRS Parsing Framework for French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luyen Le Ngoc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SNAMS 2019 : Sixth International Conference on Social Networks Analysis, Management and Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Granada, Spain. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SNAMS.2019.8931868⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economic Models and the Provision of Original Journalistic Information: An Exploratory Study of the French Press Sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inna Lyubareva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Rochelandet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 15th International Conference on Arts and Cultural Management AIMAC 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Venice, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02924147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prédiction d'évènements distants basée sur les règles séquentielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Fahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riwal Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Tallec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGC 2019 : Extraction et gestion des connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Metz, France. pp.309-314</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01962067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graphemic Methods for Gender-Neutral Writing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Dichy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Graphemics in the 21st Century, Brest 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Brest, France. pp.41 - 89, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36824/2018-graf-hara2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deontic Reasoning for Legal Ontologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheikh Kafcah Emani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESWC 2019 : 16th European Semantic Web Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Portorož, Slovenia. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-21348-0_14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02141770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric Search in TGTP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Quaresma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Automated Deduction in Geometry (ADG 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Nanning, China. pp.19-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01911857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classification de textes anglais L2 par niveau de compétence langagière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23e Colloque Bilateral Franco-Roumain en Sciences de l’Information et de la Communication "Information, Communication et Humanités Numériques"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ioan Roxin; Federico Tajariol; Ioan Hosu; Nicolas Pélissier, Oct 2018, Cluj-Napoca, Roumanie. pp.129-141</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02908353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sentence Ordering in Electronic Navigational Chart Companion Text Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Sauvage-Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Puentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENLG 2015: 15th European Workshop on Natural Language Generation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Brighton, United Kingdom. pp.66-70, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/W15-4710⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01202506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arabic Language Text Classification Using Dependency Syntax-Based Feature Selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassir Elidrissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CITALA 2014 : 5e Conférence Internationale sur le Traitement Automatique de la Langue Arabe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Oujda, Morocco. pp.31-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01185094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INAUT, a Controlled Language for the French Coast Pilot Books Instructions nautiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Sauvage-Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Puentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNL 2014: 4th Workshop on Controlled Natural Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Galway, Ireland. pp.102-111, </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-10223-8_10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Text Classification Using Association Rules, Dependency Pruning and Hyperonymization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DMNLP 2014: Workshop on Interactions between Data Mining and Natural Language Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Nancy, France. pp.65-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01058330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Querying Geometric Figures Using a Controlled Language, Ontological Graphs and Dependency Lattices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Quaresma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CICM 2014: Conferences on Intelligent Computer Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Coimbra, Portugal. pp.298-311, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-08434-3_22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01185088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner la traduction humaine en s'inspirant de la traduction automatique. Session 7 -Pistes pour la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilaria Cennamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tralogy II. Trouver le sens : où sont nos manques et nos besoins respectifs ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Paris, France. 13p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02497949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Perspectives in Sinographic Language Processing Through the Use of Character Structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CICLING 2013 : 14th International Conference on Intelligent Text Processing and Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Samos, Greece. pp.201-217, </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-37247-6_17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00960110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thematically Reinforced Explicit Semantic Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitaly Klyuev</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CICLING 2013: 14th International Conference on Intelligent Text Processing and Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Samos, Greece. pp.79-94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Text Mining Methods Applied to Mathematical Texts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CICM 2012 : Conferences on Intelligent Computer Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Brême, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accurate Query Translation for Japanese-English Cross-Language Information Retrieval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitaly Klyuev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PECCS 2012: 2nd international conference on pervasive and embedded computing and communications systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Rome, Italy. pp.214-219, </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0003905902140219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Query Translation for CLIR: EWC vs. Google Translate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitaly Klyuev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIST 2012: IEEE International Conference on Information Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Wuhan, China. pp.707-711, </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIST.2012.6221738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometry Construction Recognition by the Use of Semantic Graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Quaresma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RECPAD 2012: 18th Portuguese Conference on Pattern Recognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Coimbra, Portugal. pp.47-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A semantic relatedness measure based on combined encyclopedic, ontological and collocational knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitaly Klyuev</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Joint Conference on Natural Language Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Chiang Mai, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seeking meaning in a space made out of strokes, radicals, characters and compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Symposium on Spatial Media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Aizu-Wakamatsu, Japan. pp.1-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D'unicode au web sémantique : les dernières technologies du web au service de la terminologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du colloque GLAT 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Lisbonne, Portugal. pp.241-262</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00523109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open-Belly Surgery in Omega 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabor Bella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atif Gulzar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuroTeX 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2006, Debrecen, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omega becomes a texteme processor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabor Bella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuroTEX 2005, Pont-à-Mousson, 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Pont-À-Mousson, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02169904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation d'Omega et odvips avec des fontes TrueType et OpenType</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabor Bella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anish Metha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuroTeX'2003 : 14th European TeX Conference, ENST Bretagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02173780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An extensible approach to high-quality multilingual typesetting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Rowley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Issues in Data Engineering: Multi-lingual Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE; International Institute of Information Technology, Mar 2003, Hyderabad, India. pp.62-67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02112921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XLaTeX, a DTD/Schema which is very close to LaTeX</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuroTeX'2003 : 14th European TeX Conference, ENST Bretagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, France, France. pp.369-376</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02112936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération de sorties multiples à partir d'Omega</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuroTeX'2003 : 14th European TeX Conference, ENST Bretagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02173716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characters, Glyphs and Beyond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tereza Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on Glyphs, 21st Century COE Program</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kyōto University, Nov 2003, Kyoto, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01290554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multidimensional Approach to Typesetting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Swoboda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Rowley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TUG 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2003, Hawai, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02173870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omega and OpenType Fonts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glyph and Typesetting Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, East Asian Center for Informatics in Humanities, the 21st Century COE, Kyoto University, Nov 2003, Kyoto, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02112905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omega, OpenType and the XML World</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 24th Annual Meeting and Conference of the TeX Users Group, TUG 2003.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2003, Hawai, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02174729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un prototype de lecteur de vario-document</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Nonat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Documents Virtuels Personnalisables</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENSt Bretagne, Jul 2002, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02111976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guidelines and Suggested Amendments to the Greek Unicode Tables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Twenty-First International Unicode Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Unicode Consortium, May 2002, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02112005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keeping Greek Typography ALive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First International Conference on Typography &amp; Visual Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, Thessalonique, Greece. pp.63-91</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02111989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drucksatz in gebrochenen Schriften</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TeX-Tagung DANTE 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Technische Universität Clausthal, Mar 2000, Clausthal, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02111827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unicode, XML, TEI, Ω and Scholarly Documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sixteenth International Unicode Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Unicode Consortium, Mar 2000, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02111867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typesetting Books with Special Needs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Primer Encuentro del Grupo de Usuarios de TeX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1999, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Unicode to Typography, a Case Study: the Greek Script</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourteenth International Unicode Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Unicode Consortium, Mar 1998, Boston, United States. pp.b.10.1-b.10.36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Design and Use of a Multiple-Alphabet Font with Ω</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronic Publishing EP'98 and Raster Imaging and Digital Typography RIDT'98</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1998, Saint-Malo, France. pp.126-137</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simplification of the Arabic Script: Three Different Approaches and their Implementations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Electronic Publishing, EP'98 Held Jointly with the 4th International Conference on Raster Imaging and Digital Typography, RIDT'98</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1998, Saint-Malo, France. pp.138-156, </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/BFb0053268⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methods for Processing Languages with Ω</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Multilingual Information Processing '97</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1997, Tsukuba, Japan. pp.115-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilingual Typesetting with Ω, a Case Study: Arabic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Multilingual Information Processing '97</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1997, Tsukuba, Japan. pp.137-154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les 2820 complexes consonantiques cambodgiens du dictionnaire cambodgien-français d'Alain Daniel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Multilingual Information Processing '96</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1996, Tsukuba, Japon. pp.249-258</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabra, a Syriac TeX System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SyrCOM-95, First International Forum on Syriac Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1995, Washington, United States. pp.3-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiqwah: A Typesetting System for Biblical Hebrew, based on TeX</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quatrième Colloque International Bible et informatique, matériel et matière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Internationale Bible et Informatique et Vrije Universiteit Amsterdam, Aug 1994, Amsterdam, Netherlands. pp.445-470</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the revival of traditional Arabic typography through TeX</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuroTeX '92</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Czechoslovak TeX Users Group, Sep 1992, Praque, Czech Republic. pp.293-305</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typesetting the Holy Qur'ān with TeX</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference and Exhibition on Multilingual computing (Arabic and Roman script)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Durham, Dec 1992, Durham, United Kingdom. pp.110-125</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explaining complex system of multivariate times series behavior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Chraibi Kaadoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Fahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tian Tian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Women In Machine Learning WIML @ Neurips 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Louisanne, United States. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Arabic Braille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Baize-Varin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nawel Fetnaci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grapholinguistics in the 21st Century, gʁafematik</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03846953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phonocentrism in Greece: Side Effects of Two Centuries of Diglossia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International AWLL Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Cambridge, United Kingdom. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02480230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grapholinguistics in the 21st Century - 2020. Part II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">G21C 2020 : Grapholinguistics in the 21st Century</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Paris, France. 5, </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluxus Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Grapholinguistics and Its Applications, 978­2­9570549­7­8. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36824/2020-graf2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03161397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grapholinguistics in the 21st Century - 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yannis Haralambous. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">G21C 2020 : Grapholinguistics in the 21st Century</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Paris, France. 4, </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluxus Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Grapholinguistics and Its Applications, 978­2­9570549­6­1. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36824/2020-graf1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03161395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graphemics in the 21st Century 2018. Proceedings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Graphemics in the 21st Century 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Brest, France. 1, </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluxus Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.410, 2019, Grapholinguistics and Its Applications, 978­2­9570549­0­9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des graphèmes à la langue et à la connaissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Intelligence artificielle [cs.AI]. Université de Bretagne Occidentale, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02986651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coformalité modérée et formalité des CW-complexes de dimension finie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Topologie algébrique [math.AT]. Université des Sciences et Techniques de Lille Flandres Artois, 1990. Français. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02099853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId234"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:127.15231788079px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Yannis Haralambous </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">I am a full professor at the Data Science Department of IMT Atlantique, as well as a member of the research team DECIDE, affiliated with the CNRS laboratory Lab-STICC. My research topics are natural language processing, text mining, and grapholinguistics. I'm teaching graph theory, logic, knowledge representation, and computational linguistics.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (56)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deeper insight into speech characteristics of patients at ultra-high risk using classification and explainability models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deok-Hee Kim-Dufor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Krebs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16, pp.1595197. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyt.2025.1595197⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05120641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond the Semantic Web: Towards an Implicit Pragmatic Web and a Web of Social Representations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future internet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (7), pp.239. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/fi15070239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04174568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Quality Assessment Framework for Information Extraction in Job Advertisements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albeiro Espinal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bedart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Puentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SN Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 4 (6), pp.787. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s42979-023-02247-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04599951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuzzy-Oriented Terminological Analysis to Extract Job Offer Information Relevant to Candidate Ranking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albeiro Espinal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bedart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Puentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Technology in Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04597552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Breaking Arabic: the creative inventiveness of Uyghur script reforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design Regression</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03377124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Équipe « Decision Aid and Information Discovery » (DECIDE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofian Berrouiguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Billot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lemey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association Française pour l'Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 112, pp.9-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03281984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machine Learning and Natural Language Processing in Mental Health: Systematic Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziliz Le Glaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deok-Hee Kim-Dufor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Billot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Internet Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (5), pp.e15708. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2196/15708⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distant Event Prediction Based on Sequential Rules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Fahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riwal Lefort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data Science and Pattern Recognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 4 (1), pp.1-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02562021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qualité et différenciation des biens informationnels. Une étude exploratoire sur l'information d'actualité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inna Lyubareva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Rochelandet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 172 (4), pp.133-177. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rei.9593⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03373544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ne vous moquez pas de l'oiseau moqueur : un aperçu de la logique combinatoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quadrature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 113, pp.22--34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02009937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TeX as a Path, a Talk Given at Donald Knuth's 80th Birthday Celebration Symposium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 39 (1), pp.8-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un système de questions-réponses dans le domaine légal : le cas des réglementations maritimes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheikh Kafcah Emani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue TAL : traitement automatique des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 58 (2), pp.47-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01814196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion de la répétition dans les correspondances graphème-phonème et graphème-morphème</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Repères-Dorif. Autour du français : langues, cultures et plurilinguisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01624555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Hybrid (Visual/Natural) Controlled Language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Sauvage-Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Puentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Resources and Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 51 (1), pp.93 - 129. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10579-016-9339-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01508068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier &amp;quot;I.A. et Aide à la Décision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bothorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Puentes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association Française pour l'Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03281960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mathématiques de la langue : l'approche formelle de Montague</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quadrature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 98, pp.9-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01211540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simple Arabic typesetting system for mixed Latin/Arabic documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TUGboat: the communications of the TeX users group</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 35 (3), pp.277-283</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01185086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réduction de termes complexes dans les langues de spécialité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Lavagnino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue TAL : traitement automatique des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 52 (1), pp.37-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Query Expansion Technique Using the EWC Semantic Relatedness Measure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitaly Klyuev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Informatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 35, pp.401-406</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fontes intelligentes, textèmes et typographie dynamique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabor Bella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document numérique - Revue des sciences et technologies de l'information. Série Document numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 9 (3-4), pp.167-216. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/dn.9.3-4.167-216⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02141767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Dé)codages typographiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TYP Observatoire typo_graphique (Revue des Rencontres internationales de Lure)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 2, pp.103-117</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02167921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moving Ω to an Object-Oriented Platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Swoboda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabor Bella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 3130, pp.17-26. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-540-27773-6_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02170938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generating Multiple Outputs from Ω</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Proceedings of EuroTeX 2003, 24 (3), pp.512-518</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02112933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unicode et typographie : un amour impossible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document numérique - Revue des sciences et technologies de l'information. Série Document numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 6 (3-4), pp.105-137</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02111996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-level Devanāgarī Support for Omega - Adapting devnag</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Proceedings of the 2002 Annual Meeting, 23 (1), pp.50-56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02112001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traitement automatique des langues et composition sous Omega</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Gutenberg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 39-40, pp.139-166</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02111912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Produire du MathML et autres *ML à partir d'Ω : Ω se généralise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Gutenberg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 33-34, pp.173-182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Δεκαοκτὼ γραμματοσειρὲς Τρουτάϊπ προτιμοῦν τὸ Ω</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eutupon = Τὸ Εὔτυπον</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 2, pp.23-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une police mathématique pour la Société mathématique de France : le SMF Baskerville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Gutenberg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 32, pp.5-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Τὸ Ω καὶ τὰ Ἑλληνικά, ἢ «ὁ ἄυλος αὐλός»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eutupon = Τὸ Εὔτυπον</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 2, pp.1-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ὁ σύγχρονος τυπογράφος</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ΗΥΦΕΝ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 2, pp.1-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Traditional Arabic Typecase, Unicode, TeX and METAFONT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 18 (1), pp.17-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Latest Developments in Ω</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, Proceedings of the 1996 Annual Meeting, 17 (2), pp.181-183</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ΩTimes and ΩHelvetica Fonts Under Development: Step One</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, Proceedings of the 1996 Annual Meeting, 17 (2), pp.126-146</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une extension de TeX incluant Unicode et des filtres de type Lex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Gutenberg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, Multilinguisme et codage des caractères ; d’Ascii à Unicode et Oméga, 20, pp.55-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some METAFONT Techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 16 (1), pp.46-53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HTML → LaTeX → PDF, ou l'entrée de TeX dans l'ère de l'hypertexte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Gutenberg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, Diffusion des documents électroniques : de LaTeX à WWW, HTML et Acrobat, 19, pp.127-147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tour du monde des ligatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Gutenberg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, Ligatures &amp; caractères contextuels, 22, pp.87-99</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Never again active characters! Ω-Babel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Braams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 16 (4), pp.418-427</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Traditional Arabic Typecase Extended to the Unicode Set of Glyphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronic Publishing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 8 (2/3), pp.125-138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un système TeX berbère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes et documents berbères </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 11, pp.43-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typesetting Khmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronic Publishing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 7 (4), pp.197-216</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TeX Innovations at the Louis-Jean Printing House</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Laugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 15 (4), pp.438-443</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indica, an Indic preprocessor for TeX. A Sinhalese TeX System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 15 (4), pp.447-458</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Khmer Script Tamed by the Lion (of TeX)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, Proceedings of the 1993 Annual Meeting, 14 (3), pp.260-270</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TeX on the Macintosh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Scavo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Werenfried Spit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notices of the American Mathematical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 40 (10), pp.1353-1360</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametrization of PostScript fonts through METAFONT—an alternative to Adobe Multiple Master fonts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronic Publishing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 6 (3), pp.145-157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virtual Fonts: Great Fun, Not for Wizards Only</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MAPS: Nederlandstalige TeX Gebruikersgroep</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 10, pp.114-119</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyphenation Patterns for Ancient Greek and Latin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 13 (4), pp.457-469</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TeX and Those Other Languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, Proceedings of the 1991 Annual Meeting, 12 (4), pp.539-548</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On TeX and Greek…</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 12 (2), pp.224-226</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typesetting Old German: Fraktur, Schwabacher, Gotisch and Initials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, Proceedings of TeX90, 12 (1), pp.129-138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02099292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coformalité modérée et formalité des CW-complexes de dimension finie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes-Rendus-de-l'Academie-des-Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, 311, pp.365-368</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02099286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arabic, Persian and Ottoman TeX for Mac and PC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, 11 (4), pp.520-522</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02099287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TeX and Latin Alphabet Languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 10 (3), pp.342-345</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typesetting Modern Greek with 128 Character Codes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klaus Thull</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tugboat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 10 (3), pp.354-359</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Course in Natural Language Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer International Publishing, 2024, 978-3-031-27225-7. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-27226-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04493224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonts & Encodings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O'Reilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 978-0-596-10242-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02112942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fontes & codages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">O'Reilly France, 2004, 2-84177-273-X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02112931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentations sociales et intelligence artificielle au service de la prévention du suicide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Céline Kopp Bigault; Michel Walter. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La prévention du suicide en Bretagne : connaître, comprendre, agir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.357-376, 2023, Constellations Psy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04220711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes d'information, aide à la décision et prévention du suicide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofian Berrouiguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gravey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lemey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Céline Kopp Bigault; Michel Walter. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La prévention du suicide en Bretagne : connaître, comprendre, agir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.317-327, 2023, Constellations Psy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04220744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches et applications de la graphématique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méthodes et interdisciplinarité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, ISTE Éditions, pp.135-151, 2019, Méthodologies de modélisation en sciences sociales, 978-1-78405-581-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02089628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foreword</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Typography Using LaTeX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, 2003, 978-0-387-95217-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02111964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">組版・文書処理システムΩ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">インターネット時代の文字コード</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kyoritsu Shuppan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.137-152, 2002, 978-4-320-12038-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02111904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface au livre de Syropoulos & Tsolomitis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Typography Using LaTeX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02175284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (62)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CCG Supertagging Using Morphological and Dependency Syntax Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luyện Ngọc Lê</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Computational Linguistics and Intelligent Text Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, La Rochelle, France. pp.608-621, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-24337-0_43⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02110790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Format-sensitive BERT-based Approach to Resume Segmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albeiro Espinal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bedart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Puentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd Conference of Open Innovations Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Free Researchers Union on Communication Technologies, May 2023, Zilina, Slovakia. pp.30-37, </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/FRUCT58615.2023.10143072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salience-induced Term-driven Serendipitous Web Exploration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehoussou Emmanuel N’zi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Computational Linguistics and Intelligent Text Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, La Rochelle, France. pp.247-262, </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-24337-0_18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentation explicable du comportement de systèmes complexes : automates pour les séries temporelles multivariées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Chraibi Kaadoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Fahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tian Tian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème Conférence Nationale sur les Applications Pratiques de l’Intelligence Artificielle APIA @ PFIA 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Saint-Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03811733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques communautaires et chambres d’écho sur Youtube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inna Lyubareva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Mesangeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bothorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire De Facto: Sciences Po Paris, AFP, CLEMI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03755985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Ontology-Based Possibilistic Framework for Extracting Relevant Terms from Job Advertisements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albeiro Espinal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bedart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Puentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Joint Conference on Computational Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institute for Systems and Technologies of Information, Control and Communication, Oct 2022, Valletta, Malta</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automata-based explainable representation for a complex system of multivariate times series</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Chraibi Kaadoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Fahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tian Tian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IC3K 2022: 14th International Joint Conference on Knowledge Discovery, Knowledge Engineering and Knowledge Management - KDIR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Valletta, Malta. pp.170-179, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0011363400003335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03896639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty-Oriented Textual Marker Selection for Extracting Relevant Terms from Job Offers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albeiro Espinal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bedart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Puentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Artificial Intelligence and Fuzzy Logic Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Computer Science &amp; Information Technology, Sep 2022, Toronto, Canada. pp.01-16, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5121/csit.2022.121601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chambres d'écho et dynamiques communautaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inna Lyubareva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Mesangeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bothorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université d'Angers, Cycle de conférences "Comportements d’information et de désinformation à l’ère numérique" https://www.univ-angers.fr/fr/acces-directs/facultes-et-instituts/faculte-de-droit-d-economie-et-de-gestion/actualites/actus-2022/toutes-les-actualites/cycle-de-conferences-comportements-d-information-et-de-desinformation-a-l-ere-numerique.html</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03756053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse automatique du discours de patients pour la détection de comorbidités psychiatriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lemey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Billot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deok-Hee Kim-Dufor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Internationale Francophone sur la Science des Données</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aix-Marseille Université - LIS UMR 7020, Jun 2021, Marseille, France. pp.261-272</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03258036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Dependency Syntax-Based Methods for Automatic Detection of Psychiatric Comorbidities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lemey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Billot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deok-Hee Kim-Dufor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resources and ProcessIng of linguistic, para-linguistic and extra-linguistic Data from people with various forms of cognitive/psychiatric/developmental impairments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Marseille, France. pp.142-150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02861753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graphemic and Graphetic Methods in Speculative Fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Landragin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenichi Handa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grapholinguistics in the 21st Century</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Paris ( Online ), France. pp.259-359, </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36824/2020-graf-hara⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03161391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toxic Comment Classification For French Online Comments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadira Boudjani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inna Lyubareva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMLA 2020 : 19th IEEE International Conference on Machine Learning and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Miami, United States. pp.1010-1014, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICMLA51294.2020.00164⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03161388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prédiction d'évènements distants basée sur les règles séquentielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Fahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riwal Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Tallec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGC 2019 : Extraction et gestion des connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Metz, France. pp.309-314</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01962067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economic Models and the Provision of Original Journalistic Information: An Exploratory Study of the French Press Sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inna Lyubareva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Rochelandet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 15th International Conference on Arts and Cultural Management AIMAC 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Venice, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02924147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graphemic Methods for Gender-Neutral Writing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Dichy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Graphemics in the 21st Century, Brest 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Brest, France. pp.41 - 89, </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36824/2018-graf-hara2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deontic Reasoning for Legal Ontologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheikh Kafcah Emani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESWC 2019 : 16th European Semantic Web Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Portorož, Slovenia. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-21348-0_14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02141770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unicode from a Linguistic Point of View</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Dürst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Graphemics in the 21st Century, Brest 2018,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Brest, France. pp.167 - 183, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36824/2018-graf-hara1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a DRS Parsing Framework for French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luyen Le Ngoc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SNAMS 2019 : Sixth International Conference on Social Networks Analysis, Management and Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Granada, Spain. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SNAMS.2019.8931868⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric Search in TGTP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Quaresma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Automated Deduction in Geometry (ADG 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Nanning, China. pp.19-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01911857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classification de textes anglais L2 par niveau de compétence langagière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23e Colloque Bilateral Franco-Roumain en Sciences de l’Information et de la Communication "Information, Communication et Humanités Numériques"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ioan Roxin; Federico Tajariol; Ioan Hosu; Nicolas Pélissier, Oct 2018, Cluj-Napoca, Roumanie. pp.129-141</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02908353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sentence Ordering in Electronic Navigational Chart Companion Text Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Sauvage-Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Puentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENLG 2015: 15th European Workshop on Natural Language Generation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Brighton, United Kingdom. pp.66-70, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/W15-4710⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01202506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INAUT, a Controlled Language for the French Coast Pilot Books Instructions nautiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Sauvage-Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Puentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNL 2014: 4th Workshop on Controlled Natural Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Galway, Ireland. pp.102-111, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-10223-8_10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arabic Language Text Classification Using Dependency Syntax-Based Feature Selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassir Elidrissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CITALA 2014 : 5e Conférence Internationale sur le Traitement Automatique de la Langue Arabe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Oujda, Morocco. pp.31-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01185094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Text Classification Using Association Rules, Dependency Pruning and Hyperonymization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DMNLP 2014: Workshop on Interactions between Data Mining and Natural Language Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Nancy, France. pp.65-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01058330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Querying Geometric Figures Using a Controlled Language, Ontological Graphs and Dependency Lattices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Quaresma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CICM 2014: Conferences on Intelligent Computer Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Coimbra, Portugal. pp.298-311, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-08434-3_22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01185088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Perspectives in Sinographic Language Processing Through the Use of Character Structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CICLING 2013 : 14th International Conference on Intelligent Text Processing and Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Samos, Greece. pp.201-217, </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-37247-6_17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00960110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner la traduction humaine en s'inspirant de la traduction automatique. Session 7 -Pistes pour la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilaria Cennamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tralogy II. Trouver le sens : où sont nos manques et nos besoins respectifs ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Paris, France. 13p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02497949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thematically Reinforced Explicit Semantic Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitaly Klyuev</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CICLING 2013: 14th International Conference on Intelligent Text Processing and Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Samos, Greece. pp.79-94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Query Translation for CLIR: EWC vs. Google Translate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitaly Klyuev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIST 2012: IEEE International Conference on Information Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Wuhan, China. pp.707-711, </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIST.2012.6221738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accurate Query Translation for Japanese-English Cross-Language Information Retrieval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitaly Klyuev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PECCS 2012: 2nd international conference on pervasive and embedded computing and communications systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Rome, Italy. pp.214-219, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0003905902140219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometry Construction Recognition by the Use of Semantic Graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Quaresma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RECPAD 2012: 18th Portuguese Conference on Pattern Recognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Coimbra, Portugal. pp.47-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Text Mining Methods Applied to Mathematical Texts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CICM 2012 : Conferences on Intelligent Computer Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Brême, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01864536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seeking meaning in a space made out of strokes, radicals, characters and compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Symposium on Spatial Media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Aizu-Wakamatsu, Japan. pp.1-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A semantic relatedness measure based on combined encyclopedic, ontological and collocational knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitaly Klyuev</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Joint Conference on Natural Language Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Chiang Mai, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D'unicode au web sémantique : les dernières technologies du web au service de la terminologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du colloque GLAT 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Lisbonne, Portugal. pp.241-262</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00523109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open-Belly Surgery in Omega 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabor Bella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atif Gulzar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuroTeX 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2006, Debrecen, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omega becomes a texteme processor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabor Bella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuroTEX 2005, Pont-à-Mousson, 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Pont-À-Mousson, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02169904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An extensible approach to high-quality multilingual typesetting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Rowley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Issues in Data Engineering: Multi-lingual Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE; International Institute of Information Technology, Mar 2003, Hyderabad, India. pp.62-67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02112921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XLaTeX, a DTD/Schema which is very close to LaTeX</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuroTeX'2003 : 14th European TeX Conference, ENST Bretagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, France, France. pp.369-376</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02112936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération de sorties multiples à partir d'Omega</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuroTeX'2003 : 14th European TeX Conference, ENST Bretagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02173716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation d'Omega et odvips avec des fontes TrueType et OpenType</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabor Bella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anish Metha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuroTeX'2003 : 14th European TeX Conference, ENST Bretagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02173780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characters, Glyphs and Beyond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tereza Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on Glyphs, 21st Century COE Program</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kyōto University, Nov 2003, Kyoto, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01290554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multidimensional Approach to Typesetting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Swoboda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Rowley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TUG 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2003, Hawai, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02173870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omega and OpenType Fonts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glyph and Typesetting Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, East Asian Center for Informatics in Humanities, the 21st Century COE, Kyoto University, Nov 2003, Kyoto, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02112905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omega, OpenType and the XML World</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 24th Annual Meeting and Conference of the TeX Users Group, TUG 2003.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2003, Hawai, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02174729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guidelines and Suggested Amendments to the Greek Unicode Tables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Twenty-First International Unicode Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Unicode Consortium, May 2002, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02112005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keeping Greek Typography ALive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First International Conference on Typography &amp; Visual Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, Thessalonique, Greece. pp.63-91</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02111989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un prototype de lecteur de vario-document</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Nonat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Documents Virtuels Personnalisables</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENSt Bretagne, Jul 2002, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02111976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unicode, XML, TEI, Ω and Scholarly Documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sixteenth International Unicode Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Unicode Consortium, Mar 2000, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02111867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drucksatz in gebrochenen Schriften</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TeX-Tagung DANTE 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Technische Universität Clausthal, Mar 2000, Clausthal, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02111827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typesetting Books with Special Needs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Primer Encuentro del Grupo de Usuarios de TeX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1999, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simplification of the Arabic Script: Three Different Approaches and their Implementations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Electronic Publishing, EP'98 Held Jointly with the 4th International Conference on Raster Imaging and Digital Typography, RIDT'98</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1998, Saint-Malo, France. pp.138-156, </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/BFb0053268⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Unicode to Typography, a Case Study: the Greek Script</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourteenth International Unicode Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Unicode Consortium, Mar 1998, Boston, United States. pp.b.10.1-b.10.36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Design and Use of a Multiple-Alphabet Font with Ω</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronic Publishing EP'98 and Raster Imaging and Digital Typography RIDT'98</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1998, Saint-Malo, France. pp.126-137</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilingual Typesetting with Ω, a Case Study: Arabic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Multilingual Information Processing '97</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1997, Tsukuba, Japan. pp.137-154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methods for Processing Languages with Ω</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Plaice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Multilingual Information Processing '97</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1997, Tsukuba, Japan. pp.115-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les 2820 complexes consonantiques cambodgiens du dictionnaire cambodgien-français d'Alain Daniel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Multilingual Information Processing '96</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1996, Tsukuba, Japon. pp.249-258</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabra, a Syriac TeX System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SyrCOM-95, First International Forum on Syriac Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1995, Washington, United States. pp.3-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiqwah: A Typesetting System for Biblical Hebrew, based on TeX</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quatrième Colloque International Bible et informatique, matériel et matière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Internationale Bible et Informatique et Vrije Universiteit Amsterdam, Aug 1994, Amsterdam, Netherlands. pp.445-470</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the revival of traditional Arabic typography through TeX</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuroTeX '92</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Czechoslovak TeX Users Group, Sep 1992, Praque, Czech Republic. pp.293-305</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typesetting the Holy Qur'ān with TeX</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference and Exhibition on Multilingual computing (Arabic and Roman script)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Durham, Dec 1992, Durham, United Kingdom. pp.110-125</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explaining complex system of multivariate times series behavior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Chraibi Kaadoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Fahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tian Tian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lenca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Women In Machine Learning WIML @ Neurips 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Louisanne, United States. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03875661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Arabic Braille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Baize-Varin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nawel Fetnaci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grapholinguistics in the 21st Century, gʁafematik</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03846953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phonocentrism in Greece: Side Effects of Two Centuries of Diglossia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International AWLL Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Cambridge, United Kingdom. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02480230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grapholinguistics in the 21st Century - 2020. Part II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">G21C 2020 : Grapholinguistics in the 21st Century</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Paris, France. 5, </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluxus Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Grapholinguistics and Its Applications, 978­2­9570549­7­8. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36824/2020-graf2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03161397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grapholinguistics in the 21st Century - 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yannis Haralambous. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">G21C 2020 : Grapholinguistics in the 21st Century</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Paris, France. 4, </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluxus Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Grapholinguistics and Its Applications, 978­2­9570549­6­1. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36824/2020-graf1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03161395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graphemics in the 21st Century 2018. Proceedings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Graphemics in the 21st Century 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Brest, France. 1, </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluxus Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.410, 2019, Grapholinguistics and Its Applications, 978­2­9570549­0­9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des graphèmes à la langue et à la connaissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Intelligence artificielle [cs.AI]. Université de Bretagne Occidentale, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02986651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coformalité modérée et formalité des CW-complexes de dimension finie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Haralambous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Topologie algébrique [math.AT]. Université des Sciences et Techniques de Lille Flandres Artois, 1990. Français. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02099853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId234"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120641v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deok-Hee Kim-Dufor" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Walter" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Krebs" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Haralambous" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lenca" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2025.1595197" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04174568v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fi15070239" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599951v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albeiro Espinal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bedart" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Puentes" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42979-023-02247-5" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04597552v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377124v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03281984v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofian Berrouiguet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Billot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lemey" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03217684v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziliz Le Glaz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/15708" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03373544v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inna Lyubareva" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Rochelandet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.9593" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562021v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Fahed" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riwal Lefort" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009937v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801576v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814196v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Kafcah Emani" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508068v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Sauvage-Vincent" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10579-016-9339-6" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624555v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211540v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03281960v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bothorel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Meyer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185086v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959920v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Lavagnino" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959916v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitaly Klyuev" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141767v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabor Bella" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/dn.9.3-4.167-216" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167921v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170938v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Plaice" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Swoboda" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-27773-6_2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112933v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112001v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111996v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111912v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101617v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101629v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101625v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101627v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101622v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101612v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101598v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101600v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101590v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Braams" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101584v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101582v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101583v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101585v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100479v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100466v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100480v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100467v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100474v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Laugier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100463v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Scavo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werenfried Spit" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100462v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100464v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100361v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100339v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099292v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100299v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100292v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099287v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099286v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095944v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095943v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Thull" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493224v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-27226-4" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112942v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shop.oreilly.com/product/9780596102425.do" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112931v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04220744v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gravey" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-la_prevention_du_suicide_en_bretagne_connaitre_comprendre_agir_celine_kopp_bigault_michel_walter-9782140330704-77366.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04220711v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089628v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111964v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111904v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kyoritsu-pub.co.jp/bookdetail/9784320120389" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175284v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121611v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehoussou Emmanuel N&#8217;zi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-24337-0_18" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110790v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luy&#7879;n Ng&#7885;c L&#234;" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-24337-0_43" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600097v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/FRUCT58615.2023.10143072" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03896639v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Chraibi Kaadoud" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tian Tian" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011363400003335" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03756053v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mesangeau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brisson" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600062v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5121/csit.2022.121601" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600000v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03755985v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811733v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258036v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161391v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Landragin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenichi Handa" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36824/2020-graf-hara" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02861753v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161388v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadira Boudjani" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMLA51294.2020.00164" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383627v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin D&#252;rst" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36824/2018-graf-hara1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280800v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luyen Le Ngoc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SNAMS.2019.8931868" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924147v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962067v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Tallec" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383616v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Dichy" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36824/2018-graf-hara2" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141770v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-21348-0_14" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911857v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Quaresma" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908353v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202506v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/W15-4710" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185094v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassir Elidrissi" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055873v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-10223-8_10" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058330v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185088v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-08434-3_22" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497949v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Cennamo" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960110v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-37247-6_17" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959957v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864536v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959934v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0003905902140219" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959927v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIST.2012.6221738" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959947v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959914v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959910v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523109v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166916v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atif Gulzar" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169904v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173780v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anish Metha" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112921v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Rowley" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112936v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173716v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01290554v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tereza Haralambous" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173870v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112905v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174729v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111976v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Nonat" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112005v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111989v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111827v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111867v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101631v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101618v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101613v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101615v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BFb0053268" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-7VSC77XF-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101608v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101610v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101596v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101581v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100472v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100900v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100356v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03875661v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846953v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Baize-Varin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Fetnaci" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02480230v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161397v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fluxus-editions.fr/gla5.php" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36824/2020-graf2" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161395v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fluxus-editions.fr/grafematik2020-proceedingsI.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36824/2020-graf1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383630v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fluxus-editions.fr/gla1.php" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02986651v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02099853v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120641v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deok-Hee Kim-Dufor" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Walter" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Krebs" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Haralambous" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lenca" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2025.1595197" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04174568v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fi15070239" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599951v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albeiro Espinal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bedart" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Puentes" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42979-023-02247-5" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04597552v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377124v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03281984v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofian Berrouiguet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Billot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lemey" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03217684v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziliz Le Glaz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/15708" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562021v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Fahed" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riwal Lefort" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03373544v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inna Lyubareva" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Rochelandet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.9593" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009937v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801576v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814196v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Kafcah Emani" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624555v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508068v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Sauvage-Vincent" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10579-016-9339-6" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03281960v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bothorel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Meyer" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211540v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185086v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959920v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Lavagnino" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959916v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitaly Klyuev" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141767v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabor Bella" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/dn.9.3-4.167-216" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167921v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170938v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Plaice" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Swoboda" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-27773-6_2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112933v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111996v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112001v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111912v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101629v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101625v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101627v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101622v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101617v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101612v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101598v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101600v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101584v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101582v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101583v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101585v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101590v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Braams" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100480v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100466v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100467v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100474v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Laugier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100479v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100462v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100463v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Scavo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werenfried Spit" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100464v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100361v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100339v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100299v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100292v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099292v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099286v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099287v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095944v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095943v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Thull" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493224v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-27226-4" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112942v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shop.oreilly.com/product/9780596102425.do" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112931v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04220711v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-la_prevention_du_suicide_en_bretagne_connaitre_comprendre_agir_celine_kopp_bigault_michel_walter-9782140330704-77366.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04220744v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gravey" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089628v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111964v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111904v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kyoritsu-pub.co.jp/bookdetail/9784320120389" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175284v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110790v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luy&#7879;n Ng&#7885;c L&#234;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-24337-0_43" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600097v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/FRUCT58615.2023.10143072" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121611v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehoussou Emmanuel N&#8217;zi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-24337-0_18" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811733v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Chraibi Kaadoud" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tian Tian" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03755985v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mesangeau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brisson" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600000v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03896639v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011363400003335" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600062v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5121/csit.2022.121601" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03756053v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258036v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02861753v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161391v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Landragin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenichi Handa" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36824/2020-graf-hara" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161388v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadira Boudjani" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMLA51294.2020.00164" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962067v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Tallec" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924147v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383616v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Dichy" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36824/2018-graf-hara2" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141770v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-21348-0_14" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383627v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin D&#252;rst" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36824/2018-graf-hara1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280800v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luyen Le Ngoc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SNAMS.2019.8931868" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911857v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Quaresma" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908353v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202506v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/W15-4710" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055873v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-10223-8_10" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185094v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassir Elidrissi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058330v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185088v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-08434-3_22" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960110v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-37247-6_17" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497949v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Cennamo" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959957v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959927v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIST.2012.6221738" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959934v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0003905902140219" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959947v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864536v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959910v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959914v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523109v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166916v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atif Gulzar" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169904v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112921v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Rowley" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112936v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173716v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173780v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anish Metha" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01290554v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tereza Haralambous" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173870v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112905v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174729v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112005v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111989v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111976v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Nonat" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111867v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111827v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101631v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101615v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BFb0053268" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-7VSC77XF-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101618v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101613v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101610v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101608v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101596v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101581v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100472v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100900v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100356v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03875661v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846953v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Baize-Varin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Fetnaci" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02480230v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161397v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fluxus-editions.fr/gla5.php" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36824/2020-graf2" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161395v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fluxus-editions.fr/grafematik2020-proceedingsI.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36824/2020-graf1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383630v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fluxus-editions.fr/gla1.php" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02986651v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02099853v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>