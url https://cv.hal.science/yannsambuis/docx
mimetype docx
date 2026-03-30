--- v0 (2026-03-04)
+++ v1 (2026-03-30)
@@ -109,239 +109,239 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les lieux de privation de liberté, des lieux politiques (XIXe-XXe siècles) : introduction</w:t>
+                <w:t xml:space="preserve">De la révocation à la déportation : Édouard Herriot, un parcours de privation de libertés (1940-1945)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Sambuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire@Politique : revue du Centre d'histoire de Sciences Po</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, Les lieux de privation de liberté, des lieux politiques (XIXe-XXe siècles), 52, pp.17730. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/11vtw⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 52, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/11vtz⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04653151v1</w:t>
+                <w:t xml:space="preserve">halshs-04653164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la révocation à la déportation : Édouard Herriot, un parcours de privation de libertés (1940-1945)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Les lieux de privation de liberté, des lieux politiques (XIXe-XXe siècles) : introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Rosell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Sambuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire@Politique : revue du Centre d'histoire de Sciences Po</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 52, </w:t>
+              <w:t xml:space="preserve">, 2024, Les lieux de privation de liberté, des lieux politiques (XIXe-XXe siècles), 52, pp.17730. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/11vtz⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/11vtw⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04653164v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04653151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">POLITIQUE (HISTOIRE)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Sambuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Carnets du LARHRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -366,51 +366,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le kiosque et le castelet : Guignol, journal hebdomadaire humoristique (1914-1972) et le théâtre de Guignol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Sambuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ridiculosa</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 29, pp.133-147</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -435,51 +435,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le relèvement des modérés lyonnais : un exemple de la reconstruction des droites après Vichy (1945-1953)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Sambuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire@Politique : revue du Centre d'histoire de Sciences Po</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -536,51 +536,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guignol, journal hebdomadaire humoristique and Lyon’s identity in the 20th century: perspectives on a reciprocal construction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Sambuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Place and the Periodical: An International Conference on the regional Magazine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Chester, Jun 2024, Chester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -605,51 +605,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La guerre des gauches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Sambuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regards satiriques sur les gauches au pouvoir, France-Europe, premier XXe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Yann Sambuis; Emmanuel Jousse; Gilles Vergnon, Nov 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -674,51 +674,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’accusation de corruption comme moyen d’affaiblir un adversaire politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Sambuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regards croisés sur la corruption, menaces à la démocratie, France-Espagne XIXe-XXIe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Jean-Moulin-Lyon 3; Virginie Robleda-Sudre; Jules Rodrigues; Marina Lesouef, Nov 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -756,51 +756,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les groupes de reconstitution napoléoniens : mémoire et politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Sambuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Destins croisés des bonapartismes et des Napoléon de 1870 à nos jours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFHPo; Archives départementales du Rhône; Larhra UMR5190; Sciences Po Lyon; APHG Lyon, Sep 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -825,51 +825,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les jubilés municipaux d’Edouard Herriot à Lyon (1954-1955) : construire la mémoire d’un demi-siècle de mairie, préparer la guerre de succession</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Sambuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Construire et détruire les représentations officielles des pouvoirs. Images, symboles, allégories de l’Antiquité à l’époque contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CRHEC; Université Paris-Est-Créteil, Jun 2022, Créteil (Université Paris XII UPEC), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -894,51 +894,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Personne à Lyon n'a souffert de la faim ou du froid » : Le ravitaillement de Lyon pendant la Grande Guerre, laboratoire de la conception radicale-socialiste du libéralisme contrôlé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Sambuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Approvisionner en tant de crises</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -963,51 +963,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herriot et les droites lyonnaises (1945-1953)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Sambuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le demi-siècle d'Edouard Herriot</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1064,77 +1064,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les lieux de privation de liberté, des lieux politiques (XIXe-XXe siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Launay</w:t>
+                <w:t xml:space="preserve">Yann Sambuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Rosell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire@Politique : revue du Centre d'histoire de Sciences Po</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 52, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1151,493 +1151,493 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05029912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’affaire Ferriot-Herriot, 1918-1919 : procès médiatique, procès politique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Un maire dans la guerre (1914-1918)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Sambuis</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04654856v1</w:t>
-[...68 lines deleted...]
-                <w:t xml:space="preserve">halshs-03498839v1</w:t>
+                <w:t xml:space="preserve">halshs-04653487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article de blog scientifique (2)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’union de la gauche (n’)aura (pas) lieu</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">L’affaire Ferriot-Herriot, 1918-1919 : procès médiatique, procès politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Sambuis</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...31 lines deleted...]
-                <w:t xml:space="preserve">halshs-04653489v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Conord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Guerre et Politique. Mélanges offerts à Gilles Vergnon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Baume Rousse, 2022, 978-2-492896-08-08</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04654856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edouard Herriot, mes grands-parents et moi</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Edouard Herriot à la reconquête de Lyon (1945-1947). De l’adversité à la réalisation de la coalescence des centres.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Sambuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...27 lines deleted...]
-                <w:t xml:space="preserve">halshs-04653490v1</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Roland Saussac et Gilles Vergnon (dir.), Histoire(s) de Lyon et d’ailleurs. Mélanges en l’honneur de Bruno Benoit, Editions du Poutan, 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.145-151, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03498839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+        <w:t xml:space="preserve">Article de blog scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un maire dans la guerre (1914-1918)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">L’union de la gauche (n’)aura (pas) lieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Sambuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2022</w:t>
-[...10 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58079/pjop⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04653489v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Herriot, mes grands-parents et moi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Sambuis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04653487v1</w:t>
+                <w:t xml:space="preserve">⟨10.58079/pjoj⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04653490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId36"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -1792,51 +1792,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04653151v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Launay" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Rosell" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Sambuis" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11vtw" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04653164v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11vtz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04518363v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04653484v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03498829v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04653482v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04788518v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04653495v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04653500v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Ardagna" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04663304v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03498854v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03498913v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029912v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04654856v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Conord" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Rey" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03498839v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04653489v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/pjop" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04653490v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/pjoj" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04653487v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04653164v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Sambuis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11vtz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04653151v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Launay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Rosell" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11vtw" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04518363v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04653484v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03498829v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04653482v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04788518v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04653495v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04653500v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Ardagna" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04663304v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03498854v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03498913v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029912v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04653487v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04654856v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Conord" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Rey" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03498839v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04653489v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/pjop" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04653490v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/pjoj" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>