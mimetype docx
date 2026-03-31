--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -781,252 +781,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04404902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alternances de voisement et processus de lénition et de fortition : une étude automatisée de grands corpus en cinq langues romanes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Schwa Deletion in Word-Initial Syllables of Polysyllabic Words</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaru Wu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adèle Jatteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Adda-Decker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lori Lamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue TAL : traitement automatique des langues</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Monolingual and Bilingual Speech</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2 (2), pp.269-289. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1558/jmbs.17311⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03040177v1</w:t>
+                <w:t xml:space="preserve">hal-04442984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Schwa Deletion in Word-Initial Syllables of Polysyllabic Words</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Alternances de voisement et processus de lénition et de fortition : une étude automatisée de grands corpus en cinq langues romanes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioana Vasilescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaru Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Jatteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Adda-Decker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lori Lamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Monolingual and Bilingual Speech</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue TAL : traitement automatique des langues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 61, pp.11-16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1558/jmbs.17311⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04442984v1</w:t>
+                <w:t xml:space="preserve">hal-03040177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (40)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1371,455 +1371,455 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04623057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is automatic phoneme recognition suitable for speech analysis? Temporal and performance evaluation of an Automatic Speech Recognition model in spontaneous French</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Détection automatique des schwas en français. Application à la détection des troubles du sommeil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colleen Beaumard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent P. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaru Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Rouas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Martin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Yaru Wu</w:t>
+                <w:t xml:space="preserve">Pierre Philip</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Speech Prosody 2024</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">JEP-TALN-RECITAL 2024 [35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.312-321</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04679813v1</w:t>
+                <w:t xml:space="preserve">hal-04623082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection automatique des schwas en français. Application à la détection des troubles du sommeil</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Is automatic phoneme recognition suitable for speech analysis? Temporal and performance evaluation of an Automatic Speech Recognition model in spontaneous French</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colleen Beaumard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent P. Martin</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Rouas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaru Wu</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Philip</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JEP-TALN-RECITAL 2024 [35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)]</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Speech Prosody 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Leiden, Netherlands. pp.1120-1124, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/SpeechProsody.2024-226⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04623082v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04679813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réductions temporelles en français parlé. Où peut-on trouver les zones de réduction ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Étude de la qualité vocale dans la parole professionnelle des aides-soignants français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Rouas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaru Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kim Gerdes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Martine Adda-Decker</w:t>
+                <w:t xml:space="preserve">Takaaki Shochi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35èmes Journées d'Études sur la Parole (JEP 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.153-162</w:t>
+              <w:t xml:space="preserve">JEP-TALN-RECITAL 2024 [35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.51-60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04623068v1</w:t>
+                <w:t xml:space="preserve">hal-04623059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de la qualité vocale dans la parole professionnelle des aides-soignants français</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Réductions temporelles en français parlé. Où peut-on trouver les zones de réduction ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaru Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Takaaki Shochi</w:t>
+                <w:t xml:space="preserve">Kim Gerdes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Adda-Decker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JEP-TALN-RECITAL 2024 [35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.51-60</w:t>
+              <w:t xml:space="preserve">35èmes Journées d'Études sur la Parole (JEP 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.153-162</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04623059v1</w:t>
+                <w:t xml:space="preserve">hal-04623068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Embodied spatial coordination in child-pet interaction</w:t>
               </w:r>
@@ -2293,51 +2293,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Rouas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaru Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takaaki Shochi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INTERSPEECH 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Dublin, Ireland. pp.1239-1243, </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2423,51 +2423,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaru Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J-L Rouas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Philip</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Santé et IA [Evènement affilié à PFIA'23]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2734,51 +2734,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Rouas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaru Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takaaki Shochi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICPhS 2023 - 20th International Congress of Phonetic Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Prague, Czech Republic. pp.2303-2308</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2797,266 +2797,266 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04195791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Signs of absence in interspecies play: vocal, verbal, and bodily manifestations of &amp;quot;being out of sight&amp;quot; and &amp;quot;being out of reach</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Realization of low tone sequences in disyllabic words in a large mandarin speech corpus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaru Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yiya Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lori Lamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Pragmatics Conference (IPC18 Brussels 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Libre de Bruxelles, Jul 2023, Brussels, Belgium</w:t>
+              <w:t xml:space="preserve">20th International Congress of Phonetic Sciences (ICPhS2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Prague, Czech Republic. pp.1891-1895</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04184993v1</w:t>
+                <w:t xml:space="preserve">hal-04226882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Realization of low tone sequences in disyllabic words in a large mandarin speech corpus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Signs of absence in interspecies play: vocal, verbal, and bodily manifestations of &amp;quot;being out of sight&amp;quot; and &amp;quot;being out of reach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rea Peltola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Grandgeorge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaru Wu</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lori Lamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International Congress of Phonetic Sciences (ICPhS2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Prague, Czech Republic. pp.1891-1895</w:t>
+              <w:t xml:space="preserve">18th International Pragmatics Conference (IPC18 Brussels 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Libre de Bruxelles, Jul 2023, Brussels, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04226882v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04184993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extracting Linguistic Knowledge from Speech: A Study of Stop Realization in 5 Romance Languages</w:t>
+                <w:t xml:space="preserve">Using a Knowledge Base to Automatically Annotate Speech Corpora and to Identify Sociolinguistic Variation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaru Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Hutin</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Suchanek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioana Vasilescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3066,118 +3066,118 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Adda-Decker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LREC 2022 - 13th Language Resources and Evaluation Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.3257-3263</w:t>
+              <w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.1054-1360</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03706248v1</w:t>
+                <w:t xml:space="preserve">hal-03860760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using a Knowledge Base to Automatically Annotate Speech Corpora and to Identify Sociolinguistic Variation</w:t>
+                <w:t xml:space="preserve">Extracting Linguistic Knowledge from Speech: A Study of Stop Realization in 5 Romance Languages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaru Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabian Suchanek</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Hutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioana Vasilescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3187,69 +3187,69 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Adda-Decker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LREC 2022 - 13th Language Resources and Evaluation Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.1054-1360</w:t>
+              <w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.3257-3263</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03860760v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03706248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disfluences en parole continue en français : paramètres prosodiques des pauses pleines et des allongements vocaliques</w:t>
               </w:r>
@@ -3778,301 +3778,297 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03439362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine phonetic details for discourse marker disambiguation: a corpus-based investigation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modelling the realization of variable word-final schwa in Standard French</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Hutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaru Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Hutin</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Jatteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioana Vasilescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lori Lamel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Martine Adda-Decker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DiSS 2021,the 10th Workshop on Disfluency in Spontaneous Speech</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Saint-Denis, France. pp.23-28</w:t>
+              <w:t xml:space="preserve">43. Jahrestagung der Deutschen Gesellschaft für Sprachwissenschaft (DGfS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, Freiburg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03706218v1</w:t>
+                <w:t xml:space="preserve">hal-03439307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the realization of variable word-final schwa in Standard French</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Context, position in word and duration as predictors of voicing alternation of stops: a large-scale corpus-based study in 5 Romance Languages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaru Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Hutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioana Vasilescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lori Lamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Adda-Decker</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43. Jahrestagung der Deutschen Gesellschaft für Sprachwissenschaft (DGfS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2021, Freiburg, Germany</w:t>
+              <w:t xml:space="preserve">PaPE 2021 - 4th phonetics and phonology in Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03439307v1</w:t>
+                <w:t xml:space="preserve">hal-03438673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Context, position in word and duration as predictors of voicing alternation of stops: a large-scale corpus-based study in 5 Romance Languages</w:t>
+                <w:t xml:space="preserve">Fine phonetic details for discourse marker disambiguation: a corpus-based investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaru Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Hutin</w:t>
@@ -4095,362 +4091,366 @@
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lori Lamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Adda-Decker</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PaPE 2021 - 4th phonetics and phonology in Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Barcelone, Spain</w:t>
+              <w:t xml:space="preserve">DiSS 2021,the 10th Workshop on Disfluency in Spontaneous Speech</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Saint-Denis, France. pp.23-28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03438673v1</w:t>
+                <w:t xml:space="preserve">hal-03706218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mandarin Lexical Tones: A Corpus-Based Study of Word Length, Syllable Position and Prosodic Position on Duration</w:t>
+                <w:t xml:space="preserve">Réduction temporelle en français spontané : où se cache-t-elle ? Une étude des segments, des mots et séquences de mots fréquemment réduits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaru Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Adda-Decker</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lori Lamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2020</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">6e conférence conjointe Journées d'Études sur la Parole (JEP, 33e édition), Traitement Automatique des Langues Naturelles (TALN, 27e édition), Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RÉCITAL, 22e édition). Volume 1 : Journées d'Études sur la Parole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Nancy, France. pp.627-635</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03153402v1</w:t>
+                <w:t xml:space="preserve">hal-02798596v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do Mandarin-French bilinguals hear Chinese when reading French? ERP evidence of proficiency level</w:t>
+                <w:t xml:space="preserve">Mandarin Lexical Tones: A Corpus-Based Study of Word Length, Syllable Position and Prosodic Position on Duration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaru Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Isel</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Adda-Decker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lori Lamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cognitive Neuroscience Society 2020</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Interspeech 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Shanghai, China. pp.1908-1912, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2020-1614⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03041016v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03153402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réduction temporelle en français spontané : où se cache-t-elle ? Une étude des segments, des mots et séquences de mots fréquemment réduits</w:t>
+                <w:t xml:space="preserve">Do Mandarin-French bilinguals hear Chinese when reading French? ERP evidence of proficiency level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaru Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Martine Adda-Decker</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Yeaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Isel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6e conférence conjointe Journées d'Études sur la Parole (JEP, 33e édition), Traitement Automatique des Langues Naturelles (TALN, 27e édition), Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RÉCITAL, 22e édition). Volume 1 : Journées d'Études sur la Parole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Nancy, France. pp.627-635</w:t>
+              <w:t xml:space="preserve">Cognitive Neuroscience Society 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02798596v3</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03041016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyzing French /ʁ/ Perception in Chinese Learners Using Quantitative and Qualitative Approaches</w:t>
               </w:r>
@@ -5540,51 +5540,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaru Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Rouas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Philip</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres des Jeunes Chercheurs en Parole 2023 (10e édition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Grenoble, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5622,51 +5622,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le nombre de schwas détecté automatiquement est-il un indicateur de l’état de somnolence chez des patients hypersomniaques ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colleen Beaumard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Philip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent P. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5782,51 +5782,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Rouas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaru Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Philip</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème édition de l’école d’été AI4Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Issy-les-Moulinaux, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5903,51 +5903,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaru Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Rouas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Philip</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JPC 2023. 9èmes Journées de Phonétique Clinique : Prendre la mesure de la parole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Toulouse, France. , </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6529,51 +6529,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yaruwucv.wordpress.com/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05059729v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rea Peltola" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaru Wu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Grandgeorge" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.langcom.2025.04.006" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382923v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waleed Abdallah" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Afanaciev" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shakeel Ahmad" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ijaz Ahmed" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaocong Ai" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41605-024-00463-y" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930845v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Adda-Decker" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori Lamel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.specom.2022.11.001" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039142v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Hutin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Jatteau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Vasilescu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5565/rev/isogloss.152" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513118v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corpus.5812" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404902v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040177v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442984v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1558/jmbs.17311" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242413v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colleen Beaumard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent P. Martin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Brazier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Rouas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093006v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingyi Sun" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Audibert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2025-960" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623057v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Didirkov&#225;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Catherine Simon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679813v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Martin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2024-226" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623082v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Philip" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623068v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Gerdes" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623059v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takaaki Shochi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569574v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Darmaillacq" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623093v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623081v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190126v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lihu Chen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Elie" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian M. Suchanek" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195796v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/interspeech.2023-848" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154925v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L Rouas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312441v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juana Torres Cierpe" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Tubaro" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230607v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenyu Li" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal Al-Tamimi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195791v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184993v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04226882v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiya Chen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706248v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860760v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Suchanek" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005993v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Simon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680681v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qianwen Guan" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Chitoran" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2022-50" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153413v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03339852v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2021-939" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03439362v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706218v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03439307v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438673v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153402v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2020-1614" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041016v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Yeaton" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Isel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798596v3" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041075v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041044v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gendrot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041066v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171147v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fougeron" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427704v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03980237v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2017-470" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01401348v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251369v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2015-20" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01282897v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hall&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365563v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464204v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464200v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464209v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160636v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.24819.50728" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215964v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nori Kondo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruvoletto Samantha" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427873v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676711v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Conseil" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gasparde Coutanson" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Khalfaoui" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Lombardo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yaruwucv.wordpress.com/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05059729v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rea Peltola" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaru Wu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Grandgeorge" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.langcom.2025.04.006" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382923v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waleed Abdallah" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Afanaciev" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shakeel Ahmad" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ijaz Ahmed" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaocong Ai" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41605-024-00463-y" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930845v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Adda-Decker" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori Lamel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.specom.2022.11.001" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039142v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Hutin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Jatteau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Vasilescu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5565/rev/isogloss.152" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513118v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corpus.5812" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404902v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442984v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1558/jmbs.17311" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040177v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242413v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colleen Beaumard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent P. Martin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Brazier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Rouas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093006v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingyi Sun" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Audibert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2025-960" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623057v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Didirkov&#225;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Catherine Simon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623082v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Philip" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679813v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Martin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2024-226" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623059v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takaaki Shochi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623068v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Gerdes" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569574v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Darmaillacq" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623093v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623081v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190126v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lihu Chen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Elie" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian M. Suchanek" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195796v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/interspeech.2023-848" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154925v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L Rouas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312441v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juana Torres Cierpe" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Tubaro" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230607v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenyu Li" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal Al-Tamimi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195791v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04226882v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiya Chen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184993v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860760v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Suchanek" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706248v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005993v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Simon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680681v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qianwen Guan" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Chitoran" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2022-50" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153413v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03339852v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2021-939" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03439362v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03439307v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438673v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706218v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798596v3" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153402v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2020-1614" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041016v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Yeaton" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Isel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041075v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041044v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gendrot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041066v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171147v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fougeron" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427704v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03980237v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2017-470" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01401348v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251369v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2015-20" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01282897v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hall&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365563v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464204v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464200v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464209v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160636v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.24819.50728" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215964v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nori Kondo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruvoletto Samantha" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427873v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676711v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Conseil" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gasparde Coutanson" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Khalfaoui" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Lombardo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>