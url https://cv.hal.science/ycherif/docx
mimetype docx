--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -407,51 +407,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04684769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a better understanding of 3D heat flow in masonry walls</w:t>
+                <w:t xml:space="preserve">Thermal performance of double walls with polystyrene beads insufflation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joelle Al Fakhoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilio Sassine</w:t>
@@ -486,350 +486,350 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Antczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Masonry Research and Innovation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 9 (3), pp.217-239. </w:t>
+              <w:t xml:space="preserve">Journal of Thermal Science and Engineering Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-34. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1504/IJMRI.2024.138311⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1115/1.4064587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04296326v1</w:t>
+                <w:t xml:space="preserve">hal-04424448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal performance of double walls with polystyrene beads insufflation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emilio Sassine</w:t>
+                <w:t xml:space="preserve">Enhancements in Hollow Block Technology: Comprehensive Thermal and Mechanical Characterizations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dgheim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Cherif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Antczak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Farah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Thermal Science and Engineering Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1115/1.4064587⟩</w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 17 (23), pp.6133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en17236133⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04424448v1</w:t>
+                <w:t xml:space="preserve">hal-04871682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancements in Hollow Block Technology: Comprehensive Thermal and Mechanical Characterizations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Towards a better understanding of 3D heat flow in masonry walls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joelle Al Fakhoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilio Sassine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Cherif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dgheim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Antczak</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elias Farah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 17 (23), pp.6133. </w:t>
+              <w:t xml:space="preserve">International Journal of Masonry Research and Innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9 (3), pp.217-239. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/en17236133⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1504/IJMRI.2024.138311⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04871682v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the Thermo-Aeraulic Behavior of a Heated Supply Air Window in Forced Convection: Numerical and Experimental Approaches</w:t>
               </w:r>
@@ -1675,432 +1675,432 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03552712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal performance of lightweight concrete applications in building envelopes in Lebanon</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">3D Numerical Simulation of Turbulent Mixed Convection in a Cubical Cavity Containing a Hot Block</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elias Kinab</w:t>
+                <w:t xml:space="preserve">A. Bouras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bouabdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Ghernaout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Arici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Cherif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Building Simulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12273-021-0762-2⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (06), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.47176/JAFM.14.06.32604⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03258052v1</w:t>
+                <w:t xml:space="preserve">hal-03772338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Numerical Simulation of Turbulent Mixed Convection in a Cubical Cavity Containing a Hot Block</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">S. Bouabdallah</w:t>
+                <w:t xml:space="preserve">Thermal performance of lightweight concrete applications in building envelopes in Lebanon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilio Sassine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Ghernaout</w:t>
+                <w:t xml:space="preserve">Elias Kinab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Cherif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Antczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Arici</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michel Nasrallah</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Fluid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 14 (06), </w:t>
+              <w:t xml:space="preserve">Building Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (5), pp.1359-1375. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.47176/JAFM.14.06.32604⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12273-021-0762-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03772338v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03258052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and Numerical Thermal Assessment of EPS Concrete Hollow Blocks in Lebanon</w:t>
+                <w:t xml:space="preserve">Thermal characterization of building walls under random boundary conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilio Sassine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Cherif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Antczak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dgheim</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Antczak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials in Civil Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 32 (8), pp.05020007. </w:t>
+              <w:t xml:space="preserve">Journal of Thermal Science and Engineering Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (5), pp.054502. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1061/(asce)mt.1943-5533.0003335⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1115/1.4049432⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03209138v1</w:t>
+                <w:t xml:space="preserve">hal-03209136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal characterization of building walls under random boundary conditions</w:t>
+                <w:t xml:space="preserve">Méthodes expérimentales et numériques appliquées à la caractérisation thermophysique d'un mur en briques anciennes en conditions instationnaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilio Sassine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Cherif</w:t>
@@ -2118,433 +2118,433 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Antczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dgheim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Thermal Science and Engineering Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 13 (5), pp.054502. </w:t>
+              <w:t xml:space="preserve">Entropie : thermodynamique – énergie – environnement – économie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/1.4049432⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21494/iste.op.2020.0517⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03209136v1</w:t>
+                <w:t xml:space="preserve">hal-03209139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodes expérimentales et numériques appliquées à la caractérisation thermophysique d'un mur en briques anciennes en conditions instationnaires</w:t>
+                <w:t xml:space="preserve">Experimental and Numerical Thermal Assessment of EPS Concrete Hollow Blocks in Lebanon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilio Sassine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Cherif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dgheim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Antczak</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joseph Dgheim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entropie : thermodynamique – énergie – environnement – économie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 1 (2), </w:t>
+              <w:t xml:space="preserve">Journal of Materials in Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 32 (8), pp.05020007. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21494/iste.op.2020.0517⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1061/(asce)mt.1943-5533.0003335⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03209139v1</w:t>
+                <w:t xml:space="preserve">hal-03209138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical natural convection in an asymmetrically heated double vertical facade</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigation of the mechanical and thermal performances of concrete hollow blocks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilio Sassine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Cherif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurent Zalewski</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dgheim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Antczak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2020.106288⟩</w:t>
+              <w:t xml:space="preserve">SN Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/S42452-020-03881-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03246431v1</w:t>
+                <w:t xml:space="preserve">hal-03209135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of the mechanical and thermal performances of concrete hollow blocks</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental and numerical natural convection in an asymmetrically heated double vertical facade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Cherif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Antczak</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Sassine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Lassue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Zalewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SN Applied Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 152, </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/S42452-020-03881-X⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2020.106288⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03209135v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03246431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and Numerical Thermal Assessmentof Lebanese Traditional Hollow Blocks</w:t>
               </w:r>
@@ -2992,51 +2992,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03246209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical investigation of turbulent mixed convection in an open cavity: Effect of inlet and outlet openings</w:t>
+                <w:t xml:space="preserve">Numerical investigation and analysis of indoor air quality in a room based on impinging jet ventilation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lounes Koufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zohir Younsi</w:t>
@@ -3054,365 +3054,353 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Cherif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Naji</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 116, pp.103-117. </w:t>
+              <w:t xml:space="preserve">Energy Procedia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 139, pp.710-717. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2017.02.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.egypro.2017.11.276⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03524282v1</w:t>
+                <w:t xml:space="preserve">hal-03527849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A numerical study of indoor air quality in a ventilated room using different strategies of ventilation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Koufi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zohir Younsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Koufi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Zohir Younsi</w:t>
+                <w:t xml:space="preserve">Y. Cherif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Naji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. El Ganaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanics &amp; Industry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 18 (2), pp.221. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/meca/2016043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02924627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical investigation and analysis of indoor air quality in a room based on impinging jet ventilation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lounes Koufi</w:t>
+                <w:t xml:space="preserve">Thermal performance evaluation of a massive brick wall under real weather conditions via the Conduction Transfer function method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilio Sassine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zohir Younsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Cherif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">H. Naji</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Antczak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy Procedia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.egypro.2017.11.276⟩</w:t>
+              <w:t xml:space="preserve">Case Studies in Construction Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7, pp.56-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cscm.2017.04.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03527849v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04563214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal performance evaluation of a massive brick wall under real weather conditions via the Conduction Transfer function method</w:t>
+                <w:t xml:space="preserve">Frequency domain regression method to predict thermal behavior of brick wall of existing buildings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilio Sassine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zohir Younsi</w:t>
@@ -3430,211 +3418,223 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Cherif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Antczak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Case Studies in Construction Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Thermal Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 114, pp.24-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2016.11.134⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cscm.2017.04.003⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04563214v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04563198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frequency domain regression method to predict thermal behavior of brick wall of existing buildings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emilio Sassine</w:t>
+                <w:t xml:space="preserve">Numerical investigation of turbulent mixed convection in an open cavity: Effect of inlet and outlet openings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lounes Koufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zohir Younsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Cherif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Antczak</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Naji</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Thermal Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 114, pp.24-35. </w:t>
+              <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 116, pp.103-117. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2016.11.134⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2017.02.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04563198v1</w:t>
+                <w:t xml:space="preserve">hal-03524282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental determination of thermal properties of brick wall for existing construction in the north of France</w:t>
               </w:r>
@@ -4159,364 +4159,364 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des phénomènes de transfert de chaleur à l'intérieur des blocs creux en béton</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emilio Sassine</w:t>
+                <w:t xml:space="preserve">Etude expérimentale et numérique des échanges convectifs au sein d’une fenêtre pariétodynamique chauffante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salem Zeiny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Cherif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lassue</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVème Colloque International Franco-Québécois</w:t>
+              <w:t xml:space="preserve">XVème Colloque International Franco-Québécois, Ville et transition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04563286v1</w:t>
+                <w:t xml:space="preserve">hal-04524761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude expérimentale et numérique des échanges convectifs au sein d’une fenêtre pariétodynamique chauffante</w:t>
+                <w:t xml:space="preserve">Thermal performance of a supply-air window with triple heating glazing inserted in building envelope</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salem Zeiny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Cherif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lassue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Chartier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVème Colloque International Franco-Québécois, Ville et transition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022: CLIMA 2022 The 14th REHVA HVAC World Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Rotterdam (NL), Netherlands. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34641/clima.2022.338⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04524761v1</w:t>
+                <w:t xml:space="preserve">hal-04524714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal performance of a supply-air window with triple heating glazing inserted in building envelope</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Salem Zeiny</w:t>
+                <w:t xml:space="preserve">Analyse des phénomènes de transfert de chaleur à l'intérieur des blocs creux en béton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joelle Al Fakhoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilio Sassine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Cherif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dgheim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Antczak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022: CLIMA 2022 The 14th REHVA HVAC World Congress</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XVème Colloque International Franco-Québécois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.34641/clima.2022.338⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04524714v1</w:t>
+                <w:t xml:space="preserve">hal-04563286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude des performances énergétiques d’un stockage contenant un matériaux à changement de phase</w:t>
               </w:r>
@@ -4554,51 +4554,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fraisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Cherif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Chartier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVème Colloque International Franco-Québécois Ville et transition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6585,51 +6585,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3625AE1B"/>
+    <w:nsid w:val="4EDF9E86"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6816,51 +6816,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ycherif" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6052-3477" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626668v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Cherif" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Zalewski" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Sassine" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Groulx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2024.125864" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684769v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Al Fakhoury" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Dgheim" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Antczak" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17442591241254789" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04296326v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMRI.2024.138311" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424448v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4064587" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04871682v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Rizk" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Farah" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17236133" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102262v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Zeiny" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Lassue" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16073243" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105911v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aisha Ayoubi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30564/jbms.v4i2.5251" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03972263v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12053-022-10065-6" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654178v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hachmi Toifane" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tittelein" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Leuck" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12083827" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637177v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/ijmri.2022.10046134" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784099v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30564/jbms.v4i1.4500" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552712v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2021.1982779" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03258052v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Kinab" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Nasrallah" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12273-021-0762-2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772338v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouras" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bouabdallah" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ghernaout" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arici" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47176/JAFM.14.06.32604" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209138v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(asce)mt.1943-5533.0003335" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209136v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4049432" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209139v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/iste.op.2020.0517" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246431v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sassine" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2020.106288" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209135v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S42452-020-03881-X" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209133v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10765-020-02626-7" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246386v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaies Souidi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lassue" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4043533" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209140v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2019.100801" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246209v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lounes Koufi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohir Younsi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassane Naji" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01457632.2018.1460928" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03524282v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Naji" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2017.02.007" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7F5G5L4B-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924627v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Koufi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Cherif" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Ganaoui" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2016043" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03527849v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2017.11.276" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563214v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cscm.2017.04.003" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563198v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2016.11.134" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-75L0T8S8-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563209v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chauchois" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2017.09.007" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C6X8Z7FZ-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841302v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Desrayaud" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ch&#233;nier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joulin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bastide" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Brangeon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2013.05.003" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563271v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563221v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2009.01.017" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZGPKQ9W0-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563286v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524761v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524714v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chartier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34641/clima.2022.338" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591172v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Thonon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fraisse" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246383v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209294v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563299v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563313v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568960v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568967v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568962v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569014v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569017v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rousse" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569024v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569029v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569005v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568990v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568957v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568984v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568976v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568970v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Herin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ycherif" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6052-3477" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626668v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Cherif" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Zalewski" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Sassine" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Groulx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2024.125864" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684769v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Al Fakhoury" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Dgheim" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Antczak" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17442591241254789" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424448v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4064587" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04871682v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Rizk" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Farah" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17236133" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04296326v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMRI.2024.138311" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102262v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Zeiny" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Lassue" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16073243" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105911v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aisha Ayoubi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30564/jbms.v4i2.5251" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03972263v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12053-022-10065-6" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654178v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hachmi Toifane" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tittelein" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Leuck" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12083827" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637177v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/ijmri.2022.10046134" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784099v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30564/jbms.v4i1.4500" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552712v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2021.1982779" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772338v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouras" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bouabdallah" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ghernaout" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arici" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47176/JAFM.14.06.32604" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03258052v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Kinab" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Nasrallah" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12273-021-0762-2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209136v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4049432" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209139v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/iste.op.2020.0517" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209138v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(asce)mt.1943-5533.0003335" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209135v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S42452-020-03881-X" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246431v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sassine" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2020.106288" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209133v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10765-020-02626-7" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246386v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaies Souidi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lassue" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4043533" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209140v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2019.100801" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246209v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lounes Koufi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohir Younsi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassane Naji" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01457632.2018.1460928" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03527849v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Naji" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2017.11.276" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924627v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Koufi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Cherif" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Ganaoui" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2016043" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563214v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cscm.2017.04.003" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563198v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2016.11.134" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-75L0T8S8-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03524282v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2017.02.007" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7F5G5L4B-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563209v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chauchois" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2017.09.007" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C6X8Z7FZ-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841302v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Desrayaud" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ch&#233;nier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joulin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bastide" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Brangeon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2013.05.003" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563271v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563221v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2009.01.017" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZGPKQ9W0-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524761v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524714v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chartier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34641/clima.2022.338" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563286v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591172v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Thonon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fraisse" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246383v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209294v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563299v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563313v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568960v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568967v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568962v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569014v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569017v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rousse" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569024v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569029v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569005v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568990v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568957v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568984v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568976v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568970v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Herin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>