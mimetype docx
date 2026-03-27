--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -261,274 +261,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05434270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced order modelling for shell finite element structures using the direct parametrisation of invariant manifolds: Hardening/softening transition, resonant dynamics and mode selection</w:t>
+                <w:t xml:space="preserve">Investigating general interface effects in one-dimensional phononic crystals for micro-scale sensor application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zixu Xia</w:t>
+                <w:t xml:space="preserve">Zhenzhao Shu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Touzé</w:t>
+                <w:t xml:space="preserve">Gongye Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Cong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuitao Gu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zhi-Qiang Feng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thin-Walled Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tws.2025.114329⟩</w:t>
+              <w:t xml:space="preserve">Applied Mathematical Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 149, pp.116297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apm.2025.116297⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05401042v1</w:t>
+                <w:t xml:space="preserve">hal-05189516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating general interface effects in one-dimensional phononic crystals for micro-scale sensor application</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reduced order modelling for shell finite element structures using the direct parametrisation of invariant manifolds: Hardening/softening transition, resonant dynamics and mode selection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zixu Xia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhenzhao Shu</w:t>
+                <w:t xml:space="preserve">Cyril Touzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Cong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuitao Gu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gongye Zhang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Shuitao Gu</w:t>
+                <w:t xml:space="preserve">Zhi-Qiang Feng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Mathematical Modelling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 149, pp.116297. </w:t>
+              <w:t xml:space="preserve">Thin-Walled Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 220, pp.114329. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apm.2025.116297⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tws.2025.114329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05189516v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05401042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vibration bandgap of immersed periodic plates with fluid surface sloshing effect</w:t>
               </w:r>
@@ -642,338 +642,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05417356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tailoring functional properties of Pb (Zr, Sn, Ti)O3 ceramics via lanthanum doping at lower sintering temperature</w:t>
+                <w:t xml:space="preserve">Synergy of energy storage and transparency in KNN-based relaxor ceramics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muhammad Nasir Rafiq</w:t>
+                <w:t xml:space="preserve">Yuxuan Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhonghua Dai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Xujun Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chenxi Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Yuanyuan Zheng</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Chenxi Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Science: Materials in Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 36 (24), pp.1533. </w:t>
+              <w:t xml:space="preserve">Materials Science in Semiconductor Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 200, pp.110008. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10854-025-15557-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mssp.2025.110008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05243809v1</w:t>
+                <w:t xml:space="preserve">hal-05243806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synergy of energy storage and transparency in KNN-based relaxor ceramics</w:t>
+                <w:t xml:space="preserve">Tailoring functional properties of Pb (Zr, Sn, Ti)O3 ceramics via lanthanum doping at lower sintering temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuxuan Zhang</w:t>
+                <w:t xml:space="preserve">Muhammad Nasir Rafiq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhonghua Dai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuanyuan Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xujun Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xujun Li</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Chenxi Liu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yuanyuan Zheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science in Semiconductor Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 200, pp.110008. </w:t>
+              <w:t xml:space="preserve">Journal of Materials Science: Materials in Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 36 (24), pp.1533. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mssp.2025.110008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10854-025-15557-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05243806v1</w:t>
+                <w:t xml:space="preserve">hal-05243809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical simulation of band gap characteristics for periodically arranged curvilinear fiber laminated plates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houan Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zixu Xia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Cong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1046,90 +1046,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing energy storage performance of BT-based ceramics by doping modification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuanyuan Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhonghua Dai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chenxi Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xujun Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xin Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1314,77 +1314,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of energy storage properties of Bi0.5 Na0.5TiO3 ceramics by doping La0.9Bi0.1Ni0.67Ta0.33O3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuanyuan Zheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhonghua Dai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chenxi Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qinqiang Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1448,103 +1448,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preparation and investigation of K0.5Na0.5NbO3-Bi(Sr0.5Hf0.5)O3 transparent energy storage ceramic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chenxi Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhonghua Dai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chenxi Liu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Zhonghua Dai</w:t>
+                <w:t xml:space="preserve">Yuanyuan Zheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuanyuan Zheng</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Xujun Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammad Nasir Rafiq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Power Sources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 640, pp.236759. </w:t>
@@ -1582,90 +1582,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy storage performance for Mg0.85Bi0.1ZrO3 doping (Bi0.5Na0.5)0.7Sr0.3TiO3 ceramics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xujun Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhonghua Dai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuanyuan Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chenxi Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xin Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1729,51 +1729,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A mesh based improved plane wave expansion method for complex 2-D phononic crystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Shen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gongye Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Honoré Yin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1889,51 +1889,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Cong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuitao Gu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gongye Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zheng He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1984,77 +1984,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High energy storage properties for dielectric composite by asymmetric three-layer films design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuanyuan Zheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhonghua Dai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chenxi Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hang Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2346,794 +2346,794 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04546064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Research on fatigue damage mitigation of offshore wind turbines by a bi-directional PSTMD under stochastic wind-wave actions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A rasterized plane wave expansion method for complex 2-D phononic crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Shen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Cong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuitao Gu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhenbo Lei</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Wei Tang</w:t>
+                <w:t xml:space="preserve">Haiping Yin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gongye Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.engstruct.2023.117275⟩</w:t>
+              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 212, pp.111324. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2024.111324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04355086v1</w:t>
+                <w:t xml:space="preserve">hal-04504111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced piezoelectric fluid energy harvesters by monolithic fluid–structure–piezoelectric coupling: A full-scale finite element model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S. Gu</w:t>
+                <w:t xml:space="preserve">Topology optimisation for vibration bandgaps of periodic composite plates using the modified couple stress continuum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Cong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zixu Xia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuitao Gu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Hui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhi-Qiang Feng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0232296⟩</w:t>
+              <w:t xml:space="preserve">Mathematics and Mechanics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/10812865231212867⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04795407v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04430124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recoverability degradation of adhesion between soft matters under uniaxial cyclic bonding–debonding: Modified cohesive interface model and numerical implementation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Libang Hu</w:t>
+                <w:t xml:space="preserve">Design of phononic crystals using superposition of defect and gradient-index for enhanced wave focusing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Shen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Cong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Gu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhi-Qiang Feng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 310, pp.110444. </w:t>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 33 (8), pp.085034. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2024.110444⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/ad62cb⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04698186v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04667500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topology optimisation for vibration bandgaps of periodic composite plates using the modified couple stress continuum</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recoverability degradation of adhesion between soft matters under uniaxial cyclic bonding–debonding: Modified cohesive interface model and numerical implementation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Libang Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Cong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zixu Xia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuitao Gu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhi-Qiang Feng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematics and Mechanics of Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/10812865231212867⟩</w:t>
+              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 310, pp.110444. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2024.110444⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04430124v1</w:t>
+                <w:t xml:space="preserve">hal-04698186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A rasterized plane wave expansion method for complex 2-D phononic crystals</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Shuitao Gu</w:t>
+                <w:t xml:space="preserve">Advanced piezoelectric fluid energy harvesters by monolithic fluid–structure–piezoelectric coupling: A full-scale finite element model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Runze Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Cong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sellam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Chpoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haiping Yin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gongye Zhang</w:t>
+                <w:t xml:space="preserve">S. Gu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 212, pp.111324. </w:t>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 36 (11), </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2024.111324⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0232296⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04504111v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04795407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of phononic crystals using superposition of defect and gradient-index for enhanced wave focusing</w:t>
+                <w:t xml:space="preserve">Research on fatigue damage mitigation of offshore wind turbines by a bi-directional PSTMD under stochastic wind-wave actions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N Shen</w:t>
+                <w:t xml:space="preserve">Zhenbo Lei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Cong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Zhang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Zhi-Qiang Feng</w:t>
+                <w:t xml:space="preserve">Wei Tang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 33 (8), pp.085034. </w:t>
+              <w:t xml:space="preserve">Engineering Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 301, pp.117275. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/ad62cb⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.engstruct.2023.117275⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04667500v1</w:t>
+                <w:t xml:space="preserve">hal-04355086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical Quantities Prediction of Metal Cutting by Machine Learning and Simulation Data</w:t>
               </w:r>
@@ -3517,51 +3517,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elastic foundation-introduced defective phononic crystals for tunable energy harvesting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gongye Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhuangzhuang He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3911,51 +3911,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rui Liao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Cong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gongye Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuitao Gu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4028,51 +4028,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xi Liang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhonghua Dai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chenxi Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Pan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4175,51 +4175,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Cong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuitao Gu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gang Liu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanics of Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 186, pp.104788. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4381,629 +4381,629 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04211699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Size effects on a one-dimensional defective phononic crystal sensor</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">A generalized supercell model of defect-introduced phononic crystal microplates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Shen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Cong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuitao Gu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haiping Yin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gongye Zhang</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Shuitao Gu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 32 (11), pp.115029. </w:t>
+              <w:t xml:space="preserve">Acta Mechanica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 235, pp 1345-1360. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/ad026c⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00707-023-03804-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04293658v1</w:t>
+                <w:t xml:space="preserve">hal-04688351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A generalized supercell model of defect-introduced phononic crystal microplates</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Wei Shen</w:t>
+                <w:t xml:space="preserve">Size effects on a one-dimensional defective phononic crystal sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhenzhao Shu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gongye Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Cong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuitao Gu</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gongye Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Mechanica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 235, pp 1345-1360. </w:t>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32 (11), pp.115029. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00707-023-03804-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/ad026c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04688351v1</w:t>
+                <w:t xml:space="preserve">hal-04293658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunable Tail Swing of Nanomillipedes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Elastic wave harvesting in piezoelectric-defect-introduced phononic crystal microplates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhuangzhuang He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gongye Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruiyang Li</w:t>
+                <w:t xml:space="preserve">Xin Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Cong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuitao Gu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.3c03084⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 239, pp.107892. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2022.107892⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04239385v1</w:t>
+                <w:t xml:space="preserve">hal-03834246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical simulation of the interaction between waves and pile breakwater with horizontal slotted plates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jingmao Peng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ke Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuitao Gu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Cong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ocean Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 287, pp.115777. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2023.115777⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04211706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elastic wave harvesting in piezoelectric-defect-introduced phononic crystal microplates</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gongye Zhang</w:t>
+                <w:t xml:space="preserve">Tunable Tail Swing of Nanomillipedes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruiyang Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Cong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xin Chen</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fan Xu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 239, pp.107892. </w:t>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (23), pp.10879--10883. </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2022.107892⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.3c03084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03834246v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04239385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhanced photoelectric properties for BiZn05Zr05O3 modified KNN-based lead-free ceramics</w:t>
               </w:r>
@@ -5015,51 +5015,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Hou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhonghua Dai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chenxi Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shintaro Yasui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5253,64 +5253,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A non-classical couple stress based Mindlin plate finite element framework for tuning band gaps of periodic composite micro plates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zixu Xia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gongye Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Cong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5364,330 +5364,330 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03615771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A bi-potential contact formulation for recoverable adhesion between soft bodies based on the RCC interface model</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Zhi-Qiang Feng</w:t>
+                <w:t xml:space="preserve">A Transversely Isotropic Magneto-electro-elastic Circular Kirchhoff Plate Model Incorporating Microstructure Effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Shen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gongye Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuitao Gu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Cong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 390, pp.114478. </w:t>
+              <w:t xml:space="preserve">Acta Mechanica Solida Sinica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 35, pp.185--197. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cma.2021.114478⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10338-021-00271-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03481049v1</w:t>
+                <w:t xml:space="preserve">hal-03334426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Transversely Isotropic Magneto-electro-elastic Circular Kirchhoff Plate Model Incorporating Microstructure Effect</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Wei Shen</w:t>
+                <w:t xml:space="preserve">A bi-potential contact formulation for recoverable adhesion between soft bodies based on the RCC interface model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.B. Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Cong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Joli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gongye Zhang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yu Cong</w:t>
+                <w:t xml:space="preserve">Zhi-Qiang Feng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Mechanica Solida Sinica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 35, pp.185--197. </w:t>
+              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 390, pp.114478. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10338-021-00271-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cma.2021.114478⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03334426v1</w:t>
+                <w:t xml:space="preserve">hal-03481049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Active tuning of vibration for periodic piezoelectric micro systems: a non-local Mindlin plate finite element approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zixu Xia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Cong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuitao Gu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhi-Qiang Feng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanics of Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 174, pp.104418. </w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5894,51 +5894,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Cong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhi-Qiang Feng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6223,51 +6223,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post-buckling evolution of wavy patterns in trapezoidal film/substrate bilayers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fan Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ting Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6474,51 +6474,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D finite element modeling for instabilities in thin films on soft substrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fan Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Potier-Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8326,51 +8326,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05434270v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.A. Ma" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.X. Xia" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.T. Gu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.J. Liu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Cong" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2025.104487" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401042v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zixu Xia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Touz&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Cong" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuitao Gu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhi-Qiang Feng" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tws.2025.114329" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05189516v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenzhao Shu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gongye Zhang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2025.116297" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05417356v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Shen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.Z. Zhang" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2025.119499" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05243809v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Nasir Rafiq" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhonghua Dai" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanyuan Zheng" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xujun Li" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenxi Liu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10854-025-15557-6" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05243806v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxuan Zhang" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mssp.2025.110008" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925592v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houan Ma" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liqun Xiao" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2025.105265" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072224v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Zhao" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mssp.2025.109656" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950187v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.B. Hu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Zhou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.-Q. Xiao" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2025.105260" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983715v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinqiang Guo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2025.02.386" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002466v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2025.236759" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063078v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10854-025-14750-x" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04978132v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Shen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honor&#233; Yin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2025.119015" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568717v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libang Hu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng He" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2024.113243" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04613673v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Chen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaolong Wang" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2024.112387" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518741v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Runze Zhang" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sellam" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amer Chpoun" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2024.118412" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04546064v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengyao Peng" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Liu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2024.117751" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355086v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenbo Lei" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang Liu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Tang" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2023.117275" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795407v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chpoun" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0232296" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698186v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2024.110444" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04430124v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Hui" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10812865231212867" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04504111v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiping Yin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2024.111324" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667500v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Shen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Gu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Zhang" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ad62cb" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04678259v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yijin Cheng" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Li" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joli" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiqiang Feng" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S175882512450087X" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04535951v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yishuai Jing" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanbo Chu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenyu Liu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.4c02280" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561964v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuting Li" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaming Song" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bingda Li" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuo Wang" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.4c00623" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04443608v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuangzhuang He" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaopeng Wang" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Hong" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.MECHMAT.2024.104909" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588289v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2024.105029" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04293652v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Michaux" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gaume" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Qu&#233;m&#233;ner" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2023.107689" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648263v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Liao" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechrescom.2024.104300" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04443587v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Liang" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Pan" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.MSSP.2023.108046" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04211694v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengyu Lai" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2023.104788" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04211699v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuohui Yin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiahui Huang" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhihui Zou" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tinh Quoc Bui" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2023.105142" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04293658v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ad026c" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688351v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00707-023-03804-y" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04239385v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruiyang Li" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Xu" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.3c03084" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04211706v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingmao Peng" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ke Li" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2023.115777" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03834246v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Chen" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2022.107892" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04211704v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Hou" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shintaro Yasui" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.170639" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03763282v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Y Lai" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Z He" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Y. Zhang" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10338-022-00359-8" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615771v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2022.116889" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481049v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2021.114478" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334426v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10338-021-00271-7" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737338v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2022.104418" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334432v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ning Zhang" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Liu" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingang Liu" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiantang Yu" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2021.107941" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418559v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Renaud" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-021-02122-1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267984v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ding" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Li" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Xu" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eml.2020.100988" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376497v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas L&#246;schel" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Grosskurth" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Colombier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Criqui" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Du Xiangwan" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5018/economics-ejournal.ja.2018-12" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592437v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Wang" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenbo Fu" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongzhong Huo" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2017.08.006" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165988v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeid Nezamabadi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Zahrouni" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Yvonnet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.4927" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01503455v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Potier-Ferry" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Belouettar" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2014.06.023" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958886v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zahrouni" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-013-0927-7" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822863v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Liu" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kappenstein" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Zhang" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1872-2067(11)60402-6" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W2XKPRLV-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822995v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267975v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. B Hu" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.-Q Feng" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/wccm-eccomas.2020.206" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644986v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Detrez" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056161v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00851737v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722074v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422485v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00711536v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194564v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Budinger" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Liscouet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Mar&#233;" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498327v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Weikl" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Joubert" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bonamy" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Seeger" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695811v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Sellam" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696029v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05434270v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.A. Ma" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.X. Xia" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.T. Gu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.J. Liu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Cong" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2025.104487" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05189516v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenzhao Shu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gongye Zhang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Cong" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuitao Gu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2025.116297" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401042v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zixu Xia" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Touz&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhi-Qiang Feng" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tws.2025.114329" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05417356v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Shen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.Z. Zhang" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2025.119499" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05243806v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxuan Zhang" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhonghua Dai" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xujun Li" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenxi Liu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanyuan Zheng" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mssp.2025.110008" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05243809v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Nasir Rafiq" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10854-025-15557-6" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925592v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houan Ma" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liqun Xiao" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2025.105265" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072224v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Zhao" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mssp.2025.109656" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950187v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.B. Hu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Zhou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.-Q. Xiao" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2025.105260" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983715v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinqiang Guo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2025.02.386" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002466v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2025.236759" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063078v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10854-025-14750-x" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04978132v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Shen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honor&#233; Yin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2025.119015" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568717v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libang Hu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng He" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2024.113243" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04613673v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Chen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaolong Wang" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2024.112387" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518741v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Runze Zhang" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sellam" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amer Chpoun" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2024.118412" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04546064v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengyao Peng" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Liu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2024.117751" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04504111v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiping Yin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2024.111324" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04430124v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Hui" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10812865231212867" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667500v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Shen" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Gu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Zhang" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ad62cb" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698186v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2024.110444" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795407v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chpoun" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0232296" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355086v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenbo Lei" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang Liu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Tang" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engstruct.2023.117275" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04678259v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yijin Cheng" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Li" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joli" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiqiang Feng" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S175882512450087X" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04535951v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yishuai Jing" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanbo Chu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenyu Liu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.4c02280" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561964v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuting Li" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaming Song" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bingda Li" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuo Wang" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.4c00623" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04443608v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuangzhuang He" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaopeng Wang" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Hong" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.MECHMAT.2024.104909" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588289v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2024.105029" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04293652v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Michaux" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gaume" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Qu&#233;m&#233;ner" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2023.107689" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648263v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Liao" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechrescom.2024.104300" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04443587v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Liang" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Pan" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.MSSP.2023.108046" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04211694v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengyu Lai" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2023.104788" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04211699v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuohui Yin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiahui Huang" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhihui Zou" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tinh Quoc Bui" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2023.105142" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688351v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00707-023-03804-y" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04293658v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ad026c" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03834246v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Chen" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2022.107892" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04211706v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingmao Peng" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ke Li" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2023.115777" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04239385v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruiyang Li" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Xu" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.3c03084" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04211704v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Hou" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shintaro Yasui" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.170639" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03763282v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Y Lai" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Z He" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Y. Zhang" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10338-022-00359-8" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615771v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2022.116889" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334426v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10338-021-00271-7" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481049v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2021.114478" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737338v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2022.104418" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334432v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ning Zhang" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Liu" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingang Liu" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiantang Yu" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2021.107941" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418559v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Renaud" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-021-02122-1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267984v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ding" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Li" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Xu" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eml.2020.100988" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376497v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas L&#246;schel" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Grosskurth" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Colombier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Criqui" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Du Xiangwan" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5018/economics-ejournal.ja.2018-12" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592437v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Wang" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenbo Fu" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongzhong Huo" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2017.08.006" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165988v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeid Nezamabadi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Zahrouni" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Yvonnet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.4927" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01503455v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Potier-Ferry" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Belouettar" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2014.06.023" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958886v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zahrouni" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-013-0927-7" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822863v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Liu" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kappenstein" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Zhang" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1872-2067(11)60402-6" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W2XKPRLV-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822995v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267975v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. B Hu" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.-Q Feng" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/wccm-eccomas.2020.206" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644986v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Detrez" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056161v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00851737v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722074v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422485v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00711536v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194564v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Budinger" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Liscouet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Mar&#233;" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498327v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Weikl" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Joubert" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bonamy" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Seeger" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695811v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Sellam" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696029v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>