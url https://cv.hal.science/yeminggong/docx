--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Yeming GONG </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yeming (Yale) Gong is Head of AIM Institute, Director of Business Intelligence Center (BIC), and a full professor at emlyon business school, France. He holds a Master degree from INSEAD, and a Ph.D. from Rotterdam School of Management, Erasmus University, Netherlands. He was a post-doc researcher at the University of Chicago. He published 100+ Web of Science Core Collection articles in 40+ indexed journals including Production and Operations Management, Transportation Science, European Journal of Information Systems, International Journal of Research in Marketing, European Journal of Operational Research, International Journal of Production Economics, International Journal of Production Research, Transportation Research (E, D), International Journal of Operations & Production Management, Journal of Business Research, Annals of Operations Research, Computers & Operations Research, Computers & Industrial Engineering, Journal of the Operational Research Society, OMEGA, Information & Management, International Journal of Information Management, Information Technology & People, Computers in Human Behavior, International Journal of Hospitality Management, Journal of Manufacturing Systems, Supply Chain Management, Expert Systems with Applications, Journal of Economics, Journal of Productivity Analysis , IISE Transactions, IEEE Transactions on Network Science and Engineering, and IEEE Transactions on Engineering Management. He serves as an associate editor for 4 journals, and a reviewer for 44 journals.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (94)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of Heterogeneous Robots: Operating Policies of Warehousing Systems With the Lift Robot and Ground Robot Collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhengming Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wanying Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Naval Research Logistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, pp.38. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/nav.70055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Examination of risks in circular supply chains using transition management lens: towards a circular economy in emerging markets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divya Choudhary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajay Kumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanos Papadopoulos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Operational Research Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 77 (1), pp.127 - 145. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01605682.2025.2459252⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05489667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Would an AI chatbot persuade you : An empirical answer from the elaboration likelihood model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qian Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changqin Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Technology and People</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 38 (2), 937-962 p. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/ITP-10-2021-0764⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of energy consumption in robotic mobile fulfillment systems : Performance evaluation and operating policies with dynamic priority</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wanying Amanda Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhengming Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kun Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Omega</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 130, 16 p. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.omega.2024.103168⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assigning parcel destinations to drop-off points in a congested robotic sorting system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuerong Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bipan Zou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Naval Research Logistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 72 (2), 220-241 p. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/nav.22220⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The golden zone of AI’s emotional expression in frontline chatbot service failures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qian Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaobin Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Robert Luo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Internet Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 35 (3), 1065-1103 p. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/INTR-07-2023-0551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance Analysis of Multi-Tote Storage and Retrieval Autonomous Mobile Robot Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhizhen Qin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transportation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 58 (5), 1033-1055 p. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1287/trsc.2023.0397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ChatGPT, AI-generated content, and engineering management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zuge Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers of Engineering Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11 (1), 159-166 p. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s42524-023-0289-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04463434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operational policies and performance analysis for overhead robotic compact warehousing systems with bin reshuffling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rong Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheng Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 62 (14), 5236-5251 p. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2023.2289643⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04463433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural rearrangement of the network system from an efficiency perspective : A silver lining of profit improvement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yao Wen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qingxian An</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pengkun Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 316 (3), 1001-1011 p. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejor.2024.02.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resilience, efficiency fluctuations, and regional heterogeneity in disaster : An empirical study on logistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Longfei Xue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bingnan Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-Economic Planning Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 93, 12 p. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.seps.2024.101854⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilateral Models of Cross-Licensing for Smart Products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Menghuan Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huaige Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianpei Hong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Engineering Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 71, 58-75 p. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TEM.2021.3109089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04357265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delivery network design of a locker-drone delivery system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bipan Zou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siqing Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhe Yuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuqian Shi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 62 (11), 4097-4121 p. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2023.2254402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04343875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coexistence Paradigm of The Technological Catching Up Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Xiong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lu Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shubho Chakraborty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 28 (2), pp.36-48. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.59876/a-mfzy-bavs⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04042458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does battery management matter? Performance evaluation and operating policies in a self-climbing robotic warehouse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wanying Amanda Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qi Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongwei Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 312 (1), 164-181 p. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejor.2023.06.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04337021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special issue on service-oriented manufacturing supply chain management in Industry 4.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhong-Zhong Jiang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Pun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaolong Guo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 62 (20), 7301-7303 p. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2024.2384171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustaining and sharing : Optimal decisions in product-sharing platforms with green services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mingyang Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Operational Research Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 75 (4), 619-633 p. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01605682.2023.2197934⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticipatory shipping versus emergency shipment : Data-driven optimal inventory models for online retailers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xinxin Ren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yacine Rekik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 62 (7), 2548-2565 p. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2023.2219343⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptualization and Measurement of Voice Interaction Usability : The Development of Cooperative Principle Theory for Smart Product Use</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qian Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Keil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shan Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaobin Lu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MIS Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 48 (3), 1009-1046 p. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25300/MISQ/2023/17525⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How subsidiaries differ in IT-enabled supply chain integration : The role of multinational firms’ cultural and geographical distance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jing Tan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shan Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyi Mao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary Parkinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Pagell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 277, 11 p. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2024.109398⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity in online self-organizing teams : Longitudinal evidence from an open innovation community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jifeng Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaobin Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Li</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management Decision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 62 (1), 219-239 p. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/MD-09-2022-1182⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04463431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">User Experience of Digital Voice Assistant : Conceptualization and Measurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qian Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaobin Lu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Transactions on Computer-Human Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 31 (1), 1-35 p. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3622782⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04463432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farmers' green technology adoption : Implications from government subsidies and information sharing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianpei Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying-Ju Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hua Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Naval Research Logistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 71 (2), 286-317 p. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/nav.22150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04339466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergency production of medical products : partial decentralization vs. complete decentralization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huaige Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yimeng He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuke Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianpei Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Management Analytics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11 (3), 445-470 p. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23270012.2024.2372638⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balancing structural IT capabilities for organizational agility in digital transformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyi Mao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shan Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Operations and Production Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 44 (1), 315-344 p. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/IJOPM-09-2022-0595⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ripping off regular consumers? The antecedents and consequences of consumers’ perceptions of e-commerce platforms’ digital power abuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qian Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yumeng Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shan Liu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Business Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 166, 12 p. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbusres.2023.114123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04339460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of buy-online-and-return-in-store channel integration on online and offline behavioral intentions : The role of offline store</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaohong Xie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chung-Yean Chiang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of retailing and consumer services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 72, 14 p. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jretconser.2022.103227⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04343876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing a multi-echelon location-inventory problem with joint replenishment : A Lipschitz e-optimal approach using Lagrangian relaxation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lin Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirui Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lu Peng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 151, 21 p. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cor.2022.106128⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operations research on the sharing economy : A bibliometric analysis and literature review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liuxin Zou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiang Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mingyang Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mengchen Xia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronic Commerce Research and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 59, 16 p. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.elerap.2023.101265⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04343871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Warehouses without aisles : Layout design of a multi-deep rack climbing robotic system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wanying Amanda Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transportation Research Part E: Logistics and Transportation Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 179, 19 p. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tre.2023.103281⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04343870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of trust-building in online recycling platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanting Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuqing Liang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhe Yuan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 263, 17 p. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2023.108962⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robo-advisors and investment intention : A perspective of value-based adoption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianpei Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liwei Pan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qian Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 60 (6), 14 p. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.im.2023.103832⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04339461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance estimation of a passing-crane automated storage and retrieval system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wanying Amanda Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 60 (4), 1210-1230 p. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2020.1854886⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classifying and measuring the service quality of AI chatbot in frontline service</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qian Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaobin Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jing Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Business Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 145, 552-568 p. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbusres.2022.02.088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Big Data Analytics Capability and Business Alignment for Organizational Agility : A Fit Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaohong Xie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Xiong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 30 (1), 27 p. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/JGIM.302915⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A data envelopment analysis model integrated with portfolio theory for energy mix adjustment : Evidence in the power industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ximei Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhongbao Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenbin Liu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-Economic Planning Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 83, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.seps.2022.101332⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demand information acquisition and disclosure in a non-instantaneous deteriorating items supply chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yimeng He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianpei Hong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Industrial Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 169, 11 p. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cie.2022.108250⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of pickup/deposit stations and dwell point locations in bi-directional flow-rack AS/RSs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tian Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bipan Zou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 60 (20), 6248-6267 p. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2021.1988751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuzzy closed-loop supply chain models with quality and marketing effort-dependent demand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huaige Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zongjun Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianpei Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qin Zhong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expert Systems with Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 207, 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data-driven cloud simulation architecture for automated flexible production lines : application in real smart factories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Luo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zailin Guan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cong He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Yue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 60 (12), 3751-3773 p. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2021.1931977⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a multi-party interaction framework : State-of-the-art review in sustainable operations management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhaofu Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyan Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yugang Yu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 60 (8), 2625-2661 p. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2021.1894368⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information technology and performance : Integrating data envelopment analysis and configurational approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiawen Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryad Titah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Operational Research Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 73 (6), 1278-1293 p. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01605682.2021.1907238⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equivalence and revenue comparison among identical-item auctions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuang Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yong Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 134 (3), 261-292 p. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00712-021-00746-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance evaluation of compact automated parking systems with mobile application and customer service priority</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qi Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhengguo Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wanying Amanda Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 59 (10), 2926-2959 p. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2020.1743895⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the Intellectual Structure and International Cooperation in Information Management : A Bibliometric Overview Using 2-Tuple Linguistic Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huaige Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianpei Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qing Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shan Liu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (6), 20 p. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/JGIM.294577⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of bank performance from multiple perspectives : An alternative solution to the deposit dilemma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanfeng Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiawei Yang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Productivity Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 56 (2-3), 151-170 p. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11123-021-00614-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile Interactivity and Perceived Waiting Time : The Role of Cognitive Absorption and Perceived Procedural Justice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changqin Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ma Huimin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qian Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaobin Shu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (6), 20 p. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/JGIM.20211101.oa27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03598765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality information acquisition and disclosure with green manufacturing in a closed-loop supply chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianpei Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xinlu Cao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wanying (amanda) Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 232, 16 p. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2020.107997⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dilemma of quality information disclosure in technology licensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianpei Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Menghuan Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 294 (2), 543-557 p. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejor.2021.02.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can AI artifacts influence human cognition? The effects of artificial autonomy in intelligent personal assistants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qian Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaobin Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhao Pan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiling Yang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 56, 15 p. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijinfomgt.2020.102250⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual humanness and trust in conversational AI : A person-centered approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaobin Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers in Human Behavior</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 119, </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chb.2021.106727⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03598766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data-driven decision and analytics of collection and delivery point location problems for online retailers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaohan Shen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wanying (amanda) Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongwei Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Omega</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 100, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.omega.2020.102280⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A two-stage model for forecasting consumers' intention to purchase with e-coupons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xinxin Ren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jingjing Cao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of retailing and consumer services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 59, 12 p. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jretconser.2020.102289⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robotic mobile fulfilment systems considering customer classes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mingzhou Jin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhe Yuan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 59 (16), 5032-5049 p. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2020.1779370⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Free add-on services and perceived value in competitive environments: Evidence from online hotel reviews</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shan Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baojun Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Gallivan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Hospitality Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 90, </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijhm.2020.102611⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collusion or Not: The optimal choice of competing retailers in a closed-loop supply chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qifei Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianpei Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming (Yale) Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wanying (amanda) Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 225, pp.107580 -. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2019.107580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03490793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trade-in for remanufactured products: Pricing with double reference effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prakash Mirchandani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 230, pp.107800 -. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2020.107800⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03490797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of carbon emission reduction on supply chain coordination with vendor-managed deteriorating product inventory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qingguo Bai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mingzhou Jin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 208, 83-99 p. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2018.11.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An integrated data analysis of configurations of supply chain integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiawen Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinlong Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cluster Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 22 (3), pp.6393-6404. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10586-018-2139-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Design and Planning for Compact Automated Parking Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guangmei Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bipan Zou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 273 (3), 948-967 p. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejor.2018.09.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategic information sharing under revenue-sharing contract : Explicit vs. tacit collusion in retailers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daozhi Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mingyang Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Industrial Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 131, 99-114 p. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cie.2019.03.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal decisions in reducing loss rate of returnable transport items</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiangxiang Fan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bipan Zou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 214, 1050-1060 p. </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2018.12.211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When to increase firms’ sustainable operations for efficiency? A data envelopment analysis in the retailing industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiawen Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Zhu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 277 (3), 1010-1026 p. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejor.2019.03.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Green product design considering functional-product reference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhaofu Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hao Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 210, 155-168 p. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2019.01.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The joint effects of IT resources and CEO support in IT assimilation : Evidence from large-sized enterprises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peiran Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinlong Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyi Mao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shan Liu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial Management and Data Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 119 (6), 1321-1338 p. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/IMDS-08-2018-0345⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergency Relief Routing Models for Injured Victims Considering Equity and Priority</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yishui Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jun Gu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 283 (1/2), 1573-1606 p. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10479-018-3089-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02879681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machine learning in explaining nonprofit organizations’ participation : a driving factors analysis approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhanxue Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiyuan Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiawen Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neural Computing and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 31 (12), 8267-8277 p. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00521-018-3858-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02880932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated flexible transfer line design problem : Sequential and reconfigurable stages with parallel machining cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cong He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zailin Guan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chuangjian Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Yue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Manufacturing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 52 part A, 157-171 p. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmsy.2019.05.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supply chain choice with financial constraints on the internet : Drop shipping vs. traditional channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kuan Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Industrial Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 137, 13 p. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cie.2019.106093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02325454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why do users resist service organization’s brand mobile apps? The force of barriers versus cross-channel synergy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qian Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaobin Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qing Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 47, 274-282 p. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijinfomgt.2018.07.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality efforts in medical supply chains considering patient benefits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mingzhou Jin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 279 (3), 795-807 p. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejor.2019.06.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travel time models for split-platform automated storage and retrieval systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tian Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 197, 197-214 p. </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2017.12.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A DEA-based approach for competitive environment analysis in global operations strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiawen Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinlong Zhang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 203, 110-123 p. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2018.05.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Job Satisfaction, Turnover Intention and Work Performance in Chinese Family Enterprises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaobin Shu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Xiong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Hu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 22 (2), 84-95 p. </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1058163ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating battery charging and swapping strategies in a robotic mobile fulfillment system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bipan Zou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 267 (2), 733-753 p. </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejor.2017.12.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travel-time model of dual-command cycles in a 3D compact AS/RS with lower mid-point I/O dwell point policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiangxiang Fan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guwen Shen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bipan Zou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 56 (4), 1620-1641 p. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2017.1361049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bot-In-Time Delivery for Robotic Mobile Fulfillment Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhe Yuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Yale Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Engineering Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 64 (1), pp.83 - 93. </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TEM.2016.2634540⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01760207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial concentration, impact factors and prevention-control measures of PM2.5 pollution in China</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhua Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yufeng Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guizhi Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natural Hazards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 86 (1), 393-410 p. </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11069-016-2697-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02311981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic lot-sizing models for retailers with online channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haoxuan Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming (Yale) Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chengbin Chu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinlong Zhang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 183 (Part A), pp.171 - 184. </w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2016.10.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01760165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bot-In-Time Delivery for Robotic Mobile Fulfillment Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhe Yuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Engineering Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 64 (1), 83-93 p. </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TEM.2016.2634540⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02311982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic lot-sizing models with pricing for new products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiang Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming (Yale) Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haoxuan Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chengbin Chu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinlong Zhang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 260 (1), pp.81 - 92. </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejor.2016.12.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01760185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Lot-Sizing Models with Pricing for New Products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiang Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haoxuan Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chengbin Chu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinlong Zhang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 260 (1), 81-92 p. </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejor.2016.12.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02311963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assignment rules in robotic mobile fulfilment systems for online retailers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bipan Zou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming (Yale) Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhe Yuan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 55 (20), pp.6175 - 6192. </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2017.1331050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01737806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social capital, motivations, and knowledge sharing intention in health Q&amp;A communities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xing Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shan Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xing Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management Decision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 55 (7), 1536-1557 p. </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/MD-10-2016-0739⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing public storage warehouses with high demand for revenue maximisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhe Yuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haoxuan Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chengbin Chu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinlong Zhang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 55 (13), pp.3686 - 3700. </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2016.1211338⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01356223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travel-time models and fill-grade factor analysis for double-deep multi-aisle AS/RSs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bipan Zou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guwen Shen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 54 (14), 4126-4144 p. </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2015.1106604⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02313361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increasing the Revenue of Self-Storage Warehouses by Optimizing Order Scheduling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiandong Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuyu Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steef van de Velde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 252 (1), 69-78 p. </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejor.2015.12.044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02313355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing Self-Storage Warehouses with Customer Choice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuyu Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 54 (10), 3080-3104 p. </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2016.1158880⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02313369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling parallel movement of lifts and vehicles in tier-captive vehicle-based warehousing systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bipan Zou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 254 (1), 51-67 p. </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejor.2016.03.039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01892897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increasing the Revenue of Self-Storage Warehouses by Facility Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans J.B.G. Frenk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana F. Gabor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Production and Operations Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 22 (3), 555-570 p. </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1937-5956.2012.01380.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02313025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic optimization for transshipment problems with positive replenishment lead times</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enver Yucesan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 135 (1), 61-72 p. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2010.09.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A review on stochastic models and analysis of warehouse operations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logistics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 3 (4), 191-205 p. </w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12159-011-0057-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Flexible Evaluative Framework for Order Picking Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chien-Ming Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jo A.E.E. Van Nunen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Production and Operations Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 19 (1), 70-82 p. </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1937-5956.2009.01047.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A polling-based dynamic order picking system for online retailers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIE Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 40 (11), 1070-1082 p. </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/07408170802167670⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantity-Flexibility Contract Models for the Supply Chain with Green-Sensitive Demand in the Automotive Manufacturing Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhe Yuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mingyang Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFIP International Conference on Advances in Production Management Systems (APMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Nantes, France. pp.441-449, </w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-85906-0_49⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04022127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-fidelity Simulation-Based Optimisation for Large-Scale Production Release Planning in Wafer Fabs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhengmin Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zailin Guan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qian Shen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFIP International Conference on Advances in Production Management Systems (APMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Nantes, France. pp.517-525, </w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-85914-5_55⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03897861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Literature Review on Smart Technologies and Logistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xingwei Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFIP International Conference on Advances in Production Management Systems (APMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Nantes, France. pp.560-567, </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-85910-7_59⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving the Speed Delivery for Robotic Warehouses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhe Yuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming(Yale) Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th IFAC Conference on Manufacturing Modelling, Management and Control MIM 2016 </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Troyes, France. pp.49 - 61, </w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2016.07.661⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01430553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inventory Replenishment Models with Advance Demand Information for Agricultural Online Retailers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haoxuan Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming (Yale) Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chengbin Chu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinlong Zhang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Conference on Operations Research (OR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Rotterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01786668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation and Upgrade of the Optical Fiber Industry in China</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ma Huimin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Dai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changqin Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ke Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Han Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analyzing the Impacts of Industry 4.0 in Modern Business Environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IGI Global, pp.24-40, 2018, Advances in Business Information Systems and Analytics, </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/978-1-5225-3468-6.ch002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03395899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global Operations Strategy : Fundamentals and Practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer-Verlag, XVI-320p., 2013, 978-3642367076. </w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-36708-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02298186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId364"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Yeming GONG </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yeming (Yale) Gong is Head of AIM Institute, Director of Business Intelligence Center (BIC), and a full professor at emlyon business school, France. He holds a Master degree from INSEAD, and a Ph.D. from Rotterdam School of Management, Erasmus University, Netherlands. He was a post-doc researcher at the University of Chicago. He published 100+ Web of Science Core Collection articles in 40+ indexed journals including Production and Operations Management, Transportation Science, European Journal of Information Systems, International Journal of Research in Marketing, European Journal of Operational Research, International Journal of Production Economics, International Journal of Production Research, Transportation Research (E, D), International Journal of Operations & Production Management, Journal of Business Research, Annals of Operations Research, Computers & Operations Research, Computers & Industrial Engineering, Journal of the Operational Research Society, OMEGA, Information & Management, International Journal of Information Management, Information Technology & People, Computers in Human Behavior, International Journal of Hospitality Management, Journal of Manufacturing Systems, Supply Chain Management, Expert Systems with Applications, Journal of Economics, Journal of Productivity Analysis , IISE Transactions, IEEE Transactions on Network Science and Engineering, and IEEE Transactions on Engineering Management. He serves as an associate editor for 4 journals, and a reviewer for 44 journals.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (94)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of Heterogeneous Robots: Operating Policies of Warehousing Systems With the Lift Robot and Ground Robot Collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhengming Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wanying Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Naval Research Logistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, pp.38. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/nav.70055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Examination of risks in circular supply chains using transition management lens: towards a circular economy in emerging markets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divya Choudhary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajay Kumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanos Papadopoulos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Operational Research Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 77 (1), pp.127 - 145. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01605682.2025.2459252⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05489667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Would an AI chatbot persuade you : An empirical answer from the elaboration likelihood model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qian Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changqin Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Technology and People</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 38 (2), 937-962 p. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/ITP-10-2021-0764⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assigning parcel destinations to drop-off points in a congested robotic sorting system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuerong Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bipan Zou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Naval Research Logistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 72 (2), 220-241 p. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/nav.22220⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of energy consumption in robotic mobile fulfillment systems : Performance evaluation and operating policies with dynamic priority</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wanying Amanda Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhengming Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kun Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Omega</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 130, 16 p. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.omega.2024.103168⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The golden zone of AI’s emotional expression in frontline chatbot service failures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qian Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaobin Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Robert Luo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Internet Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 35 (3), 1065-1103 p. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/INTR-07-2023-0551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balancing structural IT capabilities for organizational agility in digital transformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyi Mao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shan Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Operations and Production Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 44 (1), 315-344 p. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/IJOPM-09-2022-0595⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance Analysis of Multi-Tote Storage and Retrieval Autonomous Mobile Robot Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhizhen Qin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transportation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 58 (5), 1033-1055 p. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1287/trsc.2023.0397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ChatGPT, AI-generated content, and engineering management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zuge Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers of Engineering Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11 (1), 159-166 p. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s42524-023-0289-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04463434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural rearrangement of the network system from an efficiency perspective : A silver lining of profit improvement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yao Wen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qingxian An</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pengkun Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 316 (3), 1001-1011 p. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejor.2024.02.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operational policies and performance analysis for overhead robotic compact warehousing systems with bin reshuffling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rong Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheng Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 62 (14), 5236-5251 p. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2023.2289643⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04463433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilateral Models of Cross-Licensing for Smart Products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Menghuan Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huaige Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianpei Hong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Engineering Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 71, 58-75 p. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TEM.2021.3109089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04357265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delivery network design of a locker-drone delivery system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bipan Zou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siqing Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhe Yuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuqian Shi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 62 (11), 4097-4121 p. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2023.2254402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04343875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resilience, efficiency fluctuations, and regional heterogeneity in disaster : An empirical study on logistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Longfei Xue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bingnan Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-Economic Planning Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 93, 12 p. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.seps.2024.101854⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coexistence Paradigm of The Technological Catching Up Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Xiong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lu Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shubho Chakraborty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 28 (2), pp.36-48. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.59876/a-mfzy-bavs⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04042458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does battery management matter? Performance evaluation and operating policies in a self-climbing robotic warehouse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wanying Amanda Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qi Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongwei Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 312 (1), 164-181 p. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejor.2023.06.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04337021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special issue on service-oriented manufacturing supply chain management in Industry 4.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhong-Zhong Jiang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Pun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaolong Guo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 62 (20), 7301-7303 p. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2024.2384171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustaining and sharing : Optimal decisions in product-sharing platforms with green services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mingyang Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Operational Research Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 75 (4), 619-633 p. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01605682.2023.2197934⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticipatory shipping versus emergency shipment : Data-driven optimal inventory models for online retailers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xinxin Ren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yacine Rekik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 62 (7), 2548-2565 p. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2023.2219343⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">User Experience of Digital Voice Assistant : Conceptualization and Measurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qian Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaobin Lu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Transactions on Computer-Human Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 31 (1), 1-35 p. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3622782⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04463432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptualization and Measurement of Voice Interaction Usability : The Development of Cooperative Principle Theory for Smart Product Use</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qian Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Keil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shan Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaobin Lu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MIS Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 48 (3), 1009-1046 p. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25300/MISQ/2023/17525⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How subsidiaries differ in IT-enabled supply chain integration : The role of multinational firms’ cultural and geographical distance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jing Tan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shan Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyi Mao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary Parkinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Pagell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 277, 11 p. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2024.109398⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity in online self-organizing teams : Longitudinal evidence from an open innovation community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jifeng Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaobin Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Li</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management Decision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 62 (1), 219-239 p. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/MD-09-2022-1182⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04463431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergency production of medical products : partial decentralization vs. complete decentralization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huaige Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yimeng He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuke Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianpei Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Management Analytics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11 (3), 445-470 p. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23270012.2024.2372638⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farmers' green technology adoption : Implications from government subsidies and information sharing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianpei Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying-Ju Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hua Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Naval Research Logistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 71 (2), 286-317 p. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/nav.22150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04339466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robo-advisors and investment intention : A perspective of value-based adoption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianpei Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liwei Pan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qian Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 60 (6), 14 p. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.im.2023.103832⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04339461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ripping off regular consumers? The antecedents and consequences of consumers’ perceptions of e-commerce platforms’ digital power abuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qian Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yumeng Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shan Liu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Business Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 166, 12 p. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbusres.2023.114123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04339460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of buy-online-and-return-in-store channel integration on online and offline behavioral intentions : The role of offline store</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaohong Xie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chung-Yean Chiang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of retailing and consumer services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 72, 14 p. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jretconser.2022.103227⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04343876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing a multi-echelon location-inventory problem with joint replenishment : A Lipschitz e-optimal approach using Lagrangian relaxation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lin Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sirui Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lu Peng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 151, 21 p. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cor.2022.106128⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operations research on the sharing economy : A bibliometric analysis and literature review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liuxin Zou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiang Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mingyang Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mengchen Xia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronic Commerce Research and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 59, 16 p. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.elerap.2023.101265⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04343871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Warehouses without aisles : Layout design of a multi-deep rack climbing robotic system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wanying Amanda Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transportation Research Part E: Logistics and Transportation Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 179, 19 p. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tre.2023.103281⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04343870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of trust-building in online recycling platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanting Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuqing Liang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhe Yuan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 263, 17 p. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2023.108962⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information technology and performance : Integrating data envelopment analysis and configurational approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiawen Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryad Titah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Operational Research Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 73 (6), 1278-1293 p. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01605682.2021.1907238⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a multi-party interaction framework : State-of-the-art review in sustainable operations management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhaofu Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyan Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yugang Yu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 60 (8), 2625-2661 p. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2021.1894368⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance estimation of a passing-crane automated storage and retrieval system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wanying Amanda Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 60 (4), 1210-1230 p. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2020.1854886⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classifying and measuring the service quality of AI chatbot in frontline service</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qian Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaobin Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jing Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Business Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 145, 552-568 p. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbusres.2022.02.088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Big Data Analytics Capability and Business Alignment for Organizational Agility : A Fit Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaohong Xie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Xiong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 30 (1), 27 p. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/JGIM.302915⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A data envelopment analysis model integrated with portfolio theory for energy mix adjustment : Evidence in the power industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ximei Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhongbao Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenbin Liu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-Economic Planning Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 83, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.seps.2022.101332⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demand information acquisition and disclosure in a non-instantaneous deteriorating items supply chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yimeng He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianpei Hong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Industrial Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 169, 11 p. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cie.2022.108250⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of pickup/deposit stations and dwell point locations in bi-directional flow-rack AS/RSs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tian Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bipan Zou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 60 (20), 6248-6267 p. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2021.1988751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuzzy closed-loop supply chain models with quality and marketing effort-dependent demand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huaige Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zongjun Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianpei Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qin Zhong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expert Systems with Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 207, 15 p. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eswa.2022.118081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data-driven cloud simulation architecture for automated flexible production lines : application in real smart factories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Luo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zailin Guan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cong He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Yue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 60 (12), 3751-3773 p. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2021.1931977⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equivalence and revenue comparison among identical-item auctions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuang Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yong Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 134 (3), 261-292 p. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00712-021-00746-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance evaluation of compact automated parking systems with mobile application and customer service priority</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qi Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhengguo Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wanying Amanda Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 59 (10), 2926-2959 p. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2020.1743895⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the Intellectual Structure and International Cooperation in Information Management : A Bibliometric Overview Using 2-Tuple Linguistic Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huaige Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianpei Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qing Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shan Liu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (6), 20 p. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/JGIM.294577⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of bank performance from multiple perspectives : An alternative solution to the deposit dilemma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yanfeng Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiawei Yang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Productivity Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 56 (2-3), 151-170 p. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11123-021-00614-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality information acquisition and disclosure with green manufacturing in a closed-loop supply chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianpei Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xinlu Cao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wanying (amanda) Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 232, 16 p. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2020.107997⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile Interactivity and Perceived Waiting Time : The Role of Cognitive Absorption and Perceived Procedural Justice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changqin Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ma Huimin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qian Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaobin Shu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (6), 20 p. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/JGIM.20211101.oa27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03598765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dilemma of quality information disclosure in technology licensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianpei Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Menghuan Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 294 (2), 543-557 p. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejor.2021.02.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04325612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A two-stage model for forecasting consumers' intention to purchase with e-coupons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xinxin Ren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jingjing Cao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of retailing and consumer services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 59, 12 p. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jretconser.2020.102289⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data-driven decision and analytics of collection and delivery point location problems for online retailers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaohan Shen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wanying (amanda) Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongwei Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Omega</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 100, </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.omega.2020.102280⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can AI artifacts influence human cognition? The effects of artificial autonomy in intelligent personal assistants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qian Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaobin Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhao Pan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiling Yang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 56, 15 p. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijinfomgt.2020.102250⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual humanness and trust in conversational AI : A person-centered approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaobin Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers in Human Behavior</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 119, </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chb.2021.106727⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03598766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robotic mobile fulfilment systems considering customer classes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mingzhou Jin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhe Yuan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 59 (16), 5032-5049 p. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2020.1779370⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trade-in for remanufactured products: Pricing with double reference effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prakash Mirchandani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 230, pp.107800 -. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2020.107800⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03490797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Free add-on services and perceived value in competitive environments: Evidence from online hotel reviews</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shan Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baojun Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Gallivan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Hospitality Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 90, </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijhm.2020.102611⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collusion or Not: The optimal choice of competing retailers in a closed-loop supply chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qifei Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianpei Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming (Yale) Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wanying (amanda) Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 225, pp.107580 -. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2019.107580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03490793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supply chain choice with financial constraints on the internet : Drop shipping vs. traditional channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kuan Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Industrial Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 137, 13 p. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cie.2019.106093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02325454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why do users resist service organization’s brand mobile apps? The force of barriers versus cross-channel synergy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qian Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaobin Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qing Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 47, 274-282 p. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijinfomgt.2018.07.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality efforts in medical supply chains considering patient benefits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mingzhou Jin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 279 (3), 795-807 p. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejor.2019.06.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of carbon emission reduction on supply chain coordination with vendor-managed deteriorating product inventory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qingguo Bai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mingzhou Jin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 208, 83-99 p. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2018.11.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An integrated data analysis of configurations of supply chain integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiawen Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinlong Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cluster Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 22 (3), pp.6393-6404. </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10586-018-2139-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Design and Planning for Compact Automated Parking Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guangmei Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bipan Zou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 273 (3), 948-967 p. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejor.2018.09.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategic information sharing under revenue-sharing contract : Explicit vs. tacit collusion in retailers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daozhi Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mingyang Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Industrial Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 131, 99-114 p. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cie.2019.03.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal decisions in reducing loss rate of returnable transport items</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiangxiang Fan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bipan Zou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 214, 1050-1060 p. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2018.12.211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When to increase firms’ sustainable operations for efficiency? A data envelopment analysis in the retailing industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiawen Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Zhu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 277 (3), 1010-1026 p. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejor.2019.03.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Green product design considering functional-product reference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhaofu Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hao Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 210, 155-168 p. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2019.01.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The joint effects of IT resources and CEO support in IT assimilation : Evidence from large-sized enterprises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peiran Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinlong Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyi Mao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shan Liu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial Management and Data Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 119 (6), 1321-1338 p. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/IMDS-08-2018-0345⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergency Relief Routing Models for Injured Victims Considering Equity and Priority</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yishui Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jun Gu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 283 (1/2), 1573-1606 p. </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10479-018-3089-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02879681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machine learning in explaining nonprofit organizations’ participation : a driving factors analysis approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhanxue Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiyuan Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiawen Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neural Computing and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 31 (12), 8267-8277 p. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00521-018-3858-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02880932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated flexible transfer line design problem : Sequential and reconfigurable stages with parallel machining cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cong He</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zailin Guan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chuangjian Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Yue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Manufacturing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 52 part A, 157-171 p. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmsy.2019.05.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travel time models for split-platform automated storage and retrieval systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tian Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 197, 197-214 p. </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2017.12.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A DEA-based approach for competitive environment analysis in global operations strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiawen Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinlong Zhang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 203, 110-123 p. </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2018.05.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Job Satisfaction, Turnover Intention and Work Performance in Chinese Family Enterprises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaobin Shu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Xiong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Hu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 22 (2), 84-95 p. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1058163ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating battery charging and swapping strategies in a robotic mobile fulfillment system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bipan Zou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 267 (2), 733-753 p. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejor.2017.12.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travel-time model of dual-command cycles in a 3D compact AS/RS with lower mid-point I/O dwell point policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiangxiang Fan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guwen Shen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bipan Zou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 56 (4), 1620-1641 p. </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2017.1361049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bot-In-Time Delivery for Robotic Mobile Fulfillment Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhe Yuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Yale Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Engineering Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 64 (1), pp.83 - 93. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TEM.2016.2634540⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01760207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial concentration, impact factors and prevention-control measures of PM2.5 pollution in China</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhua Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yufeng Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guizhi Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natural Hazards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 86 (1), 393-410 p. </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11069-016-2697-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02311981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic lot-sizing models for retailers with online channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haoxuan Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming (Yale) Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chengbin Chu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinlong Zhang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 183 (Part A), pp.171 - 184. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2016.10.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01760165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bot-In-Time Delivery for Robotic Mobile Fulfillment Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhe Yuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Engineering Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 64 (1), 83-93 p. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TEM.2016.2634540⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02311982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Lot-Sizing Models with Pricing for New Products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiang Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haoxuan Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chengbin Chu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinlong Zhang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 260 (1), 81-92 p. </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejor.2016.12.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02311963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic lot-sizing models with pricing for new products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiang Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming (Yale) Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haoxuan Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chengbin Chu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinlong Zhang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 260 (1), pp.81 - 92. </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejor.2016.12.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01760185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assignment rules in robotic mobile fulfilment systems for online retailers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bipan Zou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming (Yale) Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhe Yuan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 55 (20), pp.6175 - 6192. </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2017.1331050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01737806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social capital, motivations, and knowledge sharing intention in health Q&amp;A communities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xing Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shan Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xing Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management Decision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 55 (7), 1536-1557 p. </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/MD-10-2016-0739⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing public storage warehouses with high demand for revenue maximisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhe Yuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haoxuan Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chengbin Chu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinlong Zhang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 55 (13), pp.3686 - 3700. </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2016.1211338⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01356223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling parallel movement of lifts and vehicles in tier-captive vehicle-based warehousing systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bipan Zou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 254 (1), 51-67 p. </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejor.2016.03.039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01892897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travel-time models and fill-grade factor analysis for double-deep multi-aisle AS/RSs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bipan Zou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guwen Shen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 54 (14), 4126-4144 p. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2015.1106604⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02313361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increasing the Revenue of Self-Storage Warehouses by Optimizing Order Scheduling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiandong Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuyu Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steef van de Velde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 252 (1), 69-78 p. </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejor.2015.12.044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02313355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing Self-Storage Warehouses with Customer Choice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuyu Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 54 (10), 3080-3104 p. </w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207543.2016.1158880⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02313369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increasing the Revenue of Self-Storage Warehouses by Facility Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans J.B.G. Frenk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana F. Gabor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Production and Operations Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 22 (3), 555-570 p. </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1937-5956.2012.01380.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02313025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic optimization for transshipment problems with positive replenishment lead times</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enver Yucesan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 135 (1), 61-72 p. </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpe.2010.09.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A review on stochastic models and analysis of warehouse operations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logistics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 3 (4), 191-205 p. </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12159-011-0057-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Flexible Evaluative Framework for Order Picking Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chien-Ming Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jo A.E.E. Van Nunen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Production and Operations Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 19 (1), 70-82 p. </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1937-5956.2009.01047.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A polling-based dynamic order picking system for online retailers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René de Koster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIE Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 40 (11), 1070-1082 p. </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/07408170802167670⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02312476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantity-Flexibility Contract Models for the Supply Chain with Green-Sensitive Demand in the Automotive Manufacturing Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhe Yuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mingyang Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFIP International Conference on Advances in Production Management Systems (APMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Nantes, France. pp.441-449, </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-85906-0_49⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04022127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-fidelity Simulation-Based Optimisation for Large-Scale Production Release Planning in Wafer Fabs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhengmin Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zailin Guan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qian Shen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFIP International Conference on Advances in Production Management Systems (APMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Nantes, France. pp.517-525, </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-85914-5_55⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03897861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Literature Review on Smart Technologies and Logistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xingwei Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianhao Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFIP International Conference on Advances in Production Management Systems (APMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Nantes, France. pp.560-567, </w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-85910-7_59⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving the Speed Delivery for Robotic Warehouses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhe Yuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming(Yale) Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th IFAC Conference on Manufacturing Modelling, Management and Control MIM 2016 </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Troyes, France. pp.49 - 61, </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2016.07.661⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01430553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inventory Replenishment Models with Advance Demand Information for Agricultural Online Retailers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haoxuan Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming (Yale) Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chengbin Chu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinlong Zhang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Conference on Operations Research (OR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Rotterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01786668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation and Upgrade of the Optical Fiber Industry in China</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ma Huimin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Dai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changqin Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ke Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Han Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analyzing the Impacts of Industry 4.0 in Modern Business Environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IGI Global, pp.24-40, 2018, Advances in Business Information Systems and Analytics, </w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/978-1-5225-3468-6.ch002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03395899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global Operations Strategy : Fundamentals and Practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yeming Gong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer-Verlag, XVI-320p., 2013, 978-3642367076. </w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-36708-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02298186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId365"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531899v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengming Zhang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeming Gong" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanying Chen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nav.70055" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489667v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divya Choudhary" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajay Kumar" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanos Papadopoulos" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01605682.2025.2459252" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692534v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Chen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changqin Yin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/ITP-10-2021-0764" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792337v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanying Amanda Chen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Wu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengming Wang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kun Wang" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omega.2024.103168" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792334v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuerong Chen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianhao Xu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bipan Zou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; de Koster" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nav.22220" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792333v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaobin Lu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Robert Luo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/INTR-07-2023-0551" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692530v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhizhen Qin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Yang" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/trsc.2023.0397" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463434v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuge Yu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42524-023-0289-6" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463433v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rong Wang" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Chen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2023.2289643" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692531v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Wen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingxian An" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengkun Wu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2024.02.018" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692532v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Longfei Xue" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bingnan Yang" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seps.2024.101854" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357265v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Zhao" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menghuan Zhou" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huaige Zhang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianpei Hong" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEM.2021.3109089" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343875v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siqing Wu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe Yuan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuqian Shi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2023.2254402" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042458v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Xiong" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Xu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Yan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shubho Chakraborty" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59876/a-mfzy-bavs" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337021v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Chen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongwei Wang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2023.06.025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792324v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhong-Zhong Jiang" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Pun" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaolong Guo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2024.2384171" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325714v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingyang Chen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01605682.2023.2197934" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325715v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinxin Ren" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Rekik" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2023.2219343" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792338v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Keil" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shan Liu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25300/MISQ/2023/17525" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792336v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Tan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongyi Mao" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Parkinson" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Pagell" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2024.109398" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463431v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jifeng Ma" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ran Li" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/MD-09-2022-1182" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463432v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3622782" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04339466v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying-Ju Chen" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua Wang" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nav.22150" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792335v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yimeng He" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuke Hu" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23270012.2024.2372638" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325717v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJOPM-09-2022-0595" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04339460v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yumeng Wang" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2023.114123" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343876v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaohong Xie" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chung-Yean Chiang" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jretconser.2022.103227" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325718v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Wang" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirui Wang" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Peng" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2022.106128" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343871v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liuxin Zou" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiang Wu" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengchen Xia" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elerap.2023.101265" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343870v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tre.2023.103281" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325716v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanting Huang" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuqing Liang" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2023.108962" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04339461v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liwei Pan" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.im.2023.103832" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188232v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2020.1854886" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325624v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Tang" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2022.02.088" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325618v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/JGIM.302915" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325619v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ximei Zeng" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongbao Zhou" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenbin Liu" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seps.2022.101332" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325620v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2022.108250" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325613v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tian Liu" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2021.1988751" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325621v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zongjun Wang" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qin Zhong" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325622v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Luo" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zailin Guan" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong He" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Yue" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2021.1931977" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325617v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaofu Hong" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongyan Zhang" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yugang Yu" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2021.1894368" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325623v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiawen Liu" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Zhu" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryad Titah" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01605682.2021.1907238" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325616v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuang Xu" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Zhao" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00712-021-00746-8" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188188v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengguo Wang" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2020.1743895" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325614v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qing Li" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/JGIM.294577" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325615v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Li" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanfeng Li" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiawei Yang" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11123-021-00614-z" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598765v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma Huimin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaobin Shu" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/JGIM.20211101.oa27" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188234v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinlu Cao" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanying (amanda) Chen" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2020.107997" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325612v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2021.02.002" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188233v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Hu" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhao Pan" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiling Yang" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijinfomgt.2020.102250" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598766v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Hu" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2021.106727" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188219v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaohan Shen" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omega.2020.102280" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188221v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingjing Cao" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jretconser.2020.102289" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188177v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingzhou Jin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2020.1779370" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188230v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baojun Gao" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gallivan" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhm.2020.102611" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490793v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qifei Wang" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeming (Yale) Gong" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2019.107580" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490797v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Ma" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prakash Mirchandani" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2020.107800" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312264v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingguo Bai" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2018.11.008" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312127v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinlong Zhang" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10586-018-2139-6" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312241v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangmei Wu" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2018.09.014" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312349v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daozhi Zhao" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2019.03.035" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312287v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangxiang Fan" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2018.12.211" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312352v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2019.03.019" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HT82R2MB-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312293v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Wang" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2019.01.008" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312390v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peiran Gao" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IMDS-08-2018-0345" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879681v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Zhu" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yishui Xu" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Gu" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-018-3089-3" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880932v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhanxue Gong" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiyuan Li" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00521-018-3858-6" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312388v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuangjian Wang" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmsy.2019.05.005" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325454v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuan Zeng" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2019.106093" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312265v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qing Tang" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijinfomgt.2018.07.012" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312386v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2019.06.030" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312108v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2017.12.021" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312151v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2018.05.029" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K04XMSRT-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312139v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Hu" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1058163ar" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312110v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2017.12.008" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312021v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guwen Shen" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2017.1361049" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760207v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeming Yale Gong" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEM.2016.2634540" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02311981v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianhua Wu" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yufeng Chen" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji Guo" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guizhi Wang" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11069-016-2697-y" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760165v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoxuan Xu" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengbin Chu" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2016.10.020" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02311982v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760185v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Wu" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2016.12.008" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02311963v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737806v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2017.1331050" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312039v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing Zhang" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing Chen" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/MD-10-2016-0739" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356223v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2016.1211338" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313361v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2015.1106604" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313355v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiandong Zhang" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuyu Zhou" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steef van de Velde" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2015.12.044" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313369v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2016.1158880" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892897v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2016.03.039" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313025v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans J.B.G. Frenk" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana F. Gabor" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1937-5956.2012.01380.x" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NPMTP16Z-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312630v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enver Yucesan" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2010.09.020" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GQVTSMQC-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312651v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12159-011-0057-6" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312453v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chien-Ming Chen" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo A.E.E. Van Nunen" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1937-5956.2009.01047.x" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-73XBGW9N-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312476v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07408170802167670" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04022127v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85906-0_49" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03897861v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengmin Zhang" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Shen" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85914-5_55" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03806549v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingwei Lu" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85910-7_59" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430553v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeming(Yale) Gong" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.07.661" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786668v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395899v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Dai" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ke Wang" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han Huang" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-5225-3468-6.ch002" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02298186v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-36708-3" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531899v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengming Zhang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeming Gong" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanying Chen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nav.70055" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489667v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divya Choudhary" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajay Kumar" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanos Papadopoulos" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01605682.2025.2459252" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692534v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Chen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changqin Yin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/ITP-10-2021-0764" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792334v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuerong Chen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianhao Xu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bipan Zou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; de Koster" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nav.22220" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792337v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanying Amanda Chen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Wu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengming Wang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kun Wang" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omega.2024.103168" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792333v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaobin Lu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Robert Luo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/INTR-07-2023-0551" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325717v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongyi Mao" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shan Liu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJOPM-09-2022-0595" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692530v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhizhen Qin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Yang" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/trsc.2023.0397" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463434v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuge Yu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42524-023-0289-6" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692531v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Wen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingxian An" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengkun Wu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2024.02.018" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463433v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rong Wang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Chen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2023.2289643" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357265v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Zhao" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menghuan Zhou" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huaige Zhang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianpei Hong" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEM.2021.3109089" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343875v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siqing Wu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe Yuan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuqian Shi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2023.2254402" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692532v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Longfei Xue" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bingnan Yang" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seps.2024.101854" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042458v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Xiong" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Xu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Yan" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shubho Chakraborty" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59876/a-mfzy-bavs" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337021v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Chen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongwei Wang" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2023.06.025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792324v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhong-Zhong Jiang" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Pun" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaolong Guo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2024.2384171" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325714v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingyang Chen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01605682.2023.2197934" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325715v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinxin Ren" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Rekik" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2023.2219343" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463432v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3622782" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792338v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Keil" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25300/MISQ/2023/17525" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792336v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Tan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Parkinson" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Pagell" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2024.109398" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463431v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jifeng Ma" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ran Li" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/MD-09-2022-1182" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792335v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yimeng He" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuke Hu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23270012.2024.2372638" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04339466v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying-Ju Chen" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua Wang" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nav.22150" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04339461v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liwei Pan" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.im.2023.103832" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04339460v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yumeng Wang" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2023.114123" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343876v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaohong Xie" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chung-Yean Chiang" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jretconser.2022.103227" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325718v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Wang" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirui Wang" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Peng" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2022.106128" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343871v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liuxin Zou" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiang Wu" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengchen Xia" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elerap.2023.101265" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343870v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tre.2023.103281" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325716v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanting Huang" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuqing Liang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2023.108962" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325623v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiawen Liu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Zhu" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryad Titah" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01605682.2021.1907238" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325617v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaofu Hong" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongyan Zhang" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yugang Yu" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2021.1894368" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188232v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2020.1854886" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325624v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Tang" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2022.02.088" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325618v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/JGIM.302915" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325619v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ximei Zeng" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongbao Zhou" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenbin Liu" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seps.2022.101332" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325620v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2022.108250" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325613v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tian Liu" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2021.1988751" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325621v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zongjun Wang" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qin Zhong" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2022.118081" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325622v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Luo" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zailin Guan" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong He" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Yue" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2021.1931977" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325616v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuang Xu" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Zhao" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00712-021-00746-8" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188188v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengguo Wang" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2020.1743895" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325614v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qing Li" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/JGIM.294577" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325615v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Li" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanfeng Li" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiawei Yang" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11123-021-00614-z" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188234v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinlu Cao" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanying (amanda) Chen" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2020.107997" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598765v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma Huimin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaobin Shu" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/JGIM.20211101.oa27" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325612v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2021.02.002" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188221v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingjing Cao" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jretconser.2020.102289" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188219v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaohan Shen" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omega.2020.102280" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188233v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Hu" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhao Pan" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiling Yang" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijinfomgt.2020.102250" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598766v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Hu" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2021.106727" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188177v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingzhou Jin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2020.1779370" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490797v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Ma" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prakash Mirchandani" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2020.107800" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188230v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baojun Gao" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gallivan" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhm.2020.102611" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490793v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qifei Wang" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeming (Yale) Gong" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2019.107580" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325454v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuan Zeng" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2019.106093" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312265v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qing Tang" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijinfomgt.2018.07.012" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312386v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2019.06.030" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312264v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingguo Bai" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2018.11.008" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312127v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinlong Zhang" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10586-018-2139-6" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312241v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangmei Wu" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2018.09.014" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312349v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daozhi Zhao" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2019.03.035" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312287v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangxiang Fan" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2018.12.211" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312352v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2019.03.019" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HT82R2MB-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312293v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Wang" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2019.01.008" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312390v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peiran Gao" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IMDS-08-2018-0345" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879681v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Zhu" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yishui Xu" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Gu" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-018-3089-3" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880932v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhanxue Gong" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiyuan Li" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00521-018-3858-6" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312388v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuangjian Wang" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmsy.2019.05.005" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312108v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2017.12.021" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312151v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2018.05.029" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K04XMSRT-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312139v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Hu" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1058163ar" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312110v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2017.12.008" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312021v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guwen Shen" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2017.1361049" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760207v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeming Yale Gong" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEM.2016.2634540" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02311981v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianhua Wu" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yufeng Chen" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji Guo" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guizhi Wang" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11069-016-2697-y" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760165v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoxuan Xu" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengbin Chu" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2016.10.020" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02311982v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02311963v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Wu" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2016.12.008" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760185v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737806v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2017.1331050" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312039v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing Zhang" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing Chen" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/MD-10-2016-0739" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356223v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2016.1211338" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892897v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2016.03.039" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313361v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2015.1106604" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313355v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiandong Zhang" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuyu Zhou" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steef van de Velde" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2015.12.044" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313369v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2016.1158880" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313025v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans J.B.G. Frenk" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana F. Gabor" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1937-5956.2012.01380.x" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NPMTP16Z-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312630v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enver Yucesan" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2010.09.020" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GQVTSMQC-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312651v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12159-011-0057-6" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312453v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chien-Ming Chen" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo A.E.E. Van Nunen" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1937-5956.2009.01047.x" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-73XBGW9N-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312476v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07408170802167670" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04022127v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85906-0_49" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03897861v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengmin Zhang" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Shen" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85914-5_55" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03806549v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingwei Lu" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85910-7_59" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430553v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeming(Yale) Gong" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.07.661" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786668v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395899v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Dai" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ke Wang" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han Huang" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-5225-3468-6.ch002" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02298186v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-36708-3" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>