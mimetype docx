--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -439,174 +439,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04427211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La nòva cançon occitana e la societat miègjornala</w:t>
+                <w:t xml:space="preserve">Lo numèro manifèst d’Oc (1946-1947-1948)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Lespoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lengas : revue de sociolinguistique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Plumas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04427231v1</w:t>
+                <w:t xml:space="preserve">hal-04427220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lo numèro manifèst d’Oc (1946-1947-1948)</w:t>
+                <w:t xml:space="preserve">La nòva cançon occitana e la societat miègjornala</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Lespoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plumas</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Lengas : revue de sociolinguistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 90, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/lengas.5854⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04427220v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04427231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foreigners from within ? French school and regional languages between the 19th and the 21st centuries</w:t>
               </w:r>
@@ -655,165 +655,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04428043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">My beautiful laundrette : Léon Cordes et le projet de laverie automatique de l'IEO (1951-1953)</w:t>
+                <w:t xml:space="preserve">Vidas: Création d'un dictionnaire biographique des acteurs de la renaissance d'oc en ligne : nécessité et contraintes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Lespoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des langues romanes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 120 (2), pp.403-412</w:t>
+              <w:t xml:space="preserve">La Bretagne Linguistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 20, pp.191-198</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03063268v1</w:t>
+                <w:t xml:space="preserve">hal-03067729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vidas: Création d'un dictionnaire biographique des acteurs de la renaissance d'oc en ligne : nécessité et contraintes</w:t>
+                <w:t xml:space="preserve">My beautiful laundrette : Léon Cordes et le projet de laverie automatique de l'IEO (1951-1953)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Lespoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Bretagne Linguistique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 20, pp.191-198</w:t>
+              <w:t xml:space="preserve">Revue des langues romanes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 120 (2), pp.403-412</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03067729v1</w:t>
+                <w:t xml:space="preserve">hal-03063268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre pédagogie et militantisme : la revue Viure a l'Escòla (1975-1981)</w:t>
               </w:r>
@@ -862,217 +862,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03063267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les langues minoritaires à l’école : de la critique de l’aliénation à la resocialisation linguistique. Entretien avec Christian Lagarde</w:t>
+                <w:t xml:space="preserve">Les langues minoritaires à l'école</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Guilhem Couffignal</w:t>
+                <w:t xml:space="preserve">Gilles Couffignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lenormand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Lespoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, N° 25, pp. 209-225</w:t>
+              <w:t xml:space="preserve">, 2013, 25, pp.209-225</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04203022v1</w:t>
+                <w:t xml:space="preserve">hal-03063265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les langues minoritaires à l'école</w:t>
+                <w:t xml:space="preserve">Les langues minoritaires à l’école : de la critique de l’aliénation à la resocialisation linguistique. Entretien avec Christian Lagarde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Couffignal</w:t>
+                <w:t xml:space="preserve">Gilles Guilhem Couffignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lenormand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Lespoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 25, pp.209-225</w:t>
+              <w:t xml:space="preserve">, 2013, N° 25, pp. 209-225</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03063265v1</w:t>
+                <w:t xml:space="preserve">hal-04203022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Louis Berthaud (1899-1956), médoquin, occitaniste, résistant et politicien</w:t>
               </w:r>
@@ -3127,51 +3127,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05025451v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Lespoux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04427192v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988148v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lagarde" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Verny" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11ykw" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04427211v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04427231v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lengas.5854" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04427220v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04428043v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063268v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067729v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063267v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-04203022v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Guilhem Couffignal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lenormand" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063265v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Couffignal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066447v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066446v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063270v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925734v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063271v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04428005v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071559v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069918v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069916v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071558v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069921v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071561v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069920v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071560v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071562v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766562v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Lieutard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11ykq" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04426293v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050513v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/index.php/default/pour-la-langue-d-oc-a-l-ecole.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pulm.18340" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053901v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824169v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Courouau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/document/doi/10.1515/9783110733433-027/html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110733433-027" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04428034v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057488v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903549v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Assi&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Saisset" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05025451v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Lespoux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04427192v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988148v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lagarde" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Verny" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11ykw" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04427211v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04427220v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04427231v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lengas.5854" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04428043v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067729v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063268v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063267v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063265v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Couffignal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lenormand" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-04203022v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Guilhem Couffignal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066447v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066446v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063270v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925734v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063271v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04428005v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071559v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069918v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069916v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071558v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069921v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071561v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069920v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071560v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071562v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766562v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Lieutard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11ykq" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04426293v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050513v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/index.php/default/pour-la-langue-d-oc-a-l-ecole.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pulm.18340" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053901v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824169v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Courouau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/document/doi/10.1515/9783110733433-027/html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110733433-027" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04428034v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057488v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903549v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Assi&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Saisset" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>