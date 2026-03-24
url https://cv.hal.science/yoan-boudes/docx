--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -603,256 +603,256 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Place et conscience du latin en français du Moyen Âge à nos jours</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Domestiquer la nature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoan Boudes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oleg Averyanov</w:t>
+                <w:t xml:space="preserve">Maxime Fulconis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Bellenger</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simon Hasdenteufel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Français préclassique (1500-1650)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Questes : revue pluridisciplinaire d’études médiévales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 43, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/questes.5773⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03476345v1</w:t>
+                <w:t xml:space="preserve">hal-03352303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domestiquer la nature</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Place et conscience du latin en français du Moyen Âge à nos jours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleg Averyanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bellenger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoan Boudes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Hasdenteufel</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean Cruchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Questes : revue pluridisciplinaire d’études médiévales</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le Français préclassique (1500-1650)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 23, 2021</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03352303v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03476345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les classifications zoologiques d’Aristote à Linné. Approches historiques et lexicologiques</w:t>
               </w:r>
@@ -1943,51 +1943,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FBD581B5"/>
+    <w:nsid w:val="D3ACEE4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2174,51 +2174,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yoan-boudes" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-9115-0673" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/234544597" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303837v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Boudes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/nos-ouvrages/1067-fabliaux-du-moyen-age-9782350309002.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501844v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zinaida Geylikman" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lambert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Sanchez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=61978" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03613388v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Sancho" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Antoinette Alamenciak" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Besson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Boestad" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476345v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Averyanov" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bellenger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cruchet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Nahon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352303v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fulconis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hasdenteufel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questes.5773" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251968v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meyssa Ben Saad" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thuault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Br&#233;mont" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286392v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283612v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/peme.36348" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02961879v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Moulinier-Brogi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Ducos" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Lafor&#234;t" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Vigneron" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133003v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rursuspicae.1321" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531692v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Meyssa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/anthropozoologica2020v55a5" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02067259v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/medievales.7736" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562212v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questes.5924" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162654v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03957926v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yoan-boudes" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-9115-0673" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/234544597" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303837v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Boudes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/nos-ouvrages/1067-fabliaux-du-moyen-age-9782350309002.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501844v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zinaida Geylikman" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lambert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Sanchez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=61978" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03613388v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Sancho" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Antoinette Alamenciak" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Besson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Boestad" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352303v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fulconis" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hasdenteufel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questes.5773" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476345v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Averyanov" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bellenger" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cruchet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Nahon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251968v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meyssa Ben Saad" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thuault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Br&#233;mont" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286392v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283612v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/peme.36348" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02961879v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Moulinier-Brogi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Ducos" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Lafor&#234;t" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Vigneron" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133003v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rursuspicae.1321" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531692v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Meyssa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/anthropozoologica2020v55a5" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02067259v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/medievales.7736" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562212v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questes.5924" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162654v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03957926v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>