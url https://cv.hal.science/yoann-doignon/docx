--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -302,3315 +302,3181 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01471133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (31)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (30)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">POPP. An OCR-Generated Database of the Population Censuses of Paris (1926-36)</w:t>
+                <w:t xml:space="preserve">POPP. An OCR-Generated Database of the Population Censuses of Paris (1926–1936)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Brée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Leturcq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Doignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Coulmont</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Historical Life Course Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 16, pp.3-28. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.52024/hlcs18627⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04720215v3</w:t>
+                <w:t xml:space="preserve">hal-05507614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">POPP. An OCR-Generated Database of the Population Censuses of Paris (1926–1936)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marion Leturcq</w:t>
+                <w:t xml:space="preserve">Do Family Changes Constitute a Comprehensive Demographic Shift? A Comparison of the Spatial Dynamics of Five Family Changes in Switzerland (1969–2023)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrita Banerjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Coulmont</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oumar Mbath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amira Hamieh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Wanner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Historical Life Course Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.52024/hlcs18627⟩</w:t>
+              <w:t xml:space="preserve">Tijdschrift voor economische en sociale geografie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tesg.70068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05507614v1</w:t>
+                <w:t xml:space="preserve">halshs-05532115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do Family Changes Constitute a Comprehensive Demographic Shift? A Comparison of the Spatial Dynamics of Five Family Changes in Switzerland (1969–2023)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Wanner</w:t>
+                <w:t xml:space="preserve">Borders and the Spatial Diffusion of Family Changes: An Analysis of Non‐marital Births in the French‐Belgian Border Region (1968–2017)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doignon Yoann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Banerjee Adrita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eggerickx Thierry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ester Rizzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tijdschrift voor economische en sociale geografie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Population, Space and Place</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 32 (1), pp.e70147. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/psp.70147⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/tesg.70068⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-05532115v1</w:t>
+                <w:t xml:space="preserve">hal-05389739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Borders and the Spatial Diffusion of Family Changes: An Analysis of Non‐marital Births in the French‐Belgian Border Region (1968–2017)</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Individual and Spatial Determinants of Mortality During the Covid‐19 Pandemic: The Case of Belgium in 2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Bourguignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Damiens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Doignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Eggerickx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Plavsic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Population, Space and Place</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 32 (1), pp.e70147. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2025, 31 (3), pp.30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/psp.70019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/psp.70147⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05389739v1</w:t>
+                <w:t xml:space="preserve">hal-05041900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Individual and Spatial Determinants of Mortality During the Covid‐19 Pandemic: The Case of Belgium in 2020</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Can Spatial Diffusion Process Explain Family Changes? A Spatio‐Temporal Analysis of Nonmarital Births Over 50 Years in Belgium (1968–2017)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrita Banerjee</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Population, Space and Place</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 31 (3), pp.30. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2025, 31 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/psp.70102⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/psp.70019⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05041900v1</w:t>
+                <w:t xml:space="preserve">hal-05268782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can Spatial Diffusion Process Explain Family Changes? A Spatio‐Temporal Analysis of Nonmarital Births Over 50 Years in Belgium (1968–2017)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le choléra en milieu rural : la pandémie de 1866 dans les provinces de Namur et Luxembourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Bourguignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Adrita Banerjee</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Eggerickx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Sanderson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Population, Space and Place</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2023/3-2024/1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/12tpq⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/psp.70102⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05268782v1</w:t>
+                <w:t xml:space="preserve">hal-04822112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le choléra en milieu rural : la pandémie de 1866 dans les provinces de Namur et Luxembourg</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">La mortalité selon les causes de décès : approches spatio-temporelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Eggerickx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Sanderson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Vanwambeke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 2023/3-2024/1, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/12tq3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/12tpq⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04822112v1</w:t>
+                <w:t xml:space="preserve">hal-04822115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La mortalité selon les causes de décès : approches spatio-temporelles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Le choléra en milieu rural : la pandémie de 1866 dans les provinces de Namur et Luxembourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Eggerickx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Sanderson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Vanwambeke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 2023/3-2024/1, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/12tpp⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/12tq3⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04822115v1</w:t>
+                <w:t xml:space="preserve">hal-04822111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le choléra en milieu rural : la pandémie de 1866 dans les provinces de Namur et Luxembourg</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Bourguignon</w:t>
+                <w:t xml:space="preserve">Distance à la ville et (dé)croissance démographique des espaces ruraux français (1990-2015)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieynaba Ndour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Sanderson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4, pp.563-586. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/reru.pr1.0062⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/12tpp⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04822111v1</w:t>
+                <w:t xml:space="preserve">halshs-04862353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distance à la ville et (dé)croissance démographique des espaces ruraux français (1990-2015)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’évolution de la géographie du divorce en Belgique et les effets des migrations des divorcés récents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Eggerickx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Sanderson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2022/1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/eps.12536⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/reru.pr1.0062⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-04862353v1</w:t>
+                <w:t xml:space="preserve">halshs-03629006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’évolution de la géographie du divorce en Belgique et les effets des migrations des divorcés récents</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Decline in fertility in Paris: An intraurban spatial analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Brée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Sanderson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Population, Space and Place</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 28 (6), pp.e2550. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/psp.2550⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/eps.12536⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-03629006v1</w:t>
+                <w:t xml:space="preserve">halshs-03545211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decline in fertility in Paris: An intraurban spatial analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sandra Brée</w:t>
+                <w:t xml:space="preserve">Un an après. Analyse de la variation sociodémographique de la surmortalité de 2020 liée à la Covid-19 en Belgique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Bourguignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damiens Joan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Eggerickx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scott Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Population, Space and Place</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cahiers québécois de démographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.1-38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/psp.2550⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-03545211v1</w:t>
+                <w:t xml:space="preserve">halshs-03870327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mutations des familles et des ménages : structures, dynamiques spatiales et migrations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Eggerickx</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2022/1, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/eps.12718⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04872635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un an après. Analyse de la variation sociodémographique de la surmortalité de 2020 liée à la Covid-19 en Belgique</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The spatial diffusion of fertility decline in Egypt (1950–2006)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Ambrosetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Miccoli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers québécois de démographie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Genus: Journal of Population Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 77, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s41118-021-00131-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03870327v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03381248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The spatial diffusion of fertility decline in Egypt (1950–2006)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">D'un projet d'observatoire démographique à l'élaboration d'une plateforme : comment l'usage de technologies numériques a transformé nos relations disciplinaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Oliveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sara Miccoli</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Blöss-Widmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genus: Journal of Population Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Humanités numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/revuehn.2427⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s41118-021-00131-9⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03381248v1</w:t>
+                <w:t xml:space="preserve">halshs-03500293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D'un projet d'observatoire démographique à l'élaboration d'une plateforme : comment l'usage de technologies numériques a transformé nos relations disciplinaires</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La géo-démographie de la pandémie de Covid-19 dans le monde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Blöss-Widmer</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Guilmoto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humanités numériques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Hérodote - Revue de géographie et de géopolitique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 183 (4), pp.37-57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/her.183.0037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/revuehn.2427⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-03500293v1</w:t>
+                <w:t xml:space="preserve">hal-04872684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La géo-démographie de la pandémie de Covid-19 dans le monde</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Spanish Flu in Belgium, 1918-1919. A State of the Art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Devos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Bourguignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Debruyne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Eggerickx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hérodote - Revue de géographie et de géopolitique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Historical Social Research / Historische Sozialforschung</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33, pp.251-283. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.12759/hsr.suppl.33.2021.251-283⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/her.183.0037⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04872684v1</w:t>
+                <w:t xml:space="preserve">halshs-03500206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Spanish Flu in Belgium, 1918-1919. A State of the Art</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Géographie d’un changement social. La diffusion spatiale des naissances hors mariage en France depuis un demi-siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Historical Social Research / Historische Sozialforschung</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Espace Géographique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Tome 49 (3), pp.213-232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/eg.493.0213⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.12759/hsr.suppl.33.2021.251-283⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-03500206v1</w:t>
+                <w:t xml:space="preserve">hal-03331003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géographie d’un changement social. La diffusion spatiale des naissances hors mariage en France depuis un demi-siècle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Aix-Marseille University SSH data platforms: Skills to support research in social sciences and humanities (SSH) in the Mediterranean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Oliveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Blöss-Widmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément De Belsunce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Espace Géographique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Égypte Soudan mondes arabes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Digital Archiving in the Arab World, Troisième série (2005 à nos jours) (22), pp.95-105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ema.13176⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/eg.493.0213⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03331003v1</w:t>
+                <w:t xml:space="preserve">halshs-03083923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aix-Marseille University SSH data platforms: Skills to support research in social sciences and humanities (SSH) in the Mediterranean</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les transitions démographiques des pays méditerranéens depuis 1950</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clément De Belsunce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Égypte Soudan mondes arabes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Géoconfluences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/ema.13176⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-03083923v1</w:t>
+                <w:t xml:space="preserve">hal-03066269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les transitions démographiques des pays méditerranéens depuis 1950</w:t>
+                <w:t xml:space="preserve">The spatial diffusion of nonmarital cohabitation in Belgium over 25 years: Geographic proximity and urban hierarchy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Eggerickx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ester Rizzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géoconfluences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Demographic Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 43, pp.1413 - 1428. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4054/demres.2020.43.48⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03066269v1</w:t>
+                <w:t xml:space="preserve">hal-03035683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The spatial diffusion of nonmarital cohabitation in Belgium over 25 years: Geographic proximity and urban hierarchy</w:t>
+                <w:t xml:space="preserve">Demographic Ageing in the Mediterranean: The End of the Spatial Dichotomy Between the Shores?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ester Rizzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Demographic Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Spatial Demography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40980-019-00054-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4054/demres.2020.43.48⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03035683v1</w:t>
+                <w:t xml:space="preserve">hal-02296528v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demographic Ageing in the Mediterranean: The End of the Spatial Dichotomy Between the Shores?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mapping foreign nationals in Spain: an exploratory approach at local level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Oliveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Larue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Blöss-Widmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spatial Demography</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Genus: Journal of Population Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 75 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s41118-018-0047-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s40980-019-00054-2⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02296528v2</w:t>
+                <w:t xml:space="preserve">hal-01986600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping foreign nationals in Spain: an exploratory approach at local level</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Is the french diagonal emptying? An exploratory spatial analysis of demographic decrease in France for the past 50 years</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Blöss-Widmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genus: Journal of Population Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cybergeo.31641⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s41118-018-0047-5⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01986600v1</w:t>
+                <w:t xml:space="preserve">hal-02026009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is the french diagonal emptying? An exploratory spatial analysis of demographic decrease in France for the past 50 years</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">DemoMed – une cartographie interactive des populations en Méditerranée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Blöss-Widmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">M@ppemonde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 123</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/cybergeo.31641⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02026009v1</w:t>
+                <w:t xml:space="preserve">hal-01709062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DemoMed – une cartographie interactive des populations en Méditerranée</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">La diagonale se vide ? Analyse spatiale exploratoire des décroissances démographiques en France métropolitaine depuis 50 ans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Blöss-Widmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">M@ppemonde</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 763, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cybergeo.27439⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01709062v1</w:t>
+                <w:t xml:space="preserve">hal-01260159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La diagonale se vide ? Analyse spatiale exploratoire des décroissances démographiques en France métropolitaine depuis 50 ans</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">L’Europe méridionale depuis 20 ans : dépeuplement, dépopulation et renouveau démographique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Doignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yoann Doignon</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blöss-Widmer Isabelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Espaces en dépeuplement, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/eps.6171⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/cybergeo.27439⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01260159v1</w:t>
+                <w:t xml:space="preserve">hal-01293922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’Europe méridionale depuis 20 ans : dépeuplement, dépopulation et renouveau démographique</w:t>
+                <w:t xml:space="preserve">Territorial grids in the Mediterranean: space versus population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Blöss-Widmer Isabelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bollettino dell'Associazione Italiana di Cartografia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 154, pp. 46-63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13137/2282-472X/11827⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/eps.6171⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01293922v1</w:t>
+                <w:t xml:space="preserve">hal-01349561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Territorial grids in the Mediterranean: space versus population</w:t>
+                <w:t xml:space="preserve">The spatial convergence of population aging in southern Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Reboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bollettino dell'Associazione Italiana di Cartografia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Plurimondi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 8 (16), pp.169 - 177</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.13137/2282-472X/11827⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01349561v1</w:t>
+                <w:t xml:space="preserve">hal-01479888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The spatial convergence of population aging in southern Europe</w:t>
-[...93 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ever closer to the water. Recent developments in Mediterranean settlement patterns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">South-East European Journal of Political Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, II (3)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01070622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3620,2758 +3486,2758 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dépeuplement et dépopulation dans un monde en croissance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dynamiques du peuplement mondial</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, ISTE Group, pp.105-133, 2025, Encyclopédie des Sciences - Domaine Géographie et Démographie, 9781789451825. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.51926/ISTE.9182.ch4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les dynamiques démographiques. Les espaces de la croissance et de la décroissance</w:t>
+                <w:t xml:space="preserve">Les fécondités précoces et tardives. Entre effet de la pauvreté et effet urbain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Dubuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Fromentin</w:t>
+                <w:t xml:space="preserve">François-Olivier Seys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rania El Fahli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de la population française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CNRS Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.53-60, 2025, 978-2-271-15414-9</w:t>
+              <w:t xml:space="preserve">, pp.111-116, 2025, 978-2-271-15414-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05431115v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05431330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les fécondités précoces et tardives. Entre effet de la pauvreté et effet urbain</w:t>
+                <w:t xml:space="preserve">Les dynamiques démographiques. Les espaces de la croissance et de la décroissance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Fromentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Dubuc</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
+                <w:t xml:space="preserve">Jean-François Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rania El Fahli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de la population française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CNRS Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.53-60, 2025, 978-2-271-15414-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CNRS Editions</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-05431330v1</w:t>
+                <w:t xml:space="preserve">hal-05431115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les structures par âge. Le reflet des dynamiques démographiques spatialement différenciées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Doignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Ghekière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de la population française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CNRS Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.71-78, 2025, 978-2-271-15414-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05431219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le calendrier de la fécondité. Une fécondité plus tardive dans les villes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Dubuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rania El Fahli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de la population française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CNRS Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.105-110, 2025, 978-2-271-15414-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05431323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le divorce. Un phénomène plus marqué dans les villes, le sud du pays et les DROM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Imbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Olivier Seys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de la population française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CNRS Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.201-204, 2025, 978-2-271-15414-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05435657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’intensité de la fécondité. Une géographie traditionnelle en recomposition</w:t>
+                <w:t xml:space="preserve">L’écart d’âge entre conjoints. Des différences surtout sociodémographiques et (intra-)régionales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Rania El Fahli</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pistre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de la population française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CNRS Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.99-103, 2025, 978-2-271-15414-9</w:t>
+              <w:t xml:space="preserve">, pp.211-215, 2025, 978-2-271-15414-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05431316v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05435747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’écart d’âge entre conjoints. Des différences surtout sociodémographiques et (intra-)régionales</w:t>
+                <w:t xml:space="preserve">L’intensité de la fécondité. Une géographie traditionnelle en recomposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Pistre</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Dubuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Olivier Seys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rania El Fahli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de la population française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CNRS Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.211-215, 2025, 978-2-271-15414-9</w:t>
+              <w:t xml:space="preserve">, pp.99-103, 2025, 978-2-271-15414-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05435747v1</w:t>
+                <w:t xml:space="preserve">hal-05431316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
+                <w:t xml:space="preserve">La structure du peuplement actuel. Entre changements et tendances lourdes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de la population française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CNRS Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 978-2-271-15414-9</w:t>
+              <w:t xml:space="preserve">, pp.29-30, 2025, 978-2-271-15414-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05430975v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05431001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La structure du peuplement actuel. Entre changements et tendances lourdes</w:t>
+                <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de la population française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CNRS Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.29-30, 2025, 978-2-271-15414-9</w:t>
+              <w:t xml:space="preserve">, 2025, 978-2-271-15414-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05431001v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05430975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les ménages et les familles. Une empreinte forte des métropoles et de leur organisation interne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Imbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Olivier Seys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de la population française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CNRS Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.205-210, 2025, 978-2-271-15414-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05435664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Français et Françaises établis hors de France. Une présence plus marquée en Europe et dans les pays de l’OCDE</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les mariages et unions. Des structures régionales en recomposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Olivier Seys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de la population française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CNRS Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.181-186, 2025, 978-2-271-15414-9</w:t>
+              <w:t xml:space="preserve">, pp.189-200, 2025, 978-2-271-15414-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05435615v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05435651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les mariages et unions. Des structures régionales en recomposition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les Français et Françaises établis hors de France. Une présence plus marquée en Europe et dans les pays de l’OCDE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Borderon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François-Olivier Seys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de la population française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CNRS Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.189-200, 2025, 978-2-271-15414-9</w:t>
+              <w:t xml:space="preserve">, pp.181-186, 2025, 978-2-271-15414-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05435651v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05435615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La santé reproductive. Inégalités spatiales d’accessibilité aux services et disparités d’utilisation de la contraception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Dubuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rania El Fahli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de la population française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CNRS Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.117-125, 2025, 978-2-271-15414-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05431345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Population française et environnement. Les défis territoriaux des changements climatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Borderon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de la population française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CNRS Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.281-288, 2025, 978-2-271-15414-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05436398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Partir ou rester : l’impact de la Covid-19 sur la mobilité étudiante entre la licence et le master en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugenia Prosperi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cordazzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vanessa di Paola; Christophe Guitton. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Crises et transitions : quelles données pour quelles analyses ? XXIXes journées du longitudinal, 24-25 juin 2024, Aix-en-Provence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 23, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céreq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.29-43, 2024, Céreq Echanges, 978-2-11-172455-6. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céreq</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/11uu9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04621402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Population Decline in a Growing World</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Settlement Dynamics: How People Inhabit the World</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Wiley-ISTE, 2024, 9781789451825. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781394340590.ch4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04862354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Population distribution: follow the Nile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Blöss-Widmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">An Atlas of Contemporary Egypt</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS Éditions, pp.56-57, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.editionscnrs.58390⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04175286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapid demographic growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élise Lévêque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">An Atlas of Contemporary Egypt</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS Éditions, pp.52-53, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.editionscnrs.58380⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04175282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">النيل يُحدِّد توزيع السكان</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Blöss-Widmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hala Bayoumi; Karine Bennafla. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">أطلس مصر المعاصرة</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CEDEJ - Égypte/Soudan, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.cedej.5295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05434646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une croissance démographique rapide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élise Lévêque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hala Bayoumi; Karine Bennafla. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de l'Egypte contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CNRS Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.58-59, 2020, 9782271125187. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CNRS Editions</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.editionscnrs.37452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02475353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distribution de la population : l'injonction du Nil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Blöss-Widmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hala Bayoumi; Karine Bennafla. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de l'Egypte contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CNRS Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.56-57, 2020, 9782271125187</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02463423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transitions démographiques et vieillissements en Méditerranée : le Sud rattrapera-t-il le Nord ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Maison Méditerranéenne des Sciences de l'Homme. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Penser le vieillissement en Méditerranée. Données, processus et liens sociaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karthala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.151-177, 2019, Atelier méditerranéen, 9782811125189</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02018677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les dynamiques démographiques des espaces ruraux français : 50 ans de divergence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gabriel Wackermann. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les espaces ruraux en France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellipses Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.115-125, 2018, 9782340-027527</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01862056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Half a century of ageing in France: Dynamics and specificities of the Mediterranean coastline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Blöss-Widmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thierry Blöss. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ageing, Lifestyles and Economic Crises: The New People of the Mediterranean</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Routledge, Taylor &amp; Francis Group, pp.82-100, 2017, 978-1138040267</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01625388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vulnérabilité des personnes âgées est-elle insensible aux efforts financiers des États ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Blöss-Widmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CUDEP. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les populations vulnérables. Actes du XVIème colloque national de démographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01471111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simuler la baisse de fécondité en Inde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Groupe Dupont - ESPACE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du 18ème colloque Géopoint : les échelles pour les géographes et les autres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , pp.93-99, 2012, 978-2-9029-0918-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00806481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6381,475 +6247,475 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déterminants individuels et spatiaux de la mortalité pendant la pandémie de Covid-19 : le cas de la Belgique en 2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damiens Joan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Eggerickx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Eggerickx</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Audrey Plavsic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (working paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variations spatiales et sociodémographiques de mortalité de 2020-2021 en Belgique. L'effet de la pandémie Covid-19.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damiens Joan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Eggerickx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Lusyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03430468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The spatial diffusion of nonmarital cohabitation in Belgium over 25 years: Geographic proximity and urban hierarchy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Eggerickx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ester Rizzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02977463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surmortalité liée à la Covid-19 en Belgique : variations spatiales et socio-démographiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damiens Joan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Eggerickx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scott Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02977464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6859,387 +6725,387 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atlas de la population française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CNRS Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 978-2-271-15414-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05419039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamiques du peuplement mondial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ISTE</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.252, 2025, Collection SCIENCES, 9781789481822</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05224662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global Settlement Dynamics: How People Inhabit the World</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ISTE - Wiley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.245, 2024, 9781789451825. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ISTE - Wiley</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781394340590⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04801638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Population Dynamics in the Mediterranean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Blöss-Widmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Ambrosetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Springer International Publishing, 2023, SpringerBriefs in Population Studies, 978-3-031-37759-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-37759-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04416026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7249,5860 +7115,5860 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Spatial Pattern of Family Changes in Switzerland over the Last Half Century</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oumar Mbath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrita Banerjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Doignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amira Hamieh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30th International Population Conference (IPC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Union for Scientific Studies of Population (IUSSP), Jul 2025, Brisbane, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can Spatial Diffusion Process Explain Family Changes? An Analysis of Non-Marital Births over 50 Years in Belgium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrita Banerjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amira Hamieh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oumar Mbath</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30th International Population Conference (IPC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Union for the Scientific Studies of Population, Jul 2025, Brisbane, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enjeux de l'analyse géographique pour penser la population</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Spatial Heterogeneity of the Determinants of Divorce in Belgium (1968-2015)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrita Banerjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oumar Mbath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amira Hamieh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chaire Quetelet / Quetelet Seminar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Louvain-la-Neuve, Belgique</w:t>
+              <w:t xml:space="preserve">30th International Population Conference (IPC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Union for the Scientific Studies of Population, Jul 2025, Brisbane, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05439810v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05439818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Spatial Heterogeneity of the Determinants of Divorce in Belgium (1968-2015)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enjeux de l'analyse géographique pour penser la population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Amira Hamieh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30th International Population Conference (IPC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Union for the Scientific Studies of Population, Jul 2025, Brisbane, Australia</w:t>
+              <w:t xml:space="preserve">Chaire Quetelet / Quetelet Seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Louvain-la-Neuve, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05439818v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05439810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determinants of spatial disparities concerning respiratory epidemics. Comparative approach at the level of belgian municipalities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Devos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Eggerickx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hilde Greefs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th Conference of the European Society of Historical Demography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Society of Historical Demography, Sep 2025, Bologne, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Examining Cross-Border Influences on Family Dynamics: An Analysis of Non-Marital Birth Rates in the France-Belgium-Luxembourg Border Region (1968-2017)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amira Hamieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrita Banerjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mbath Oumar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30th International Population Conference (IPC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Union for the Scientific Studies of Population, Jul 2025, Brisbane, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Partir ou rester : l’impact de la Covid-19 sur la mobilité étudiante entre la Licence et le Master en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugenia Prosperi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Doignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cordazzo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIXe Journées du Longitudinal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CEREQ; Aix-Marseille Université; LEST; INJEP, Jun 2024, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trajectoires familiales et résidentielles de ménages Strasbourgeois durant l'annexion de l'Alsace-Moselle par l'Allemagne (1871-1918)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Démographie et mobilités (22e colloque de l’AIDELF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AIDELF, Aug 2024, Aveiro, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La diffusion spatiale des naissances hors mariage en Belgique (1968-2017)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16èmes Rencontres de Théo Quant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UMR THEMA, Feb 2024, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05439833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of borders on the spatial diffusion of nonmarital births in France and Belgium (1968-2017)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrita Banerjee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th International Conference on Population Geographies (ICPG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Belfast, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les interactions entre migration résidentielle et fécondité hors mariage en Belgique (1991-2019)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Eggerickx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Sanderson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Démographie et mobilités (22e colloque de l’AIDELF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AIDELF, Aug 2024, Aveiro, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penser les populations de la Méditerranée : quel apport des données des Nations-Unies ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Blöss-Widmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Ambrosetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Semaine Data-SHS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Clément De Belsunce, Dec 2023, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04458317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The spatial dynamics of nonmarital births in France and Belgium (1968-2017): emergence, spatial diffusion and borders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wittgenstein Centre Conference 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wittgenstein Centre, Dec 2023, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05439837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grippe espagnole (1918-19) en Belgique : une maladie socialement neutre ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Debruyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Devos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Eggerickx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIe Colloque international de l’AIDELF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association internationale des démographes de langue française, May 2022, Athènes, Grèce</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03843310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disparités spatiales de l’épidémie de grippe espagnole (1918-19) en Belgique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Debruyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Devos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Eggerickx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIe Colloque international de l’AIDELF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association internationale des démographes de langue français, May 2022, Athènes, Grèce</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03843281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géographie de la surmortalité liée à la COVID-19 : le cas belge géographie de la surmortalité liée à la COVID-19 : le cas belge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damiens Joan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Eggerickx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scott Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24e Congrès des économistes : Les leçons économiques de la crise COVID-19</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Congrès des économistes, Nov 2021, Bruxelles, Belgique. pp.231-239</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04313970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les déterminants individuels et spatiaux de la mortalité pendant la pandémie de Covid-19 en Belgique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damiens Joan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Eggerickx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Plavsic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIe Colloque international de l’AIDELF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Athènes, Grèce</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03843330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géographie de la surmortalité liée à la Covid-19 : le cas belge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damiens Joan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Eggerickx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scott Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès des économistes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Bruxelles, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03843129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La diffusion spatiale de la baisse de la fécondité en Égypte (1950-2006)</w:t>
+                <w:t xml:space="preserve">Variations spatiales de la surmortalité causée par la Covid : le cas belge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Bourguignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damiens Joan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Eggerickx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scott Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semaine Data-SHS</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">24e Congrès des Economistes : les leçons économiques de la crise COVID-19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Bruxelles, Belgique</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03948491v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03498785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variations spatiales de la surmortalité causée par la Covid : le cas belge</w:t>
+                <w:t xml:space="preserve">La diffusion spatiale de la baisse de la fécondité en Égypte (1950-2006)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Ambrosetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Miccoli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24e Congrès des Economistes : les leçons économiques de la crise COVID-19</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Semaine Data-SHS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Aix en Provence, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s41118-021-00131-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03498785v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03948491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inégalités sociales de mortalité et place des aînés dans la société</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Eggerickx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Sanderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damiens Joan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Webinaire de l'AIDELF : L’apport des démographes à la compréhension de la pandémie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03499065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les variations spatiales de la mortalité due à la Covid-19</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Géographie de la surmortalité liée à la Covid-19 : le cas belge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Doignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damiens Joan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Eggerickx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scott Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Webinaire de l'AIDELF : L’apport des démographes à la compréhension de la pandémie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">24e Congrès des Economistes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Bruxelles, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03499069v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03499038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géographie de la surmortalité liée à la Covid-19 : le cas belge</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les variations spatiales de la mortalité due à la Covid-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Bourguignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damiens Joan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Eggerickx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scott Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24e Congrès des Economistes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Bruxelles, Belgique</w:t>
+              <w:t xml:space="preserve">Webinaire de l'AIDELF : L’apport des démographes à la compréhension de la pandémie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03499038v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03499069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les dynamiques spatiales des mutations démographiques en Belgique depuis le XIXe siècle : quelles permanences géographiques entre la première et la seconde transition démographique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Eggerickx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Sanderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Costa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5e colloque international du CIST "Population, Temps, Territoires"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Paris-Aubervillers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03035657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The spatial diffusion of nonmarital cohabitation in France and Belgium (1970-2015)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th Demographic Conference of Young Demographers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, Praha, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02481739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les dynamiques spatiales des mutations démographiques en Belgique depuis le XIXe siècle : quelles permanences géographiques entre la première et la seconde transition démographique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Eggerickx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Sanderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Costa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIST2020 - Population, temps, territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Collège international des sciences territoriales (CIST), Nov 2020, Paris-Aubervilliers, France. pp.508-511</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03115020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Données de la statistique publique et géographie de la population : quelles utilisations et quels enjeux ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Semaine Data-SHS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Plateforme Universitaire de Données d’Aix-Marseille Université (PUD-AMU), Dec 2019, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02481851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Questionner la réalité du territoire méditerranéen par une représentation virtuelle de ses populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Blöss-Widmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">144e congrès du CTHS (Comité des Travaux Historiques et Scientifiques)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02481839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A spatio-temporal analysis of cohabitation in Belgium and France since 1970</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Eggerickx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ester Rizzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chaire Quetelet 2019 : Les changements démographiques au fil du gradient urbain-rural</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Louvain-la-Neuve, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02481809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre les différences de croissance de la population rurale au regard du rapport à la ville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieynaba Ndour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chaire Quetelet 2019: Les changements démographiques au fil du gradient urbain-rural</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Louvain-la-Neuve, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02397411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une approche spatiale de la baisse de la fécondité en Egypte (1960-2006)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Ambrosetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chaire Quetelet 2019 : Les changements démographiques au fil du gradient urbain-rural</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Louvain-la-Neuve, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02481812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Seconde Transition Démographique se diffuse-t-elle dans l’espace ? Analyse spatio-temporelle depuis 1970 en France et en Belgique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Eggerickx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ester Rizzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIIIe colloque national de démographie : Unions/Désunions/Non union</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02481819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The spatial diffusion of the Second Demographic Transition: spatio-temporal analysis in France and Belgium since 1970</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Eggerickx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ester Rizzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VIIth EUGEO Congress (European Association of Geographical Societies)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Galway, Irlande</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02481831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remettre les populations dans leurs territoires : cartographier les données censitaires à l’échelle méditerranéenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élise Lévêque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'étude "Quelle sont les utilisations des données de recensement en SHS ? Production, diffusion et utilisation"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PUDS - PROGEDO, Jan 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01773288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Who stays and who goes? Understanding the migration process in a rural active out-migration area. The case study of Kersa, Oromia region, Ethiopia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Borderon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nega Assefa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DSA2018: Global inequalities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Manchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01909773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les données sociolinguistiques au prisme de l’analyse spatiale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Audard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Doignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louisette Garcin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire la sociolinguistique au prise de l'analyse spatiale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2018, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04327438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La démographie à l'ère du big data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Table-ronde "Big Data"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Inter+Sections, Jan 2018, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01773289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une analyse spatio-temporelle du sex-ratio en France de 1968 à 2012</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bigand Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13èmes Rencontres de Théo Quant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UMR ThéMA, May 2017, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01680327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle convergence spatiale du vieillissement démographique en Méditerranée ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">DemoMed : un observatoire démo-géographique pour la Méditerranée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Oliveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Blöss-Widmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">54e Colloque de l’Association de Science Régionale de Langue Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association de Science Régionale de Langue Française, Jul 2017, Athènes, Grèce</w:t>
+              <w:t xml:space="preserve">13ème Colloque de ThéoQuant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01773292v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01773294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DemoMed : un observatoire démo-géographique pour la Méditerranée</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quelle convergence spatiale du vieillissement démographique en Méditerranée ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13ème Colloque de ThéoQuant</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Besançon, France</w:t>
+              <w:t xml:space="preserve">54e Colloque de l’Association de Science Régionale de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association de Science Régionale de Langue Française, Jul 2017, Athènes, Grèce</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01773294v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01773292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les déséquilibres de sexe dans les territoires de l’ex-Yougoslavie : conflit et vieillissement (1981-2011)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13èmes Rencontres de Théo Quant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UMR ThéMA, May 2017, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01680295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les niveaux de fécondité convergent-ils vraiment autour de la Méditerranée ? Une exploration du lien entre éducation et fécondité à l’échelle infranationale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élise Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Blöss-Widmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13ème Colloque de ThéoQuant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01773295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La structure spatiale du vieillissement démographique en Méditerranée : entre convergence et divergence, quelles évolutions ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13ème Colloque de ThéoQuant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01773293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les changements démographiques en Méditerranée : la dichotomie rive nord-rive sud remise en question ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">54e Colloque de l’Association de Science Régionale de Langue Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association de Science Régionale de Langue Française, Jul 2017, Athènes, Grèce</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01773291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transitions démographiques et vieillissements en Méditerranée : le Sud rattrapera-t-il le Nord ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vieillissement et transformations des modes de vie en Méditerranée : données et questionnements en sciences sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SODEMOMED, Mar 2017, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01471119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demographic ageing in the Mediterranean: spatial convergence?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congress of European Regional Science Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Regional Science Association, Aug 2017, Groningen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01773290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’analyse de la mobilité quotidienne : quand les Big Data veulent remplacer les enquêtes mobilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Kieffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Kieffer</w:t>
+                <w:t xml:space="preserve">Florian Masse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Doignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Audard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Carpentier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIIème colloque national de démographie : Mobilités spatiales et populations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CUDEP, May 2016, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01471118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobilité quotidienne des seniors et choix modal : la voiture, symbole d’une mobilité retrouvée ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Kieffer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIIème colloque national de démographie : Mobilités spatiales et populations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CUDEP, May 2016, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01471117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelles évolutions dans la mobilité quotidienne des néo-retraités ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Kieffer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mobilités en changement, changements par les mobilités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mobilités Spatiales et Fluidité Sociale, Nov 2015, Vaulx-en-Velin, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01471116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les convergences spatiales du vieillissement démographique en Europe méridionale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Reboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12ème colloque Théoquant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Théma, May 2015, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01180075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les étrangers en Espagne : une géographie au niveau communal depuis 15 ans.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Larue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12ème colloque Théoquant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Théma, May 2015, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01163490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The spatial convergence of population aging in southern Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Reboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th European Colloquium on Theoretical and Quantitative Geography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Bari, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01471122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vulnérabilité des personnes âgées insensible aux efforts financiers des Etats ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blöss-Widmer Isabelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIe colloque national de démographie : les populations vulnérables</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CUDEP, May 2013, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01140044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Territorial grids: space versus population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IV EUGEO Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01139495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une modélisation spatiale d’une dynamique démographique : le dépeuplement en Europe du Sud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Parant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11e Colloque International de Théoquant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2013, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01140024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une exploration de l'effet de voisinage sur des variables démographiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Z. Guilmoto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11e Colloque International de Théoquant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2013, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01140031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neighborhood effects in demography: measuring scales and patterns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Z. Guilmoto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVIIth IUSSP International Population Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IUSSP, Aug 2013, Busan, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01139991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Depopulation in southern Europe: demographic dynamics and spatial patterns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Parant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVIth International Population Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IUSSP, Aug 2013, Busan, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01139985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre la baisse de la fécondité en Inde : apport de la modélisation individus-centrée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10e colloque international Théoquant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Théoquant, Feb 2011, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01140045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Population et espace : enjeux de compréhension, enjeux de représentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Festival International de Géographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Française pour l’information Géographique, Oct 2011, Saint-Dié-des-Vosges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01471128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simuler la baisse de fécondité en Inde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème colloque Géopoint</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Groupe Dupont, Jun 2010, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01471130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13112,301 +12978,301 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The spatial structure of demographic ageing in the Mediterranean : what trends between convergence and divergence?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Population Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Cape Town, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01773283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are fertility levels really converging around the Mediterranean ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élise Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Blöss-Widmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IUSSP XXVIII 2017 International Population Conference </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Cape Town, South Africa. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01652317v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DemoMed - L'observatoire Démographique de la Méditerranée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Blöss-Widmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aix-Marseille et la Méditerranée : défis et coopérations scientifiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2015, Marseille, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01140110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13416,346 +13282,346 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tendances et perspectives démographiques en Méditerranée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evgenia Anastasiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Doignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evgenia Anastasiou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yoann Doignon</w:t>
+                <w:t xml:space="preserve">Dimitrios Karkanis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitrios Karkanis</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Parant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03091262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La convergence du vieillissement démographique en Méditerranée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01471121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convergences spatiales du vieillissement au Maroc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mattia Bunel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01471126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La convergence du vieillissement démographique en Méditerranée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01471123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13765,134 +13631,134 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mutations des familles et des ménages : structures, dynamiques spatiales et migrations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Doignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Eggerickx</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/eps.12251⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03885561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId257"/>
+      <w:footerReference w:type="default" r:id="rId256"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -13960,51 +13826,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="18D753FC"/>
+    <w:nsid w:val="33116418"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14191,51 +14057,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yoann-doignon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7383-3009" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/224536028" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01471133v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Doignon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720215v3" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Br&#233;e" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Gay" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Leturcq" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Coulmont" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52024/hlcs18627" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507614v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05532115v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrita Banerjee" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumar Mbath" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Hamieh" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Wanner" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tesg.70068" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389739v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doignon Yoann" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Banerjee Adrita" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eggerickx Thierry" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ester Rizzi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/psp.70147" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041900v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bourguignon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Damiens" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Eggerickx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Plavsic" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/psp.70019" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268782v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/psp.70102" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822112v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Sanderson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12tpq" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822115v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vanwambeke" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12tq3" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822111v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12tpp" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04862353v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieynaba Ndour" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Oliveau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.pr1.0062" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03629006v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.12536" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03545211v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/psp.2550" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872635v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.12718" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03870327v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damiens Joan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Fontaine" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381248v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Ambrosetti" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Miccoli" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s41118-021-00131-9" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03500293v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bl&#246;ss-Widmer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revuehn.2427" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872684v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guilmoto" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/her.183.0037" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03500206v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Devos" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Debruyne" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12759/hsr.suppl.33.2021.251-283" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331003v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eg.493.0213" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03083923v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment De Belsunce" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ema.13176" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066269v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035683v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4054/demres.2020.43.48" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296528v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40980-019-00054-2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986600v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Larue" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s41118-018-0047-5" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02026009v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.31641" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709062v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260159v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.27439" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293922v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bl&#246;ss-Widmer Isabelle" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.6171" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349561v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13137/2282-472X/11827" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479888v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Reboul" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01070622v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439804v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/ISTE.9182.ch4" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431115v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fromentin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Valette" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania El Fahli" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/geographie-territoires/atlas-de-la-population-francaise/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431330v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dubuc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Olivier Seys" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431219v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Blanchet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Gheki&#232;re" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431323v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435657v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Imbert" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431316v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435747v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pistre" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430975v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431001v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435664v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435615v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Borderon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435651v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431345v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gillet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436398v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04621402v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenia Prosperi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cordazzo" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/cereq/3951" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11uu9" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04862354v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394340590.ch4" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175286v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.58390" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175282v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.58380" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434646v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cedej.5295" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475353v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/editionscnrs/37452" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.37452" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02463423v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018677v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.karthala.com/atelier-mediterraneen/3281-penser-le-vieillissement-en-mediterranee-donnees-processus-et-liens-sociaux-9782811125189.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862056v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ellipses.fr/espaces-ruraux-france-p-12668.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01625388v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471111v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00806481v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439808v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430468v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lusyne" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977463v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977464v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419039v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224662v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/dynamiques-du-peuplement-mondial/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801638v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/book/10.1002/9781394340590" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394340590" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04416026v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-37759-4" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439823v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439820v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439810v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439818v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439813v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilde Greefs" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439816v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mbath Oumar" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439832v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439825v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Gerard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05439833v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439830v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439828v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04458317v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05439837v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843310v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843281v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04313970v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843330v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843129v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03948491v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498785v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499065v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499069v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499038v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035657v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Costa" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481739v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115020v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481851v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481839v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481809v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02397411v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481812v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481819v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481831v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773288v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909773v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nega Assefa" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327438v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Audard" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisette Garcin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773289v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680327v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bigand Pierre" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773292v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773294v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680295v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Buisson" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773295v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773293v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773291v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471119v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773290v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471118v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Kieffer" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Masse" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Carpentier" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471117v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471116v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01180075v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163490v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471122v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140044v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139495v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140024v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Parant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140031v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Z. Guilmoto" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139991v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139985v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140045v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471128v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471130v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773283v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652317v2" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140110v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03091262v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenia Anastasiou" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Karkanis" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois L&#233;ger" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471121v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471126v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Bunel" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471123v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885561v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.12251" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yoann-doignon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7383-3009" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/224536028" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01471133v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Doignon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507614v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Br&#233;e" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Gay" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Leturcq" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Coulmont" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52024/hlcs18627" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05532115v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrita Banerjee" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumar Mbath" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Hamieh" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Wanner" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tesg.70068" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389739v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doignon Yoann" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Banerjee Adrita" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eggerickx Thierry" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ester Rizzi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/psp.70147" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041900v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bourguignon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Damiens" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Eggerickx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Plavsic" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/psp.70019" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268782v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/psp.70102" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822112v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Sanderson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12tpq" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822115v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vanwambeke" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12tq3" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822111v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12tpp" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04862353v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieynaba Ndour" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Oliveau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.pr1.0062" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03629006v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.12536" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03545211v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/psp.2550" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03870327v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damiens Joan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Fontaine" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872635v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.12718" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381248v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Ambrosetti" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Miccoli" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s41118-021-00131-9" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03500293v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bl&#246;ss-Widmer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revuehn.2427" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872684v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guilmoto" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/her.183.0037" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03500206v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Devos" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Debruyne" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12759/hsr.suppl.33.2021.251-283" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331003v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eg.493.0213" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03083923v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment De Belsunce" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ema.13176" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066269v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035683v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4054/demres.2020.43.48" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296528v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40980-019-00054-2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986600v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Larue" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s41118-018-0047-5" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02026009v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.31641" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709062v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260159v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.27439" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293922v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bl&#246;ss-Widmer Isabelle" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.6171" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349561v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13137/2282-472X/11827" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479888v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Reboul" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01070622v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439804v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/ISTE.9182.ch4" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431330v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dubuc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Olivier Seys" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania El Fahli" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/geographie-territoires/atlas-de-la-population-francaise/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431115v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fromentin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Valette" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431219v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Blanchet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Gheki&#232;re" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431323v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435657v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Imbert" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435747v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pistre" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431316v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431001v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430975v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435664v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435651v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435615v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Borderon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431345v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gillet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436398v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04621402v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenia Prosperi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cordazzo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/cereq/3951" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11uu9" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04862354v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394340590.ch4" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175286v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.58390" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175282v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.58380" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434646v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cedej.5295" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475353v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/editionscnrs/37452" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.37452" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02463423v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018677v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.karthala.com/atelier-mediterraneen/3281-penser-le-vieillissement-en-mediterranee-donnees-processus-et-liens-sociaux-9782811125189.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862056v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ellipses.fr/espaces-ruraux-france-p-12668.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01625388v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471111v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00806481v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439808v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430468v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lusyne" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977463v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977464v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419039v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224662v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/dynamiques-du-peuplement-mondial/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801638v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/book/10.1002/9781394340590" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394340590" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04416026v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-37759-4" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439823v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439820v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439818v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439810v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439813v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilde Greefs" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439816v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mbath Oumar" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439832v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439825v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Gerard" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05439833v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439830v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439828v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04458317v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05439837v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843310v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843281v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04313970v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843330v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843129v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498785v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03948491v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499065v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499038v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499069v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035657v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Costa" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481739v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115020v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481851v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481839v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481809v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02397411v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481812v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481819v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481831v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773288v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909773v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nega Assefa" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327438v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Audard" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisette Garcin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773289v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680327v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bigand Pierre" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773294v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773292v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680295v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Buisson" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773295v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773293v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773291v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471119v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773290v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471118v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Kieffer" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Masse" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Carpentier" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471117v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471116v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01180075v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163490v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471122v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140044v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139495v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140024v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Parant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140031v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Z. Guilmoto" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139991v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139985v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140045v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471128v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471130v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773283v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652317v2" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140110v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03091262v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenia Anastasiou" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Karkanis" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois L&#233;ger" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471121v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471126v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Bunel" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471123v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885561v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.12251" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>