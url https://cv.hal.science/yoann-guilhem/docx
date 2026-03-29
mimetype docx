--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -878,291 +878,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01518940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical investigations of the free surface effect in three-dimensional polycrystalline aggregates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Advances in X-ray diffraction contrast tomography: flexibility in the setup geometry and application to multiphase materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Péter Reischig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew King</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Nervo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola Viganò</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Materials Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2012.11.052⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Crystallography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 46 (2), pp.297--311. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1107/S0021889813002604⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01017647v1</w:t>
+                <w:t xml:space="preserve">hal-01553410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advances in X-ray diffraction contrast tomography: flexibility in the setup geometry and application to multiphase materials</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Andrew King</w:t>
+                <w:t xml:space="preserve">Numerical investigations of the free surface effect in three-dimensional polycrystalline aggregates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Guilhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Basseville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Nervo</w:t>
+                <w:t xml:space="preserve">Francois Curtit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicola Viganò</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Michel Stephan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Cailletaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Crystallography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 46 (2), pp.297--311. </w:t>
+              <w:t xml:space="preserve">Computational Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 70, pp.150-162. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1107/S0021889813002604⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2012.11.052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01553410v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01017647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of the effect of grain clusters on fatigue crack initiation in polycrystals</w:t>
               </w:r>
@@ -1174,64 +1174,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Basseville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Curtit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Stephan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Cailletaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1770,1063 +1770,1063 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02924218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unified criterion for fatigue endurance modelling under combined loading: Static and vibratory</w:t>
+                <w:t xml:space="preserve">Short versus long cracks fatigue crack growth rate, a novel experimental approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bhimal Bholah</w:t>
+                <w:t xml:space="preserve">Besnik Sadriji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bumedijen Raka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Brugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Soria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Fatigue Damage of Structural Materials XII (FATDXII)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Hyannis, United States</w:t>
+              <w:t xml:space="preserve">12th International Fatigue Congress (Fatigue 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01903882v1</w:t>
+                <w:t xml:space="preserve">hal-01903881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model reduction strategy applied to a problem of crack propagation in anisotropic materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walid Tezeghdanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Pommier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Fatigue Damage of Structural Materials XII (FATDXII)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Hyannis, United States</w:t>
+              <w:t xml:space="preserve">12th International Fatigue Congress (Fatigue 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01903877v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01903878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel approach to predict fretting fatigue crack initiation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Rousseau</w:t>
+                <w:t xml:space="preserve">Unified criterion for fatigue endurance modelling under combined loading: static and vibratory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bhimal Bholah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claudio Montebello</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jaravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Pommier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Fatigue Congress (Fatigue 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Poitiers, France</w:t>
+              <w:t xml:space="preserve">European Conference on Fracture 22 (ECF22)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01903876v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01903880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model reduction strategy applied to a problem of crack propagation in anisotropic materials</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Model reduction strategy applied to a problem of crack propagation in elastically cubic materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walid Tezeghdanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Pommier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura de Lorenzis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Fatigue Congress (Fatigue 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Poitiers, France</w:t>
+              <w:t xml:space="preserve">IRTG Annual Workshop 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Roscoff, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01903878v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01903879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short versus long cracks fatigue crack growth rate, a novel experimental approach</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">François Brugier</w:t>
+                <w:t xml:space="preserve">Combining Experiments and Models via a Bayesian Network Approach to Predict Short Fatigue Crack Growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Rovinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael D. Sangid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Didier Soria</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henry Proudhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Lebensohn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Fatigue Congress (Fatigue 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Poitiers, France</w:t>
+              <w:t xml:space="preserve">TMS 2018 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Phoenix, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01903881v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01738278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unified criterion for fatigue endurance modelling under combined loading: static and vibratory</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Unified criterion for fatigue endurance modelling under combined loading: Static and vibratory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bhimal Bholah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jaravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Pommier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Fracture 22 (ECF22)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Belgrade, Serbia</w:t>
+              <w:t xml:space="preserve">International Conference on Fatigue Damage of Structural Materials XII (FATDXII)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Hyannis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01903880v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01903882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model reduction strategy applied to a problem of crack propagation in elastically cubic materials</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Model reduction strategy applied to a problem of crack propagation in anisotropic materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walid Tezeghdanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Pommier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laura de Lorenzis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IRTG Annual Workshop 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Roscoff, France</w:t>
+              <w:t xml:space="preserve">International Conference on Fatigue Damage of Structural Materials XII (FATDXII)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Hyannis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01903879v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01903877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining Experiments and Models via a Bayesian Network Approach to Predict Short Fatigue Crack Growth</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michael D. Sangid</w:t>
+                <w:t xml:space="preserve">A novel approach to predict fretting fatigue crack initiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Montebello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Pommier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TMS 2018 Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Phoenix, United States</w:t>
+              <w:t xml:space="preserve">12th International Fatigue Congress (Fatigue 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01738278v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01903876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Critère unifié pour la modélisation de l'endurance en fatigue sous chargement combiné : statique et vibratoire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bhimal Bholah</w:t>
+                <w:t xml:space="preserve">Prédiction de la durée de vie en fretting-fatigue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julien Jaravel</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Montebello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Pommier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13e Colloque national en Calcul des Structures</w:t>
+              <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01580035v1</w:t>
+                <w:t xml:space="preserve">hal-01899280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unified criterion for fatigue endurance modelling under combined loading</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bhimal Bholah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jaravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Pommier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2858,290 +2858,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01903886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prédiction de la durée de vie en fretting-fatigue</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Rousseau</w:t>
+                <w:t xml:space="preserve">A General Probabilistic Framework Combining Experiments and Simulations to Identify the Small Crack Driving Force</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Rovinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael D. Sangid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo A. Lebensohn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wolfgang Ludwig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
+              <w:t xml:space="preserve">TMS 2017 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01899280v1</w:t>
+                <w:t xml:space="preserve">hal-01580015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A General Probabilistic Framework Combining Experiments and Simulations to Identify the Small Crack Driving Force</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Wolfgang Ludwig</w:t>
+                <w:t xml:space="preserve">Critère unifié pour la modélisation de l'endurance en fatigue sous chargement combiné : statique et vibratoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bhimal Bholah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jaravel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Pommier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TMS 2017 Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2017, San Diego, United States</w:t>
+              <w:t xml:space="preserve">13e Colloque national en Calcul des Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01580015v1</w:t>
+                <w:t xml:space="preserve">hal-01580035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model reduction strategy applied to a problem of crack propagation in anisotropic materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walid Tezeghdanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3317,77 +3317,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of T-stress on a Nickel base superalloy under mode I fatigue crack propagation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Besnik Sadriji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bumedijen Raka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Brugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3451,51 +3451,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microstructurally-short crack growth driving force identification: combining DCT, PCT, crystal plasticity simulation and machine learning technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Rovinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael D. Sangid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ricardo A. Lebensohn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3576,51 +3576,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microstructurally-Short Crack Growth Driving Force Identification: Combining DCT, PCT, Crystal Plasticity Simulations and Machine Learning Technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Rovinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael D. Sangid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ricardo A. Lebensohn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3682,122 +3682,122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01580016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of T-stress on fatigue crack propagation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Brugier</w:t>
+                <w:t xml:space="preserve">Crystal plasticity in fatigue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Cailletaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Basseville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Pommier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Conference on Fatigue Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Senlis, France</w:t>
+              <w:t xml:space="preserve">EUROMECH 577 Micromechanics of Metal Ceramic Composites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Stuttgart, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01580030v1</w:t>
+                <w:t xml:space="preserve">hal-01579912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude numérique de l'influence des propriétés microstructurales et de la rugosité de surface sur la localisation des champs mécaniques locaux dans les polycristaux</w:t>
               </w:r>
@@ -3872,122 +3872,122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01580038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystal plasticity in fatigue</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Basseville</w:t>
+                <w:t xml:space="preserve">Influence of T-stress on fatigue crack propagation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Brugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Pommier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUROMECH 577 Micromechanics of Metal Ceramic Composites</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Stuttgart, Germany</w:t>
+              <w:t xml:space="preserve">6th International Conference on Fatigue Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Senlis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01579912v1</w:t>
+                <w:t xml:space="preserve">hal-01580030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polycrystalline FE Modeling of Deformation and Fatigue Cracking Using Experimental 3D Microstructures</w:t>
               </w:r>
@@ -4012,51 +4012,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jia Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann y Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Péter Reischig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arjen Roos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4111,90 +4111,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D Mapping of Polycrystalline Materials by X-ray Diffraction Imaging Techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wolfgang Ludwig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew King</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Péter Reischig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Nervo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola Viganò</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Congress on 3D Materials Science (3DMS 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Annecy, France</w:t>
@@ -4442,921 +4442,921 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01113183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining X-ray microtomography with the finite elements method to study damage and cracking in structural materials</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A study of the cluster effect on fatigue crack initiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Cailletaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Basseville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Curtit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Stephan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TMS 2013 - 142nd annual meeting &amp; exhibition</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International conference on fracture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Ottawa, Canada. 10 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00874745v1</w:t>
+                <w:t xml:space="preserve">hal-00822329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la rugosité de surface sur les champs mécaniques locaux dans les agrégats polycristallins</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude numérique des champs mécaniques locaux dans les agrégats polycristallins sous chargements cycliques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Basseville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henry Proudhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ghidossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Signor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21ème Congrès Français de Mécanique (CFM2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France. pp.a_M7T7GKFG</w:t>
+              <w:t xml:space="preserve">21ème Congrès Français de Mécanique, CFM 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01018023v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00941287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchrotron imaging characterization and numerical simulation of short fatigue crack propagation in polycrystals</w:t>
+                <w:t xml:space="preserve">Champs locaux, effets de joints de grains et de surface dans les agrégats polycristallins 3D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jia Li</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Basseville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Curtit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Stephan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Cailletaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TMS 2013 Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2013, San Antonio, United States</w:t>
+              <w:t xml:space="preserve">CSMA 2013 - 11ème colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Giens, France. 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01579913v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00868423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude numérique des champs mécaniques locaux dans les agrégats polycristallins sous chargements cycliques</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">X-ray diffraction contrast tomography: a combined 3D imaging and diffraction methodology for characterization of polycristalline materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wolfgang Ludwig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Péter Reischig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola Viganò</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew King</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21ème Congrès Français de Mécanique, CFM 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France. 6 p</w:t>
+              <w:t xml:space="preserve">TMS 2013 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2013, San Antonio, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00941287v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01579914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A study of the cluster effect on fatigue crack initiation</w:t>
+                <w:t xml:space="preserve">Influence de la rugosité de surface sur les champs mécaniques locaux dans les agrégats polycristallins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Basseville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henry Proudhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Cailletaud</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Stephan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International conference on fracture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Ottawa, Canada. 10 p</w:t>
+              <w:t xml:space="preserve">21ème Congrès Français de Mécanique (CFM2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France. pp.a_M7T7GKFG</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00822329v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01018023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X-ray diffraction contrast tomography: a combined 3D imaging and diffraction methodology for characterization of polycristalline materials</w:t>
+                <w:t xml:space="preserve">Synchrotron imaging characterization and numerical simulation of short fatigue crack propagation in polycrystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wolfgang Ludwig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Andrew King</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henry Proudhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jia Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TMS 2013 Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2013, San Antonio, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01579914v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01579913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Champs locaux, effets de joints de grains et de surface dans les agrégats polycristallins 3D</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Combining X-ray microtomography with the finite elements method to study damage and cracking in structural materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henry Proudhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jia Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Laiarinandrasana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thilo F. Morgeneyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CSMA 2013 - 11ème colloque national en calcul des structures</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">TMS 2013 - 142nd annual meeting &amp; exhibition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2013, San Antonio, Texas, United States. pp.1165-1173, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9781118663547.ch142⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00868423v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00874745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical Study of the Short Crack Initiation in Polycrystalline Aggregates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Stephan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Curtit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Cailletaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5442,51 +5442,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Cailletaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Basseville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Curtit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5573,90 +5573,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the link between long and short cracks: influence of the T-stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Besnik Sadriji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bumedijen Raka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Soria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Pommier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5707,51 +5707,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réduction de modèle appliquée à un problème de fissure dans un monocristal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walid Tezeghdanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Pommier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5783,329 +5783,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02127959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchrotron X-Ray diffraction measurements of 3D residual strain fields below surface anomaly in a Nickel-base superalloy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Besnik Sadriji</w:t>
+                <w:t xml:space="preserve">A novel approach to predict fretting fatigue crack initiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Montebello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Pommier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Fatigue Damage of Structural Materials XII (FATDXII)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Hyannis, United States. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01903885v1</w:t>
+                <w:t xml:space="preserve">hal-01903883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel approach to predict fretting fatigue crack initiation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claudio Montebello</w:t>
+                <w:t xml:space="preserve">Synchrotron X-Ray diffraction measurements of 3D residual strain fields below surface anomaly in a Nickel-base superalloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Besnik Sadriji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Taillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Tezeghdanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Gourdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Fatigue Damage of Structural Materials XII (FATDXII)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Hyannis, United States. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01903883v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01903885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short versus long crack fatigue crack growth: A new experimental approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Besnik Sadriji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bumedijen Raka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Soria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Pommier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6143,103 +6143,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de la contrainte T lors d’un chargement de fatigue en mode I</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Besnik Sadriji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bumedijen Raka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Brugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Soria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque National Mécamat Aussois 2017 « Fatigue des Structures et des Matériaux »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2017, Aussois, France. 2017</w:t>
@@ -6268,90 +6268,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Critère unifié pour la modélisation de l'endurance en fatigue sous chargement combiné statique et vibratoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bhimal Bholah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Pommier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jaravel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque National Mécamat Aussois 2017 « Fatigue des Structures et des Matériaux »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2017, Aussois, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6484,51 +6484,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model reduction strategy applied to a problem of crack propagation in anisotropic materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walid Tezeghdanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Pommier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6573,204 +6573,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01903890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de la contrainte T sur un super alliage base Nickel soumis à un chargement de fatigue en mode I</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">François Brugier</w:t>
+                <w:t xml:space="preserve">Model reduction strategy applied to a problem of crack propagation in anisotropic materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Tezeghdanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Pommier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35ème Journées de Printemps, SF2M</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Paris, France. 2016</w:t>
+              <w:t xml:space="preserve">International Conference on Fatigue Damage of Structural Materials XI (FATDXI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Hyannis, United States. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01580037v1</w:t>
+                <w:t xml:space="preserve">hal-01580017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of T-stress on a Nickel base superalloy under mode I fatigue crack propagation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Besnik Sadriji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bumedijen Raka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Brugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6821,152 +6795,178 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model reduction strategy applied to a problem of crack propagation in anisotropic materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walid Tezeghdanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Pommier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Fatigue Damage of Structural Materials XI (FATDXI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Hyannis, United States. 2016</w:t>
+              <w:t xml:space="preserve">35ème Journées de Printemps, SF2M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Paris, France. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01580017v1</w:t>
+                <w:t xml:space="preserve">hal-01580036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model reduction strategy applied to a problem of crack propagation in anisotropic materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Walid Tezeghdanti</w:t>
+                <w:t xml:space="preserve">Effet de la contrainte T sur un super alliage base Nickel soumis à un chargement de fatigue en mode I</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Besnik Sadriji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bumedijen Raka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Brugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -6981,51 +6981,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">35ème Journées de Printemps, SF2M</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Paris, France. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01580036v1</w:t>
+                <w:t xml:space="preserve">hal-01580037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7204,51 +7204,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B1B5432A"/>
+    <w:nsid w:val="3B566C90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7435,51 +7435,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yoann-guilhem" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4678-9778" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/166749192" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/A-9819-2013" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127958v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rousseau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Montebello" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Guilhem" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pommier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2019.04.022" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719022v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Basseville" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Curtit" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel St&#233;phan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Cailletaud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/aab217" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729179v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rovinelli" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Sangid" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Proudhon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo A. Lebensohn" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2018.03.007" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01540936v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo A Lebensohn" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Ludwig" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/aa6c45" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01518940v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ghidossi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lacoste" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2017.04.023" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017647v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Curtit" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Stephan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2012.11.052" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01553410v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;ter Reischig" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew King" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Nervo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Vigan&#242;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0021889813002604" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00509802v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2010.04.003" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252453v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Le Soudeer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier de La Barri&#232;re" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gilson" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hubert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252454v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556569v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naansonou Patrick Lare" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Guilhem" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Meray" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pommier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924218v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pommier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903882v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhimal Bholah" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jaravel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903877v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Tezeghdanti" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903876v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903878v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903881v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Besnik Sadriji" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bumedijen Raka" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Brugier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Soria" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903880v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903879v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura de Lorenzis" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738278v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael D. Sangid" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Lebensohn" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580035v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903886v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899280v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580015v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580027v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580019v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ghidossi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580029v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116315v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580016v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580030v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580038v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579912v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580032v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jia Li" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann y Guilhem" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjen Roos" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580031v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113105v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113183v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20141206009" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00874745v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Laiarinandrasana" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thilo F. Morgeneyer" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118663547.ch142" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018023v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579913v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00941287v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Signor" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00822329v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579914v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00868423v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580033v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2012-78164" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580020v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Musienko" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127960v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127959v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903885v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Taillard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gourdin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903883v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903884v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903887v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903888v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903889v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903890v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580037v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580018v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580017v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580036v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00732147v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011ENMP0108" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yoann-guilhem" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4678-9778" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/166749192" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/A-9819-2013" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127958v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rousseau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Montebello" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Guilhem" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pommier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2019.04.022" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719022v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Basseville" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Curtit" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel St&#233;phan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Cailletaud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/aab217" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729179v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rovinelli" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Sangid" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Proudhon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo A. Lebensohn" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2018.03.007" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01540936v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo A Lebensohn" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Ludwig" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/aa6c45" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01518940v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ghidossi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lacoste" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2017.04.023" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01553410v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;ter Reischig" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew King" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Nervo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Vigan&#242;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0021889813002604" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017647v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Curtit" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Stephan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2012.11.052" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00509802v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2010.04.003" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252453v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Le Soudeer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier de La Barri&#232;re" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gilson" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hubert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252454v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556569v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naansonou Patrick Lare" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Guilhem" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Meray" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pommier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924218v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pommier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903881v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Besnik Sadriji" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bumedijen Raka" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Brugier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Soria" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903878v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Tezeghdanti" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903880v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhimal Bholah" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jaravel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903879v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura de Lorenzis" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738278v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael D. Sangid" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Lebensohn" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903882v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903877v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903876v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899280v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903886v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580015v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580035v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580027v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580019v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ghidossi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580029v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116315v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580016v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579912v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580038v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580030v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580032v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jia Li" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann y Guilhem" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjen Roos" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580031v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113105v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113183v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20141206009" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00822329v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00941287v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Signor" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00868423v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579914v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018023v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579913v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00874745v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Laiarinandrasana" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thilo F. Morgeneyer" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118663547.ch142" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580033v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2012-78164" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580020v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Musienko" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127960v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127959v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903883v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903885v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Taillard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gourdin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903884v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903887v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903888v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903889v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903890v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580017v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580018v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580036v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580037v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00732147v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011ENMP0108" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>