--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -1745,286 +1745,286 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of interactions of concentrated marine dissolved organic matter with copper and zinc by pseudopolarography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Nicolau</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">C. Garnier</w:t>
+                <w:t xml:space="preserve">Rudy Nicolau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Omanovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 618 (1), pp.35</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2008, 618, pp.35-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aca.2008.04.038⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00752705v1</w:t>
+                <w:t xml:space="preserve">hal-01096828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of interactions of concentrated marine dissolved organic matter with copper and zinc by pseudopolarography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rudy Nicolau</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Cédric Garnier</w:t>
+                <w:t xml:space="preserve">R. Nicolau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Omanovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 618, pp.35-42. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2008, 618 (1), pp.35</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01096828v1</w:t>
+                <w:t xml:space="preserve">hal-00752705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Speciation of trace metals in natural waters: The influence of an adsorbed layer of natural organic matter (NOM) on voltammetric behaviour of copper</w:t>
               </w:r>
@@ -2840,51 +2840,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Durrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2978,51 +2978,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lars-Eric Heimbürger-Boavida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RESMO 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Sainte-Maxime, France</w:t>
@@ -3064,77 +3064,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrochemical study of major and trace metal interactions with concentrated marine dissolved organic matter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lenoble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Omanovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3189,77 +3189,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A study of organic matter-copper interactions in non-contamined estuary waters (Sibenik, Croatia) by kinetic and equilibrium approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lenoble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Omanovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4èmes Journées Franco-Italiennes de Chimie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3310,64 +3310,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Cmuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Omanovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lenoble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3403,480 +3403,480 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00761855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation du rôle de matière organique naturelle sur la spéciation des contaminants chimiques métalliques en milieu estuarien</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Utilisation de la pseudopolarographie et de la technique d'ajouts logarithmiques pour la détermination des propriétés de complexation de la matière organique naturelle dissoute</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Omanovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mounier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8ème colloque IHSS-France sur les rôle et fonction des matières organiques dans l'environnement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Lyon, France</w:t>
+              <w:t xml:space="preserve">Ecole Chercheur "Matières organiques et micropolluants : méthodes de caractérisation et modélisation"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, La Grande Motte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00761846v1</w:t>
+                <w:t xml:space="preserve">hal-00761858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse et modélisation des interactions Cation/métaux traces-Matière Organique Naturelle dissoute en milieu marin: intérêts de la pseudo-polarographie</w:t>
+                <w:t xml:space="preserve">Pseudopolarography as a tool for complexation studies of trace metals with dissolved organic matter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Nicolau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lenoble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Omanovic</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Véronique Lenoble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8ème colloque IHSS-France sur les rôle et fonction des matières organiques dans l'environnement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Lyon, France</w:t>
+              <w:t xml:space="preserve">The 38th CIESM Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00761856v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00761857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de la pseudopolarographie et de la technique d'ajouts logarithmiques pour la détermination des propriétés de complexation de la matière organique naturelle dissoute</w:t>
+                <w:t xml:space="preserve">Analyse et modélisation des interactions Cation/métaux traces-Matière Organique Naturelle dissoute en milieu marin: intérêts de la pseudo-polarographie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Omanovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Pizeta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lenoble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole Chercheur "Matières organiques et micropolluants : méthodes de caractérisation et modélisation"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, La Grande Motte, France</w:t>
+              <w:t xml:space="preserve">8ème colloque IHSS-France sur les rôle et fonction des matières organiques dans l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00761858v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00761856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pseudopolarography as a tool for complexation studies of trace metals with dissolved organic matter</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation du rôle de matière organique naturelle sur la spéciation des contaminants chimiques métalliques en milieu estuarien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-L. Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mounier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 38th CIESM Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Istanbul, Turkey</w:t>
+              <w:t xml:space="preserve">8ème colloque IHSS-France sur les rôle et fonction des matières organiques dans l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00761857v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00761846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pseudopolarography coupled with logarithmic additions for determination of complexing properties of copper with dissolved natural organic matter</w:t>
               </w:r>
@@ -3888,51 +3888,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Pizeta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Omanovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mounier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4638,51 +4638,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="13FABDD2"/>
+    <w:nsid w:val="F2886A02"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4869,51 +4869,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yoann-louis" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5508-545X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/139415130" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007477v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Saracco" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schaeffer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Tourte" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja-Verena Albers" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Louis" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms26073045" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677423v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Bonnaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil M. Oger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aviga&#235;l Ohayon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12081738" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086576v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Ouali" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Germain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Gourdon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Desjardin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-019-04937-1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948998v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10924-017-0939-z" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03003123v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pernet-Coudrier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Varrault" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2014.04.123" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463377v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Duprey" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Chansavang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Fr&#233;mion" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Gonthier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1754-1611-8-19" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00786088v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Varrault" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rocher" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bracmort" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Louis" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Matar" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001283v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Magnier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Billon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Baeyens" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Elskens" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2011.08.010" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZLR2SR9B-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077263v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Superville" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Billon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Prygiel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Omanovi&#263;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2011.09.045" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01096839v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Omanovic" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Garnier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lenoble" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mounier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2010.02.008" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01096836v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neven Cukrov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marchem.2009.04.006" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01096834v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2008.12.002" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00752705v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Nicolau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Omanovic" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Garnier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01096828v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Nicolau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2008.04.038" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G0Q5WH9W-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01096825v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Cmuk" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2007.11.011" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884976v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schaeffer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Adam" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Bourgade" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ruaudel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903235v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Devaux" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anael Galot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fontanay" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041721v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Diaz-Mendoza" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Oger" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vandesteene" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Crohare" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041656v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe . Oger" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00758481v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pernet-Coudrier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Muresan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Tusseau-Vuillemin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00758455v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Durrieu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zhao" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00758494v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars-Eric Heimb&#252;rger-Boavida" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00762465v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00762499v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00761855v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cmuk" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00761846v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Gonzalez" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00761856v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Pizeta" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00761858v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00761857v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00761859v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954179v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Parlanti" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garnier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nguyen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.extranet.enpc.fr/chapter/10.1007/698_2019_383" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/698_2019_383" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463368v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Orlans" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Zanoni" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Becquey" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gonthier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Borel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123188v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Dorel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois G&#233;rard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannick Duchet-Rumeau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luanda Chaves Vieira" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00410142v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yoann-louis" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5508-545X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/139415130" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007477v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Saracco" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schaeffer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Tourte" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja-Verena Albers" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Louis" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms26073045" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677423v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Bonnaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil M. Oger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aviga&#235;l Ohayon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12081738" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086576v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Ouali" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Germain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Gourdon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Desjardin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-019-04937-1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948998v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10924-017-0939-z" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03003123v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pernet-Coudrier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Varrault" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2014.04.123" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463377v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Duprey" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Chansavang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Fr&#233;mion" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Gonthier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1754-1611-8-19" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00786088v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Varrault" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rocher" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bracmort" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Louis" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Matar" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001283v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Magnier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Billon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Baeyens" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Elskens" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2011.08.010" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZLR2SR9B-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077263v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Superville" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Billon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Prygiel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Omanovi&#263;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2011.09.045" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01096839v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Omanovic" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Garnier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lenoble" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mounier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2010.02.008" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01096836v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neven Cukrov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marchem.2009.04.006" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01096834v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2008.12.002" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01096828v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Nicolau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2008.04.038" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G0Q5WH9W-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00752705v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Nicolau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Omanovic" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Garnier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01096825v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Cmuk" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2007.11.011" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884976v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schaeffer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Adam" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Bourgade" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ruaudel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903235v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Devaux" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anael Galot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fontanay" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041721v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Diaz-Mendoza" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Oger" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vandesteene" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Crohare" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041656v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe . Oger" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00758481v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pernet-Coudrier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Muresan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Tusseau-Vuillemin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00758455v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Durrieu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zhao" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00758494v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars-Eric Heimb&#252;rger-Boavida" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00762465v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00762499v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00761855v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cmuk" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00761858v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00761857v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00761856v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Pizeta" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00761846v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Gonzalez" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00761859v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954179v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Parlanti" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garnier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nguyen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.extranet.enpc.fr/chapter/10.1007/698_2019_383" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/698_2019_383" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463368v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Orlans" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Zanoni" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Becquey" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gonthier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Borel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123188v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Dorel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois G&#233;rard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannick Duchet-Rumeau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luanda Chaves Vieira" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00410142v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>