--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -153,51 +153,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -312,267 +312,142 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05533142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The intertwined connection between the suburban sites of Mahasthangarh(Bangladesh) and the environment: How to deal with a ‘biased’ landscape?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolution of the fluvial landscape in the Mahasthangarh region (Bangladesh) over the last 2000 years: contribution of satellite images and geomorphological studies to the history of paleoenvironment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Chabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Arhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coline Lefrancq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-[...46 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...64 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nahid Sultana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 26th International Conference of the European Society for South Asian Archaeology and Art</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EASAA; Saxon Academy of Sciences and Humanities; Monica Zin, Sep 2024, Leipzig (DE), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04864893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -582,51 +457,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human–Environment Interactions in a Changing Alluvial Landscape in Ancient Bengal Over the Past Two Millennia: The Site of Mahasthangarh, Bangladesh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Chabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -635,941 +510,941 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coline Lefrancq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naheed Sultana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoarchaeology: An International Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 40, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/gea.70009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05053307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Ongoing Sungai Jaong Archaeological Project (2018‑2024), Sarawak, Malaysia: Preliminary Results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Perret</w:t>
+                <w:t xml:space="preserve">Mohd. Sherman Bin Sauffi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Chabot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archipel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 107, pp.47-73. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/12fvh⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04864983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Ongoing Sungai Jaong Archaeological Project (2018‑2024), Sarawak, Malaysia: Preliminary Results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Perret</w:t>
+                <w:t xml:space="preserve">Mohd. Sherman Bin Sauffi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Chabot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archipel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 107, pp.47-73. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/12fvh⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04758593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archaeological Investigations at Sungai Jaong (2018, 2019, 2022), Sarawak, Malaysia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Perret</w:t>
+                <w:t xml:space="preserve">Mohd. Sherman Bin Sauffi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Chabot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/baefe.9703⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04367420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Démarche pédagogique d’évaluation des paysages de nature en ville : le cas du site Natura 2000 de Montreuil (Seine-Saint-Denis, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Pech</w:t>
+                <w:t xml:space="preserve">Melody Biette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Chabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melody Biette</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yohan Chabot</w:t>
+                <w:t xml:space="preserve">Laura Clevenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaduna-Eve Demailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Information géographique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 83 (1), pp.61-87. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/lig.901.0061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02341229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phytolith Analysis from the Archaeological Site of Kota Cina (North Sumatra, Indonesia)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Chabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I Made Geria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 20, pp.483--501. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2018.04.033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2018.04.033⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02477270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions hommes-milieux en zone humide côtière tropicale : la séquence holocène du site de Kota Cina (Sumatra Nord, Indonésie)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Chabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Limondin-Lozouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicole Limondin-Lozouet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Yann Le Drezen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, vol. 28 (n° 3), p. 353-372. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/quaternaire.8287⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02526043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstitution paléoenvironnementale des dynamiques paysagères durant le dernier millénaire aux abords du site archéologique de Kota Cina (Sumatra-Nord, Indonésie): Résultats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Chabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Le Drezen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Limondin-Lozouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bambang Sulistyanto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archipel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 86 (1), p.113-130. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/arch.2013.4435⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01397124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1579,137 +1454,137 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoarchaeological study of the site of Kota Cina (North Sumatra, Indonesia)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Chabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Limondin-Lozouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I Made Geria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kota Cina: A Settlement in the Strait of Malacca (Late Eleventh – Early Fourteenth Centuries CE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05339183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1719,114 +1594,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche géomorphologique de la vallée de Deli et étude géoarchéologique du site historique de Kota Cina (Sumatra Nord, Indonésie)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Chabot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géographie. Université Panthéon-Sorbonne - Paris I, 2017. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017PA01H058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01768642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId51"/>
+      <w:footerReference w:type="default" r:id="rId50"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1894,51 +1769,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="421A215C"/>
+    <w:nsid w:val="01F5AACA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2125,51 +2000,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yohan-chabot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-8660-7414" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/179830147" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533142v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Lefrancq" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Darchambeau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Chabot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Arhan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lef&#232;vre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306356v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04864893v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahid Sultana" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053307v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naheed Sultana" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gea.70009" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864983v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Perret" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohd. Sherman Bin Sauffi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Leroy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12fvh" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758593v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367420v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.9703" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02341229v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pech" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melody Biette" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Clevenot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaduna-Eve Demailly" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lig.901.0061" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477270v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Garnier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Made Geria" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2018.04.033" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4PW49VWM-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02526043v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Limondin-Lozouet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Drezen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.8287" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397124v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bambang Sulistyanto" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arch.2013.4435" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339183v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01768642v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017PA01H058" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yohan-chabot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-8660-7414" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/179830147" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533142v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Lefrancq" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Darchambeau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Chabot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Arhan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lef&#232;vre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04864893v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahid Sultana" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053307v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naheed Sultana" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gea.70009" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864983v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Perret" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohd. Sherman Bin Sauffi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Leroy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12fvh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758593v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367420v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.9703" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02341229v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pech" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melody Biette" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Clevenot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaduna-Eve Demailly" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lig.901.0061" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477270v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Garnier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Made Geria" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2018.04.033" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4PW49VWM-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02526043v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Limondin-Lozouet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Drezen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.8287" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397124v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bambang Sulistyanto" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arch.2013.4435" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339183v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01768642v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017PA01H058" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>