--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,238 +66,238 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (22)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (23)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light-gated redox switching and actuation in polymer hydrogels</w:t>
+                <w:t xml:space="preserve">Light-Induced Rotation of a Molecular Motor in the Confined Space of a Metal–Organic Nanocage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roza R Weber</w:t>
+                <w:t xml:space="preserve">Carles Fuertes-Espinosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Hein</w:t>
+                <w:t xml:space="preserve">Marco Ovalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexander Ryabchun</w:t>
+                <w:t xml:space="preserve">Yohan Gisbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yohan Gisbert</w:t>
+                <w:t xml:space="preserve">Clara Sabrià</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Garcia Romero</w:t>
+                <w:t xml:space="preserve">Valentina Iannace</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16 (1), pp.9106. </w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 148 (4), pp.4189-4197. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-64123-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jacs.5c16349⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05346613v1</w:t>
+                <w:t xml:space="preserve">hal-05560447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing the free rotary oscillations around a single ruthenium atom in an organometallic complex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xun Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Gisbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Ledent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -368,2595 +368,2729 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05236861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-State Redox and Light-Driven Switching of Pseudorotaxanation and Cation Shuttling</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Light-gated redox switching and actuation in polymer hydrogels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roza R Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Hein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ryabchun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Gisbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Garcia Romero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jacs.5c00997⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (1), pp.9106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-64123-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05365809v1</w:t>
+                <w:t xml:space="preserve">hal-05346613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiral Induction and Memory via Supramolecular Deracemization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Multi-State Redox and Light-Driven Switching of Pseudorotaxanation and Cation Shuttling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Hein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Gisbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ben Feringa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.202510584⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 147 (16), pp.13649-13657. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.5c00997⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05365811v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05365809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Motors’ Magic Methyl and Its Pivotal Influence on Rotation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Chiral Induction and Memory via Supramolecular Deracemization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Hein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Sidler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Gisbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ben Feringa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jacs.4c01628⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 64 (38), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.202510584⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05365776v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05365811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of symmetric and dissymmetric star-shaped pentaarylcyclopentadienyl Ru(II) complexes containing styryl-BODIPY fragments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Melissa Dumartin</w:t>
+                <w:t xml:space="preserve">Molecular Motors’ Magic Methyl and Its Pivotal Influence on Rotation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Gisbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seifallah Abid</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yohan Gisbert</w:t>
+                <w:t xml:space="preserve">Maximilian Fellert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Saffon-Merceron</w:t>
+                <w:t xml:space="preserve">Charlotte Stindt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sheng Gao</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alexander Gerstner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ben Feringa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 53 (1), </w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 146 (18), pp.12609-12619. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/chemle/upad003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jacs.4c01628⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04637341v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05365776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Copper-catalysed perarylation of cyclopentadiene: synthesis of hexaarylcyclopentadienes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Synthesis of symmetric and dissymmetric star-shaped pentaarylcyclopentadienyl Ru(II) complexes containing styryl-BODIPY fragments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa Dumartin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seifallah Abid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Gisbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Saffon-Merceron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheng Gao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D4SC02458C⟩</w:t>
+              <w:t xml:space="preserve">Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 53 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/chemle/upad003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04636067v1</w:t>
+                <w:t xml:space="preserve">hal-04637341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling Rotary Motion to Helicene Inversion within a Molecular Motor</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Copper-catalysed perarylation of cyclopentadiene: synthesis of hexaarylcyclopentadienes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Gisbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Simón Marqués</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caterina Baccini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seifallah Abid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Saffon-Merceron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.202416097⟩</w:t>
+              <w:t xml:space="preserve">Chemical Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (24), pp.9127-9137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D4SC02458C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05365805v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04636067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Multiresponsive Ferrocene‐Based Chiral Overcrowded Alkene Twisting Liquid Crystals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coupling Rotary Motion to Helicene Inversion within a Molecular Motor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Gisbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Ovalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Stindt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximilian Fellert</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ben Feringa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 64 (1), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.202413047⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 64 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.202416097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05365794v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05365805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Gears: From Solution to Surfaces</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">A Multiresponsive Ferrocene‐Based Chiral Overcrowded Alkene Twisting Liquid Crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximilian Fellert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Hein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ryabchun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Gisbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Stindt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.202101489⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 64 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.202413047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03636831v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05365794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Molecular Rotor Functionalized with a Photoresponsive Brake</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryosuke Asato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colin Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seifallah Abid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Gisbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fumio Asanoma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 60 (6), pp.3492-3501. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.0c03330⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03636805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photophysical properties of 1,2,3,4,5-pentaarylcyclopentadienyl hydrotris(indazolyl)borate ruthenium(II) complexes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Molecular Gears: From Solution to Surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Gisbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seifallah Abid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Kammerer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaël Rapenne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (47), pp.12019-12031. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.202101489⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d1cp02261j⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03636855v1</w:t>
+                <w:t xml:space="preserve">hal-03636831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Desymmetrised pentaporphyrinic gears mounted on metallo-organic anchors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Photophysical properties of 1,2,3,4,5-pentaarylcyclopentadienyl hydrotris(indazolyl)borate ruthenium(II) complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheng Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Gisbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Erbland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seifallah Abid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Cuny</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Kammerer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12, pp.4709-4721. </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23 (31), pp.17049-17056. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D0SC06379G⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d1cp02261j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03154246v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03636855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Divergent Synthesis of Molecular Winch Prototypes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Desymmetrised pentaporphyrinic gears mounted on metallo-organic anchors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seifallah Abid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Gisbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mitsuru Kojima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Saffon‐merceron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Cuny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.202103126⟩</w:t>
+              <w:t xml:space="preserve">Chemical Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.4709-4721. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0SC06379G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03636845v1</w:t>
+                <w:t xml:space="preserve">hal-03154246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruthenium complexes of sterically-hindered pentaarylcyclopentadienyl ligands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryosuke Asato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colin Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Gisbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seifallah Abid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tsuyoshi Kawai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RSC Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 11 (33), pp.20207-20215. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/d1ra03875c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03636821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmitting Stepwise Rotation among Three Molecule-Gear on the Au(111) Surface</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Divergent Synthesis of Molecular Winch Prototypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Gisbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seifallah Abid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Kammerer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaël Rapenne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.0c01747⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (65), pp.16242-16249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.202103126⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04636143v2</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03636845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidation triggers guest dissociation during reorganization of an FeII4L 6 twisted parallelogram</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transmitting Stepwise Rotation among Three Molecule-Gear on the Au(111) Surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kwan Ho Au Yeung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alex Plajer</w:t>
+                <w:t xml:space="preserve">Tim Kühne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Felix Rizzuto</w:t>
+                <w:t xml:space="preserve">Frank Eisenhut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Larissa von Krbek</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Michael Kleinwächter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Gisbert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Víctor Martínez-Agramunt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D0SC04352D⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (16), pp.6892-6899. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.0c01747⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05365817v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04636143v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dipolar Nanocars Based on a Porphyrin Backbone</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Oxidation triggers guest dissociation during reorganization of an FeII4L 6 twisted parallelogram</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Plajer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toshio Nishino</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Colin Martin</w:t>
+                <w:t xml:space="preserve">Felix Rizzuto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hiroki Takeuchi</w:t>
+                <w:t xml:space="preserve">Larissa von Krbek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Gisbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Lim</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Kazuma Yasuhara</w:t>
+                <w:t xml:space="preserve">Víctor Martínez-Agramunt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.202001999⟩</w:t>
+              <w:t xml:space="preserve">Chemical Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (38), pp.10399-10404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0SC04352D⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03636867v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05365817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomimetic and Technomimetic Single Molecular Machines</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">Dipolar Nanocars Based on a Porphyrin Backbone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toshio Nishino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiroki Takeuchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kazuma Yasuhara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1246/cl.181019⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 26 (52), pp.12010-12018. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.202001999⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02156707v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03636867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modular synthesis of pentaarylcyclopentadienyl Ru-based molecular machines via sequential Pd-catalysed cross couplings</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Biomimetic and Technomimetic Single Molecular Machines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Kammerer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Erbland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Gisbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Seifallah Abid</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toshio Nishino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Bertrand</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claire Kammerer</w:t>
+                <w:t xml:space="preserve">Kazuma Yasuhara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c9cc08384g⟩</w:t>
+              <w:t xml:space="preserve">Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 48 (4), pp.299-308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1246/cl.181019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02417227v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02156707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Star‐Shaped Ruthenium Complexes as Prototypes of Molecular Gears</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Erbland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seifallah Abid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Gisbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Saffon‐merceron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuichiro Hashimoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 25, pp.16328. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201903615⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02417240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Modular synthesis of pentaarylcyclopentadienyl Ru-based molecular machines via sequential Pd-catalysed cross couplings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Gisbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seifallah Abid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Saffon-Merceron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Kammerer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 55 (97), pp.14689-14692. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c9cc08384g⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02417227v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Expedient Synthesis of Thioether-Functionalized Hydrotris(indazolyl)borate as an Anchoring Platform for Rotary Molecular Machines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Erbland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Gisbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwénaël Rapenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Kammerer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 2018, pp.4731 - 4739. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ejoc.201800990⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01880748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2966,150 +3100,150 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and Synthesis of a Nano-winch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Gisbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Sirven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwénaël Rapenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Kammerer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christian Joachim. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Building and Probing Small for Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.81-98, 2020, Advances in Atom and Single Molecule Machines, 978-3-030-56779-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-56777-4_6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03636888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3119,114 +3253,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception et synthèse de machines moléculaires dérivées du pentaphénylcyclopentadiène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Gisbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chimie de coordination. Université Paul Sabatier - Toulouse III, 2021. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2021TOU30092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03541700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId101"/>
+      <w:footerReference w:type="default" r:id="rId106"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3373,51 +3507,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346613v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roza R Weber" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Hein" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Ryabchun" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Gisbert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Garcia Romero" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-64123-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236861v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xun Li" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ledent" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Sluysmans" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Rapenne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chempr.2025.102691" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365809v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Feringa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c00997" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365811v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sidler" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202510584" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365776v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Fellert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Stindt" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Gerstner" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c01628" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637341v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Dumartin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seifallah Abid" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Saffon-Merceron" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheng Gao" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemle/upad003" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636067v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Sim&#243;n Marqu&#233;s" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Baccini" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4SC02458C" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365805v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Ovalle" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Costil" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202416097" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365794v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202413047" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636831v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Kammerer" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202101489" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636805v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryosuke Asato" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Martin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fumio Asanoma" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c03330" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636855v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Erbland" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1cp02261j" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154246v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsuru Kojima" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Saffon&#8208;merceron" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cuny" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SC06379G" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636845v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202103126" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636821v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsuyoshi Kawai" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1ra03875c" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636143v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwan Ho Au Yeung" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim K&#252;hne" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Eisenhut" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kleinw&#228;chter" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.0c01747" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365817v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Plajer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Rizzuto" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa von Krbek" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor Mart&#237;nez-Agramunt" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SC04352D" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636867v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshio Nishino" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroki Takeuchi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lim" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuma Yasuhara" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202001999" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156707v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1246/cl.181019" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417227v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Bertrand" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cc08384g" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417240v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuichiro Hashimoto" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201903615" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880748v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201800990" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636888v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Sirven" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-56777-4_6" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03541700v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021TOU30092" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05560447v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carles Fuertes-Espinosa" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Ovalle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Gisbert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Sabri&#224;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Iannace" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c16349" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236861v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xun Li" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ledent" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Sluysmans" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Rapenne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chempr.2025.102691" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346613v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roza R Weber" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Hein" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Ryabchun" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Garcia Romero" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-64123-5" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365809v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Feringa" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c00997" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365811v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sidler" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202510584" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365776v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Fellert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Stindt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Gerstner" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c01628" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637341v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Dumartin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seifallah Abid" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Saffon-Merceron" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheng Gao" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemle/upad003" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636067v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Sim&#243;n Marqu&#233;s" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Baccini" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4SC02458C" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365805v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Costil" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202416097" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365794v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202413047" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636805v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryosuke Asato" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Martin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fumio Asanoma" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c03330" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636831v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Kammerer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202101489" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636855v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Erbland" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1cp02261j" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154246v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsuru Kojima" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Saffon&#8208;merceron" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cuny" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SC06379G" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636821v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsuyoshi Kawai" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1ra03875c" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636845v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202103126" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636143v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwan Ho Au Yeung" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim K&#252;hne" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Eisenhut" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kleinw&#228;chter" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.0c01747" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365817v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Plajer" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Rizzuto" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa von Krbek" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor Mart&#237;nez-Agramunt" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SC04352D" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636867v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshio Nishino" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroki Takeuchi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lim" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuma Yasuhara" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202001999" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156707v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1246/cl.181019" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417240v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuichiro Hashimoto" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201903615" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417227v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Bertrand" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cc08384g" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880748v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201800990" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636888v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Sirven" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-56777-4_6" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03541700v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021TOU30092" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>