--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1414,209 +1414,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03286534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Deguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Elisabeth Spica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Luther Viret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dix-septième siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n°288, numéro spécial « Généalogies et filiation » (3), pp.401-405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dss.203.0401⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02944955v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les Caractères de La Bruyère : la possibilité des memorabilia ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Deguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Papers on French Seventeenth Century Literature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, XLVII (93), pp.231-242. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2357/PFSCL-2020-0015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03286495v1</w:t>
-              </w:r>
-[...102 lines deleted...]
-                <w:t xml:space="preserve">hal-02944955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héroïsme féminin et genre troublé dans les écrits personnels</w:t>
               </w:r>
@@ -2158,272 +2158,272 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04349221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pour une histoire éditoriale des Mémoires d'Ancien Régime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Deguin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maxime Cartron; Sophie Abdela; Nicholas Dion. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire de l'édition. Enjeux et usages des partages disciplinaires (XVIe-XVIIIe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classiques Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.245-260, 2023, Constitution de la modernité, 978-2-406-14549-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04349205v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Je vous avouerai que mes mémoires sont quelque chose d’assez amusant » (Bussy-Rabutin) : pari du morceau choisi et art du teasing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Deguin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Tony Gheeraert; Miriam Speyer; Anna Fouqué-Legros. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tubes, teasing et viralité : Grand Siècle et pop’culture, Les recettes du succès. Stéréotypes compositionnels et littérarité au XVIIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Colloques/Fabula</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04349209v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les silences du souvenir : bruits et Mémoires au XVIIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Deguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Maxime Cartron; Marine Ricord. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Bruits du récit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04349214v1</w:t>
-              </w:r>
-[...170 lines deleted...]
-                <w:t xml:space="preserve">hal-04349205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oublier pour mieux régner : pouvoir et contrôle de la mémoire au XVIIe siècle</w:t>
               </w:r>
@@ -2635,199 +2635,199 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03286536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les gazettes [...] en parleront assez&amp;quot; : Christine de Suède entre relais médiatiques et relais mémoriels</w:t>
+                <w:t xml:space="preserve">« Les gazettes [...] en parleront assez ». Christine de Suède entre relais médiatiques et relais mémoriels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Deguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Florence Fix; Corinne François-Denève. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Reine Christine et ses fictions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Universitaires de Dijon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.37-46, 2022, 978-2-36441-453-2</w:t>
+              <w:t xml:space="preserve">, pp.37-46, 2022, Ecritures, 978-2-36441-453-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03855252v1</w:t>
+                <w:t xml:space="preserve">hal-04349202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Les gazettes [...] en parleront assez ». Christine de Suède entre relais médiatiques et relais mémoriels</w:t>
+                <w:t xml:space="preserve">Les gazettes [...] en parleront assez&amp;quot; : Christine de Suède entre relais médiatiques et relais mémoriels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Deguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Florence Fix; Corinne François-Denève. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Reine Christine et ses fictions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Universitaires de Dijon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.37-46, 2022, Ecritures, 978-2-36441-453-2</w:t>
+              <w:t xml:space="preserve">, pp.37-46, 2022, 978-2-36441-453-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04349202v1</w:t>
+                <w:t xml:space="preserve">hal-03855252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les lettres de Madame Palatine. Formes, enjeux et réinventions d'un réseau épistolaire</w:t>
               </w:r>
@@ -2889,474 +2889,474 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03286519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Tenir la plume et porter la culotte : le pouvoir des femmes au prisme de l'écriture familiale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Deguin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cyril Francès. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Politique et le Féminin. Les femmes de pouvoir dans les Mémoires d'Ancien Régime</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.157-172, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-09761-7.p.0157⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03286522v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les manuscrits de Bussy-Rabutin : pratique aristocratique, usages familiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Deguin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mathilde Bombart; Sylvain Cornic; Edwige Keller-Rahbé; Michèle Rosellini. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"À qui lira". Littérature, livre et librairie en France au XVIIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Narr, pp.43-54, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03286521v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Madame Palatine par les lettres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Deguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Aurélie Chatenet-Calyste; Emmanuelle Le Bail. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Princesse Palatine (1652-1722). La plume et le Soleil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Musée des Avelines, pp.63-72, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03286502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...72 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Images de Madame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Deguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Aurélie Chatenet-Calyste; Emmanuel Le Bail. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Princesse Palatine (1652-1722). La plume et le Soleil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Musée des Avelines, pp.83-95, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03286511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hôtesse des visiteurs étrangers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Deguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Aurélie Chatenet-Calyste; Emmanuelle Le Bail. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Princesse Palatine (1652-1722). La plume et le Soleil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Musée des Avelines, pp.107-112, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03286513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parler à Zénobie : énonciation trouble et fabrique de l'hermétisme dans la remarque 78 du chapitre des Biens de Fortune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Deguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Françoise Poulet; Myriam Tsimbidy; Arnaud Welfringer. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Autres regards sur Les Caractères de La Bruyère</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Atlande, pp.121-132, 2020, 978-2350306254</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03286500v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-03286522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Errances d'une héroïne : Marie Mancini dans ses Mémoires</w:t>
               </w:r>
@@ -3583,303 +3583,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04349224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Nos lettres sont lues par bien du monde » : courriers internationaux - le lecteur, l'auteur, la censure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Deguin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIR 17 - Frontières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marine Roussillon; Claudine Nédélec, May 2021, Arras, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03286530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Voisinage, vertueux cousinage ? De l'idéal familial à l'idéal de sociabilité urbaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Deguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Urbanité et rituels urbains de civilité dans l'Europe du XVIIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Françoise Poulet; Eric Suire; Myriam Tsimbidy, Nov 2021, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03466488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Son agonie fut profitable à celle qui l'endura&amp;quot;. Bien mourir et bien l'écrire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Deguin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'inscription du fait religieux dans les écrits personnels en France au XVIIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Agnès Cousson; Arnaud Wydler, Dec 2021, Brest, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03466485v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'édition des Mémoires et le principe d'authenticité du texte : enjeux et méthodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Deguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire de l'édition. Problématiques et enjeux des partages disciplinaires (XVIe-XVIIIe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sophie Abdela; Maxime Cartron; Nicholas Dion, Oct 2021, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03466486v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-03286530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CORPUS17: a philological corpus for 17th c. French</w:t>
               </w:r>
@@ -4379,51 +4379,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786196v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Deguin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12npm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973265v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fix" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcdpu.fr/livre/?GCOI=27000100396800&amp;amp;fa=details" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03263548v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852364v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Picciola" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852366v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Louvat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679061v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien D&#8217;avout" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/lht.4129" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724079v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Roussillon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dossiersgrihl.9484" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03286382v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elisabeth Spica" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Luther Viret" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367133v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367136v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679066v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349198v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/elseneur.1441" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349200v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724126v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dossiersgrihl.9498" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286534v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/crcv.20979" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286495v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2357/PFSCL-2020-0015" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02944955v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dss.203.0401" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286498v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286497v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055338v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367141v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18118-7.p.0321" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367145v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17548-3.p.0023" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349217v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.brepols.net/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349221v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349214v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349209v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fabula.org/colloques/document9083.php#citation" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349205v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier-com.janus.bis-sorbonne.fr/histoire-de-l-edition-enjeux-et-usages-des-partages-disciplinaires-xvie-xviiie-siecle-pour-une-histoire-editoriale-des-memoires-d-ancien-regime.html?displaymode=full" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349220v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349216v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286536v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/editions-honore-champion/12906-book-08535941-9782745359414.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855252v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr/litterature/798-la-reine-christine-et-ses-fictions-9782364414532.html?search_query=christine&amp;amp;results=6" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349202v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr/litterature/798-la-reine-christine-et-ses-fictions-9782364414532.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286519v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10935-8.p.0047" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286502v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286521v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286511v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286513v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286500v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286522v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-09761-7.p.0157" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286524v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055342v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349224v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466488v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466486v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466485v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286530v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041871v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gabay" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bartz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3423603.3424002" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286538v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286541v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-02114454v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018LORR0265" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786196v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Deguin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12npm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973265v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fix" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcdpu.fr/livre/?GCOI=27000100396800&amp;amp;fa=details" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03263548v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852364v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Picciola" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852366v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Louvat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679061v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien D&#8217;avout" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/lht.4129" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724079v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Roussillon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dossiersgrihl.9484" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03286382v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elisabeth Spica" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Luther Viret" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367133v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367136v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679066v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349198v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/elseneur.1441" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349200v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724126v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dossiersgrihl.9498" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286534v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/crcv.20979" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02944955v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dss.203.0401" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286495v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2357/PFSCL-2020-0015" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286498v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286497v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055338v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367141v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18118-7.p.0321" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367145v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17548-3.p.0023" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349217v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.brepols.net/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349221v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349205v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier-com.janus.bis-sorbonne.fr/histoire-de-l-edition-enjeux-et-usages-des-partages-disciplinaires-xvie-xviiie-siecle-pour-une-histoire-editoriale-des-memoires-d-ancien-regime.html?displaymode=full" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349209v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fabula.org/colloques/document9083.php#citation" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349214v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349220v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349216v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286536v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/editions-honore-champion/12906-book-08535941-9782745359414.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349202v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr/litterature/798-la-reine-christine-et-ses-fictions-9782364414532.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855252v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr/litterature/798-la-reine-christine-et-ses-fictions-9782364414532.html?search_query=christine&amp;amp;results=6" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286519v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10935-8.p.0047" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286522v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-09761-7.p.0157" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286521v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286502v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286511v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286513v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286500v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286524v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055342v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349224v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286530v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466488v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466485v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466486v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041871v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gabay" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bartz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3423603.3424002" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286538v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286541v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-02114454v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018LORR0265" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>