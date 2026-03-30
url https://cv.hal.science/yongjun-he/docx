--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -904,115 +904,115 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xue Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ziad Moumni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yongjun He</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. J. He</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Plasticity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 110, pp.110-122. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+              <w:t xml:space="preserve">, 2018, 110, pp.110 - 122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijplas.2018.06.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04398353v1</w:t>
+                <w:t xml:space="preserve">hal-01921216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal effects on high-frequency magnetic-field-induced martensite reorientation in ferromagnetic shape memory alloys: An experimental and theoretical investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaobin Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1021,93 +1021,93 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xue Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ziad Moumni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. J. He</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Plasticity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 108, pp.1 - 20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijplas.2018.04.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01921224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
@@ -1138,99 +1138,99 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xue Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ziad Moumni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Y. J. He</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yongjun He</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Plasticity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 110, pp.110 - 122. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+              <w:t xml:space="preserve">, 2018, 110, pp.110-122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijplas.2018.06.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01921216v1</w:t>
+                <w:t xml:space="preserve">hal-04398353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatigue resistance of branching phase-transformation fronts in pseudoelastic NiTi polycrystalline strips</w:t>
               </w:r>
@@ -1486,51 +1486,51 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongjun He</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Plasticity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 110, pp.110-122. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijplas.2018.06.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04377040v1</w:t>
@@ -1787,51 +1787,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatigue resistance of branching phase-transformation fronts in pseudoelastic NiTi polycrystalline strips</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaobin Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. J. He</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1878,51 +1878,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation on fatigue behaviors of NiTi polycrystalline strips under stress-controlled tension via in-situ macro-band observation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lin Zheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. J. He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ziad Moumni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1994,51 +1994,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-frequency performance of ferromagnetic shape memory alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oana-Zenaida Pascan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. J. He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ziad Moumni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3116,156 +3116,143 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01241481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A three-dimensional model of magneto-mechanical behaviors of martensite reorientation in ferromagnetic shape memory alloys</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ziad Moumni</w:t>
+                <w:t xml:space="preserve">Effect of deformation frequency on temperature and stress oscillations in cyclic phase transition of NiTi shape memory alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Yin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongjun He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Weihong Zhang</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qingping Sun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 64, </w:t>
+              <w:t xml:space="preserve">, 2014, 67, </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmps.2013.11.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jmps.2014.01.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01241614v1</w:t>
+                <w:t xml:space="preserve">hal-01241642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A three-dimensional model of magneto-mechanical behaviors of martensite reorientation in ferromagnetic shape memory alloys</w:t>
               </w:r>
@@ -3311,206 +3298,219 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weihong Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 64, pp.249-286. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+              <w:t xml:space="preserve">, 2014, 64, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jmps.2013.11.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04377147v1</w:t>
+                <w:t xml:space="preserve">hal-01241614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of deformation frequency on temperature and stress oscillations in cyclic phase transition of NiTi shape memory alloy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hao Yin</w:t>
+                <w:t xml:space="preserve">A three-dimensional model of magneto-mechanical behaviors of martensite reorientation in ferromagnetic shape memory alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xue Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ziad Moumni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongjun He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Qingping Sun</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weihong Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 67, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2014, 64, pp.249-286. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmps.2013.11.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmps.2014.01.013⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01241642v1</w:t>
+                <w:t xml:space="preserve">hal-04377147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Twin boundary motion in NiMnGa single crystals under biaxial compression</w:t>
               </w:r>
@@ -3728,51 +3728,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reversible-strain criteria of ferromagnetic shape memory alloys under cyclic 3D magneto-mechanical loadings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. J. He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3826,326 +3826,326 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01241609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On non-monotonic rate dependence of stress hysteresis of superelastic shape memory alloy bars</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Loading rate dependency of maximum nanoindentation depth in nano-grained NiTi shape memory alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abbas Amini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongjun He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Q.P. Sun</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qingping Sun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 48 (11-12), </w:t>
+              <w:t xml:space="preserve">Materials Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 65 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2011.02.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.matlet.2010.10.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01241597v1</w:t>
+                <w:t xml:space="preserve">hal-01241591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loading rate dependency of maximum nanoindentation depth in nano-grained NiTi shape memory alloy</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Qingping Sun</w:t>
+                <w:t xml:space="preserve">Two-dimensional analysis to improve the output stress in ferromagnetic shape memory alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. J. He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Moumni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matlet.2010.10.026⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 110 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3636366⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01241591v1</w:t>
+                <w:t xml:space="preserve">hal-01241605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-dimensional analysis to improve the output stress in ferromagnetic shape memory alloys</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Z. Moumni</w:t>
+                <w:t xml:space="preserve">On non-monotonic rate dependence of stress hysteresis of superelastic shape memory alloy bars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yongjun He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q.P. Sun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 110 (6), </w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 48 (11-12), </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.3636366⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2011.02.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01241605v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01241597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation of bacterial flagellar phase transition by non-convex and non-local continuum modeling</w:t>
               </w:r>
@@ -4229,406 +4229,406 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01241600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frequency-dependent temperature evolution in NiTi shape memory alloy under cyclic loading</w:t>
+                <w:t xml:space="preserve">Experimental study on rate dependence of macroscopic domain and stress hysteresis in NiTi shape memory alloy strips</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">y J He</w:t>
+                <w:t xml:space="preserve">Xinghua Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Q P Sun</w:t>
+                <w:t xml:space="preserve">Ping Feng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yongjun He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tongxi Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qingping Sun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0964-1726/19/11/115014⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 52 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2010.08.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01241586v1</w:t>
+                <w:t xml:space="preserve">hal-01241589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rate-dependent domain spacing in a stretched NiTi strip</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongjun He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q.P. Sun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 47 (20), </w:t>
             </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2010.06.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01241582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study on rate dependence of macroscopic domain and stress hysteresis in NiTi shape memory alloy strips</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frequency-dependent temperature evolution in NiTi shape memory alloy under cyclic loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ping Feng</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yongjun He</w:t>
+                <w:t xml:space="preserve">y J He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tongxi Yu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Qingping Sun</w:t>
+                <w:t xml:space="preserve">Q P Sun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 52 (12), </w:t>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 19 (11), </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2010.08.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0964-1726/19/11/115014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01241589v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01241586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Macroscopic equilibrium domain structure and geometric compatibility in elastic phase transition of thin plates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongjun He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q.P. Sun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 52 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4785,252 +4785,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01241581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scaling relationship on macroscopic helical domains in NiTi tubes</w:t>
+                <w:t xml:space="preserve">Non-local modeling on macroscopic domain patterns in phase transformation of NiTi tubes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongjun He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Q.P. Sun</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qingping Sun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 46 (24), </w:t>
+              <w:t xml:space="preserve">Acta Mechanica Solida Sinica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 22 (5), </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2009.08.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0894-9166(09)60291-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01241578v1</w:t>
+                <w:t xml:space="preserve">hal-01241568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-local modeling on macroscopic domain patterns in phase transformation of NiTi tubes</w:t>
+                <w:t xml:space="preserve">Scaling relationship on macroscopic helical domains in NiTi tubes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongjun He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Qingping Sun</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q.P. Sun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Mechanica Solida Sinica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 22 (5), </w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 46 (24), </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0894-9166(09)60291-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2009.08.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01241568v1</w:t>
+                <w:t xml:space="preserve">hal-01241578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of structural and material length scales on stress-induced martensite macro-domain patterns in tube configurations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongjun He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q.P. Sun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 46 (16), </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5064,51 +5064,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multiscale continuum model of the grain-size dependence of the stress hysteresis in shape memory alloy polycrystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q.P. Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongjun He</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5447,51 +5447,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460008v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengguan Zhang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Balandraud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongjun He" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2023.105481" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398306v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398332v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guoshun Qin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaobin Zhang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue Chen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2022.168134" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398342v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2022.115029" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398322v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.J. He" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2023.115420" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490799v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2020.155159" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489834v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2020.102686" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398353v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Moumni" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2018.06.010" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921224v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. J. He" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2018.04.008" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921216v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398373v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2017.11.023" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04377026v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04377040v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398363v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377141v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Zheng" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2016.12.008" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W1ZXD7CB-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01661684v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01661683v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01661058v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oana-Zenaida Pascan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weihong Zhang" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12356-016-0045-2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377132v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Yin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingping Sun" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2016.03.023" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-25NLMF3K-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377150v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2015.12.021" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01332114v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2016.05.042" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01332124v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01332121v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377289v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377225v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241040v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.-Z. Pascan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Moumni" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.H. Zhang" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2015.04.006" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2GKCD14X-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241481v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Peng" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2015.01.044" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241614v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2013.11.005" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JCJLXN79-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377147v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241642v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2014.01.013" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H3QRPT0R-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241611v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2012.08.107" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NQ7F30FN-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377249v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241609v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Chen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4739711" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241597v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q.P. Sun" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2011.02.017" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241591v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abbas Amini" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2010.10.026" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241605v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3636366" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241600v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoling Wang" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/2.1104401" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241586v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=y J He" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q P Sun" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/19/11/115014" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1D5DA67F1437543D4AB862BBD20ED937698E7283/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241582v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2010.06.006" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241589v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinghua Zhang" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Feng" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tongxi Yu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2010.08.007" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1028WP86-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241579v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2009.09.008" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JMQ9D9DS-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241581v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Runhua Zhou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2010.03.068" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241578v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2009.08.013" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241568v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0894-9166(09)60291-3" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241572v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2009.04.005" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241521v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2007.12.008" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01337440v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujun He" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Petit" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/energycon.2016.7514140" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460008v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengguan Zhang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Balandraud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongjun He" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2023.105481" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398306v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398332v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guoshun Qin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaobin Zhang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue Chen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2022.168134" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398342v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2022.115029" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398322v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.J. He" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2023.115420" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490799v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2020.155159" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489834v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2020.102686" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921216v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Moumni" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. J. He" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2018.06.010" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921224v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2018.04.008" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398353v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398373v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2017.11.023" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04377026v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04377040v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398363v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377141v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Zheng" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2016.12.008" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W1ZXD7CB-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01661684v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01661683v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01661058v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oana-Zenaida Pascan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weihong Zhang" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12356-016-0045-2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377132v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Yin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingping Sun" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2016.03.023" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-25NLMF3K-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377150v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2015.12.021" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01332114v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2016.05.042" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01332124v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01332121v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377289v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377225v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241040v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.-Z. Pascan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Moumni" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.H. Zhang" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2015.04.006" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2GKCD14X-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241481v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Peng" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2015.01.044" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241642v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2014.01.013" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H3QRPT0R-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241614v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2013.11.005" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JCJLXN79-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377147v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241611v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2012.08.107" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NQ7F30FN-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377249v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241609v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Chen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4739711" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241591v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abbas Amini" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2010.10.026" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241605v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3636366" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241597v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q.P. Sun" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2011.02.017" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241600v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoling Wang" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/2.1104401" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241589v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinghua Zhang" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Feng" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tongxi Yu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2010.08.007" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1028WP86-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241582v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2010.06.006" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241586v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=y J He" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q P Sun" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/19/11/115014" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1D5DA67F1437543D4AB862BBD20ED937698E7283/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241579v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2009.09.008" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JMQ9D9DS-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241581v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Runhua Zhou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2010.03.068" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241568v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0894-9166(09)60291-3" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241578v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2009.08.013" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241572v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2009.04.005" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241521v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2007.12.008" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01337440v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujun He" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Petit" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/energycon.2016.7514140" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>