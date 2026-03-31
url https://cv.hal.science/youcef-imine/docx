--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -438,274 +438,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05031001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A framework for detecting zero-day exploits in network flows</w:t>
+                <w:t xml:space="preserve">Detecting malicious proxy nodes during IoT network joining phase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Almamy Touré</w:t>
+                <w:t xml:space="preserve">Ali Haj-Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youcef Imine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gallais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Semnont</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Antoine Gallais</w:t>
+                <w:t xml:space="preserve">Bruno Quoitin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Networks</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 248, pp.110476. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.comnet.2024.110476⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 243, pp.110308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.comnet.2024.110308⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05030985v1</w:t>
+                <w:t xml:space="preserve">hal-05030994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting malicious proxy nodes during IoT network joining phase</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A framework for detecting zero-day exploits in network flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Almamy Touré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youcef Imine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Haj-Hassan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Youcef Imine</w:t>
+                <w:t xml:space="preserve">Alexis Semnont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Delot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gallais</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Quoitin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Networks</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 243, pp.110308. </w:t>
+              <w:t xml:space="preserve">, 2024, 248, pp.110476. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.comnet.2024.110308⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.comnet.2024.110476⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05030994v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05030985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DMCSC: a fully distributed multi-coloring approach for scalable communication in synchronous broadcast networks</w:t>
               </w:r>
@@ -1388,248 +1388,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05309467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zero-Touch Mutual Authentication Scheme for 6TiSCH Industrial IoT Networks</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An Efficient Federated Identity Management Protocol For Heterogeneous Fog computing Architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youcef Imine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gallais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bruno Quoitin</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Challal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 International Wireless Communications and Mobile Computing (IWCMC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IWCMC55113.2022.9824568⟩</w:t>
+              <w:t xml:space="preserve">2022 International Conference on Software, Telecommunications and Computer Networks (SoftCOM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Split, Croatia. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/SoftCOM55329.2022.9911414⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03952069v1</w:t>
+                <w:t xml:space="preserve">hal-03951676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Efficient Federated Identity Management Protocol For Heterogeneous Fog computing Architecture</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Zero-Touch Mutual Authentication Scheme for 6TiSCH Industrial IoT Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Haj-Hassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youcef Imine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gallais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yacine Challal</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Quoitin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 International Conference on Software, Telecommunications and Computer Networks (SoftCOM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Split, Croatia. pp.1-6, </w:t>
+              <w:t xml:space="preserve">2022 International Wireless Communications and Mobile Computing (IWCMC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Dubrovnik, Croatia. pp.354-359, </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23919/SoftCOM55329.2022.9911414⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/IWCMC55113.2022.9824568⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03951676v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03952069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Efficient Data Integrity Verification Scheme For Distributed Fog Computing Architecture</w:t>
               </w:r>
@@ -2749,51 +2749,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358744v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferhat Mecerhed" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Imine" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gallais" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Fischer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ahmed Hail" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adhoc.2025.104087" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163377v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Sellami" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDSC.2025.3587589" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05031001v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2023.08.016" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05030985v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almamy Tour&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Semnont" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Delot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2024.110476" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05030994v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Haj-Hassan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Quoitin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2024.110308" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389352v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Lakhlef" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Raynal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ta&#239;ani" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11227-022-04700-3" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513506v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Lounis" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmadjid Bouabdallah" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cose.2020.101786" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951692v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Eddine Kouicem" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDSC.2020.3003232" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868134v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnca.2018.08.008" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127853v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Ghorbel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selina Cheggour" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Loscri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Ouarnoughi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309467v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC52391.2025.11161196" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952069v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWCMC55113.2022.9824568" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951676v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Challal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/SoftCOM55329.2022.9911414" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952076v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WiMob55322.2022.9941581" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053341v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally Ismail" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio D&#8217;andreagiovanni" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247844v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Mahamat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/SoftCOM50211.2020.9238158" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499794v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOBECOM38437.2019.9013502" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446843v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/SOFTCOM.2019.8903792" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881628v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TrustCom/BigDataSE.2018.00091" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727789v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Trustcom/BigDataSE/ICESS.2017.217" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727796v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWCMC.2017.7986376" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02882540v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019COMP2520" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358744v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferhat Mecerhed" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Imine" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gallais" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Fischer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ahmed Hail" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adhoc.2025.104087" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163377v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Sellami" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDSC.2025.3587589" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05031001v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2023.08.016" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05030994v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Haj-Hassan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Quoitin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2024.110308" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05030985v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almamy Tour&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Semnont" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Delot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2024.110476" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389352v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Lakhlef" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Raynal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ta&#239;ani" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11227-022-04700-3" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513506v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Lounis" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmadjid Bouabdallah" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cose.2020.101786" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951692v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Eddine Kouicem" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDSC.2020.3003232" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868134v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnca.2018.08.008" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127853v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Ghorbel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selina Cheggour" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Loscri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Ouarnoughi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309467v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC52391.2025.11161196" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951676v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Challal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/SoftCOM55329.2022.9911414" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952069v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWCMC55113.2022.9824568" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952076v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WiMob55322.2022.9941581" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053341v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally Ismail" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio D&#8217;andreagiovanni" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247844v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Mahamat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/SoftCOM50211.2020.9238158" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499794v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOBECOM38437.2019.9013502" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446843v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/SOFTCOM.2019.8903792" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881628v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TrustCom/BigDataSE.2018.00091" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727789v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Trustcom/BigDataSE/ICESS.2017.217" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727796v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWCMC.2017.7986376" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02882540v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019COMP2520" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>