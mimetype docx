--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1083,174 +1083,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01816598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA-Directed Base Pair Opening</w:t>
+                <w:t xml:space="preserve">DNA-DNA Recognition: From Tight Contact to Fatal Attraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Timsit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">InTech</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02008045v1</w:t>
+                <w:t xml:space="preserve">hal-02008304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA-DNA Recognition: From Tight Contact to Fatal Attraction</w:t>
+                <w:t xml:space="preserve">DNA-Directed Base Pair Opening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Timsit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">InTech</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 17 (10), pp.11947-11964. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules171011947⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02008304v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02008045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cytosine, the double helix and DNA self-assembly</w:t>
               </w:r>
@@ -1684,286 +1684,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02008085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coexistence of two protein folding states in the crystal structure of ribosomal protein L20.</w:t>
+                <w:t xml:space="preserve">The 1.3 A resolution structure of the RNA tridecamer r(GCGUUUGAAACGC): Metal ion binding correlates with base unstacking and groove contraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Timsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Allemand</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">M. Springer</w:t>
+                <w:t xml:space="preserve">Sophie Bombard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 7, pp.1013-1018</w:t>
+              <w:t xml:space="preserve">RNA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 13 (12), pp.2098-2107</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00161595v1</w:t>
+                <w:t xml:space="preserve">hal-02008106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The 1.3 A resolution structure of the RNA tridecamer r(GCGUUUGAAACGC): Metal ion binding correlates with base unstacking and groove contraction</w:t>
+                <w:t xml:space="preserve">Coexistence of two protein folding states in the crystal structure of ribosomal protein L20.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Timsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Allemand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chiaruttini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Bombard</w:t>
+                <w:t xml:space="preserve">M. Springer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RNA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 13 (12), pp.2098-2107</w:t>
+              <w:t xml:space="preserve">EMBO Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 7, pp.1013-1018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02008106v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00161595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coexistence of two protein folding states in the crystal structure of ribosomal protein L20</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Timsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Allemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chiaruttini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Springer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMBO Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 7, pp.1013-1018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2337,613 +2337,613 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02008153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Left-handed DNA Crossovers. Implications for DNA-DNA Recognition and Structural Alterations</w:t>
+                <w:t xml:space="preserve">DNA structure and polymerase fidelity 1 1Edited by T. Richmond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Timsit</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Zippora Shakked</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomolecular Structure and Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/07391102.1999.10508292⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 293 (4), pp.835-853. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1006/jmbi.1999.3199⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02008182v1</w:t>
+                <w:t xml:space="preserve">hal-02008161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA structure and polymerase fidelity 1 1Edited by T. Richmond</w:t>
+                <w:t xml:space="preserve">Left-handed DNA Crossovers. Implications for DNA-DNA Recognition and Structural Alterations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Timsit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michal Shatzky-Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zippora Shakked</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1006/jmbi.1999.3199⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biomolecular Structure and Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 16 (4), pp.775-785. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07391102.1999.10508292⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02008161v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02008182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydration and recognition of methylated CpG steps in DNA</w:t>
+                <w:t xml:space="preserve">DNA crossovers and type II DNA topoisomerases: a thermodynamical study 1 1Edited by T. Richmond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Mayer-Jung</w:t>
+                <w:t xml:space="preserve">Y Sikorav</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Moras</w:t>
+                <w:t xml:space="preserve">Bertrand Duplantier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Jannink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Timsit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Sikorav</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/emboj/17.9.2709⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 284 (5), pp.1279-1287. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1006/jmbi.1998.2280⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02008233v1</w:t>
+                <w:t xml:space="preserve">hal-02008229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Symmetry and chirality in topoisomerase II-DNA crossover recognition 1 1Edited by T. Richmond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Timsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Duplantier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Jannink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Sikorav</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Timsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 284 (5), pp.1289-1299. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1006/jmbi.1998.2281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02008222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA crossovers and type II DNA topoisomerases: a thermodynamical study 1 1Edited by T. Richmond</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hydration and recognition of methylated CpG steps in DNA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Jannink</w:t>
+                <w:t xml:space="preserve">C. Mayer-Jung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Moras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Timsit</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Sikorav</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1006/jmbi.1998.2280⟩</w:t>
+              <w:t xml:space="preserve">EMBO Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 17 (9), pp.2709-2718. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/emboj/17.9.2709⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02008229v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02008233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of cytosine methylation on DNA-DNA recognition at CpG steps</w:t>
               </w:r>
@@ -3243,51 +3243,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DNA self-fitting: the double helix directs the geometry of its supramolecular assembly.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Timsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Moras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMBO Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, 13 (12), pp.2737-46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3325,51 +3325,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystallization of DNA.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Timsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Moras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Methods in Enzymology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1992, 211, pp.409-29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3388,225 +3388,225 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02008256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Groove-backbone interaction in B-DNA. Implication for DNA condensation and recombination.</w:t>
+                <w:t xml:space="preserve">Base-pairing shift in the major groove of (CA)n tracts by B-DNA crystal structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Timsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">D. Moras</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Vilbois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Moras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, 354 (6349), pp.167-170. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/354167a0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02008263v1</w:t>
+                <w:t xml:space="preserve">hal-02008260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Base-pairing shift in the major groove of (CA)n tracts by B-DNA crystal structures</w:t>
+                <w:t xml:space="preserve">Groove-backbone interaction in B-DNA. Implication for DNA condensation and recombination.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Timsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Dino Moras</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Moras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, 221 (3), pp.919-40</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02008260v1</w:t>
+                <w:t xml:space="preserve">hal-02008263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unusual helical packing in crystals of DNA bearing a mutation hot spot</w:t>
               </w:r>
@@ -4276,51 +4276,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978839v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youri Timsit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Sergeant-Perthuis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bennequin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae1308" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978833v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes16010045" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733039v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inzhu Tanoz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25168806" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120751v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Timsit" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-80194-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402318v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Lescot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Valiadi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Not" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms222111311" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03430257v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms222111868" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514159v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vannier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Hingamp" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Turrel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Tanet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nargab/lqaa018" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390099v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20122911" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816591v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Poirot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep26485" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816598v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms14048252" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008045v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules171011947" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008304v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008070v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Varnai" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008064v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008080v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;ter V&#225;rnai" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0009326" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008075v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008085v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahir Acosta" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Allemand" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chiaruttini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Springer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms10030817" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161595v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Allemand" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chiaruttini" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Springer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008106v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bombard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114281v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008118v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.embor.7400803" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008143v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07391102.2001.10506733" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008139v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mayer" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008153v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07391102.2000.10506617" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008182v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Shatzky-Schwartz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zippora Shakked" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07391102.1999.10508292" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008161v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.1999.3199" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E931019E135F90A1DCFCB01F0356C5448234304B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008233v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mayer-Jung" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Moras" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/emboj/17.9.2709" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008222v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Timsit" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Duplantier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Jannink" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Sikorav" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.1998.2281" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/03A2C5944900D062DB1088715CF9ED2CF46E3B3B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008229v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Sikorav" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Jannink" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.1998.2280" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/09535633219D9BEF55C2EE170623096714500467/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008237v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Mayer-Jung" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dino Moras" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.1997.1137" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GZH8C74J-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008246v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008250v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.1995.0461" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T0112PJL-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008254v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008256v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008263v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008260v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vilbois" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/354167a0" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/849CFC06B598CF43F2472A68EDA43617700AD8EE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008266v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Timsit" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Westhof" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert P Fuchs" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/341459a0" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EE224311EB435623059B645FC18FA53E6500EBC0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398491v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038679v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Pavlovic" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vernette" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Pigani" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Joigneaux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Labesse" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308022v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Leconte" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom O Delmont" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenael Piganeau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978839v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youri Timsit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Sergeant-Perthuis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bennequin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae1308" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978833v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes16010045" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733039v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inzhu Tanoz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25168806" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120751v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Timsit" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-80194-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402318v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Lescot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Valiadi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Not" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms222111311" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03430257v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms222111868" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514159v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vannier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Hingamp" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Turrel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Tanet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nargab/lqaa018" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390099v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20122911" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816591v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Poirot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep26485" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816598v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms14048252" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008304v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008045v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules171011947" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008070v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Varnai" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008064v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008080v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;ter V&#225;rnai" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0009326" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008075v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008085v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahir Acosta" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Allemand" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chiaruttini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Springer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms10030817" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008106v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bombard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161595v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Allemand" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chiaruttini" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Springer" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114281v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008118v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.embor.7400803" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008143v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07391102.2001.10506733" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008139v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mayer" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008153v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07391102.2000.10506617" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008161v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.1999.3199" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E931019E135F90A1DCFCB01F0356C5448234304B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008182v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Shatzky-Schwartz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zippora Shakked" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07391102.1999.10508292" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008229v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Sikorav" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Duplantier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Jannink" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Sikorav" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.1998.2280" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/09535633219D9BEF55C2EE170623096714500467/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008222v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Timsit" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Jannink" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.1998.2281" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/03A2C5944900D062DB1088715CF9ED2CF46E3B3B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008233v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mayer-Jung" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Moras" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/emboj/17.9.2709" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008237v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Mayer-Jung" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dino Moras" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.1997.1137" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GZH8C74J-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008246v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008250v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.1995.0461" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T0112PJL-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008254v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008256v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008260v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vilbois" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/354167a0" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/849CFC06B598CF43F2472A68EDA43617700AD8EE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008263v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008266v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Timsit" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Westhof" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert P Fuchs" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/341459a0" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EE224311EB435623059B645FC18FA53E6500EBC0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398491v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038679v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Pavlovic" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vernette" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Pigani" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Joigneaux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Labesse" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308022v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Leconte" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom O Delmont" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenael Piganeau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>