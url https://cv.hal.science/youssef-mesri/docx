--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -555,1187 +555,1187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03521511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A ‘R-to-H’ Mesh Adaptation Approach for Moving Immersed Complex Geometries Using Parallel Computers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Variational Multi-Scale Anisotropic Mesh Adaptation Scheme for Aerothermal Problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Mesri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wafa Daldoul</w:t>
+                <w:t xml:space="preserve">Alban Bazile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Hachem</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Computational Fluid Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 34 (7-8), pp.597-609. </w:t>
+              <w:t xml:space="preserve">Lecture Notes in Computational Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Numerical Methods for Flows, 132, pp.199-210. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/10618562.2020.1783441⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-30705-9_18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03102306v1</w:t>
+                <w:t xml:space="preserve">hal-03102758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Variational Multi-Scale Anisotropic Mesh Adaptation Scheme for Aerothermal Problems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A ‘R-to-H’ Mesh Adaptation Approach for Moving Immersed Complex Geometries Using Parallel Computers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Daldoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Hachem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lecture Notes in Computational Science and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Numerical Methods for Flows, 132, pp.199-210. </w:t>
+              <w:t xml:space="preserve">International Journal of Computational Fluid Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 34 (7-8), pp.597-609. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-30705-9_18⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/10618562.2020.1783441⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03102758v1</w:t>
+                <w:t xml:space="preserve">hal-03102306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conservative and adaptive level-set method for the simulation of two-fluid flows</w:t>
+                <w:t xml:space="preserve">A versatile immersed surface-to-surface method for radiation exchange: Implementation and validation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Bahbah</w:t>
+                <w:t xml:space="preserve">Q. Schmid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Khalloufi</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Y. Mesri</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Fluids</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 134, pp.1091-1100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2019.01.051⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02154945v1</w:t>
+                <w:t xml:space="preserve">hal-02428747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A versatile immersed surface-to-surface method for radiation exchange: Implementation and validation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conservative and adaptive level-set method for the simulation of two-ﬂuid ﬂows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bahbah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Khalloufi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Q. Schmid</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elie Hachem</w:t>
+                <w:t xml:space="preserve">A. Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Mesri</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">T. Coupez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 134, pp.1091-1100. </w:t>
+              <w:t xml:space="preserve">Computers and Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 191, pp.104223. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2019.01.051⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.compfluid.2019.06.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02428747v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02186905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conservative and adaptive level-set method for the simulation of two-ﬂuid ﬂows</w:t>
+                <w:t xml:space="preserve">Conservative and adaptive level-set method for the simulation of two-fluid flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Bahbah</w:t>
+                <w:t xml:space="preserve">C Bahbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Khalloufi</w:t>
+                <w:t xml:space="preserve">M Khalloufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Larcher</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Y. Mesri</w:t>
+                <w:t xml:space="preserve">A Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Coupez</w:t>
+                <w:t xml:space="preserve">Y Mesri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Coupez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers and Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, 191, pp.104223. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02186905v1</w:t>
+                <w:t xml:space="preserve">hal-02154945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anisotropic adaptive stabilized finite element solver for RANS models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Variational Multiscale error estimator for anisotropic adaptive fluid mechanic simulations: application to convection-diffusion problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Bazile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Hachem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica Sari</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Juan-Carlos Larroya-Huguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Mesri</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Numerical Methods in Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/fld.4475⟩</w:t>
+              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 331, pp.94-115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cma.2017.11.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02115828v1</w:t>
+                <w:t xml:space="preserve">hal-01587023v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variational Multiscale error estimator for anisotropic adaptive fluid mechanic simulations: application to convection-diffusion problems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alban Bazile</w:t>
+                <w:t xml:space="preserve">Stabilized mixed finite element method for the M 1 radiation model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Schmid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Youssef Mesri</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramon Codina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 331, pp.94-115. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cma.2017.11.019⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 335, pp.69 - 90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cma.2018.01.046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01587023v2</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01742807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stabilized mixed finite element method for the M 1 radiation model</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Quentin Schmid</w:t>
+                <w:t xml:space="preserve">Interpolation with restrictions in an anisotropic adaptive finite element framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chahrazade Bahbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Hachem</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ramon Codina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cma.2018.01.046⟩</w:t>
+              <w:t xml:space="preserve">Finite Elements in Analysis and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 142, pp.30-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.finel.2017.11.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01742807v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02154933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interpolation with restrictions in an anisotropic adaptive finite element framework</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Parallel and adaptive VMS finite elements formulation for aerothermal problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Bazile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan-Carlos Larroya-Huguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Finite Elements in Analysis and Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.finel.2017.11.011⟩</w:t>
+              <w:t xml:space="preserve">Computers and Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.In Press. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compfluid.2018.03.077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02154933v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01784473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parallel and adaptive VMS finite elements formulation for aerothermal problems</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anisotropic adaptive stabilized finite element solver for RANS models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Sari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Cremonesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Khalloufi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cauneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Meliga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, pp.In Press. </w:t>
+              <w:t xml:space="preserve">International Journal for Numerical Methods in Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 86 (11), pp.717-736. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compfluid.2018.03.077⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/fld.4475⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01784473v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02115828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anisotropic boundary layer mesh generation for immersed complex geometries</w:t>
               </w:r>
@@ -1927,654 +1927,654 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01730515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unified adaptive Variational MultiScale method for two phase compressible–incompressible flows</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High fidelity anisotropic adaptive variational multiscale method for multiphase flows with surface tension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Khalloufi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Mesri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudy Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Massoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Hachem</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 308, pp.238-255. </w:t>
+              <w:t xml:space="preserve">, 2016, 307, pp.44-67. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cma.2016.05.022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cma.2016.04.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01353998v1</w:t>
+                <w:t xml:space="preserve">hal-01354154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High fidelity anisotropic adaptive variational multiscale method for multiphase flows with surface tension</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mehdi Khalloufi</w:t>
+                <w:t xml:space="preserve">Adaptive variational multiscale method for bingham flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Riber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudy Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Massoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cma.2016.04.014⟩</w:t>
+              <w:t xml:space="preserve">Computers and Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 138, pp.51-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compfluid.2016.08.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01354154v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01369945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive variational multiscale method for bingham flows</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rudy Valette</w:t>
+                <w:t xml:space="preserve">Unified formulation for modeling heat and fluid flow in complex real industrial equipment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Schmid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Franchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers and Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 138, pp.51-60. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compfluid.2016.08.011⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 134-135, pp.146-156. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compfluid.2016.05.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01369945v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01353990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unified formulation for modeling heat and fluid flow in complex real industrial equipment</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On optimal simplicial 3D meshes for minimizing the Hessian-based errors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Khalloufi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Hachem</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compfluid.2016.05.007⟩</w:t>
+              <w:t xml:space="preserve">Applied Numerical Analysis and Computational Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 109, pp.235-249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apnum.2016.07.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01353990v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01354332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On optimal simplicial 3D meshes for minimizing the Hessian-based errors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unified adaptive Variational MultiScale method for two phase compressible–incompressible flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Hachem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Khalloufi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudy Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Numerical Analysis and Computational Mathematics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 308, pp.238-255. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cma.2016.05.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apnum.2016.07.007⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01354332v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01353998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parallel Adaptive Mesh Refinement for Capturing Front Displacements: Application to Thermal EOR Processes.</w:t>
               </w:r>
@@ -2867,77 +2867,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive anisotropic meshing and remeshing technique for the numerical modelling of SAGD process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W Zerguine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Coupez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Management Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3060,648 +3060,648 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00836212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-model and multi-scale optimization strategies. Application to sonic boom reduction</w:t>
+                <w:t xml:space="preserve">Continuous mesh adaptation models for CFD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Alain Dervieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Mesri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Frédéric Alauzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Daumas</w:t>
+                <w:t xml:space="preserve">Adrien Loseille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Dervieux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Quang Dinh</w:t>
+                <w:t xml:space="preserve">Laurent Hascoet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Européenne de Mécanique Numérique/European Journal of Computational Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 17 (1-2), pp.191--214</w:t>
+              <w:t xml:space="preserve">Computational fluid dynamics journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 16 (4), pp.346-355</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01466949v1</w:t>
+                <w:t xml:space="preserve">hal-00799307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multimodel design strategies applied to sonic boom reduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Alauzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Borel-Sandou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Daumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Alauzet</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alain Dervieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quang Dinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Européenne de Mécanique Numérique/European Journal of Computational Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 17 (1-2), pp.245--269</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous mesh adaptation models for CFD</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
+                <w:t xml:space="preserve">Calculs de sensibilite par differentiation pour l'Aérodynamique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dervieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurent Hascoet</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Courty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Hascoët</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Koobus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational fluid dynamics journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 16 (4), pp.346-355</w:t>
+              <w:t xml:space="preserve">ESAIM: Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 22, pp.181--189</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00799307v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calculs de sensibilite par differentiation pour l'Aérodynamique</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamic parallel adaption for three dimensional unstructured meshes: Application to interface tracking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Zerguine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Digonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luisa Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Coupez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESAIM: Proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 22, pp.181--189</w:t>
+              <w:t xml:space="preserve">International Management Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 17, pp.195--212</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01466948v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic parallel adaption for three dimensional unstructured meshes: Application to interface tracking</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Multi-model and multi-scale optimization strategies. Application to sonic boom reduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Alauzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Borel-Sandou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Daumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dervieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quang Dinh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Management Review</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 17, pp.195--212</w:t>
+              <w:t xml:space="preserve">Revue Européenne de Mécanique Numérique/European Journal of Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 17 (1-2), pp.191--214</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01466975v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (55)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3830,135 +3830,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05398496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive Mesh Deformation Based on Randomized RBF Solvers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Efficient Mesh Deformation Based on Randomized RBF Solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Parret-Fréaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wael Bader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien da Viga</w:t>
+                <w:t xml:space="preserve">Sébastien da Veiga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 SIAM Conference on Applied Linear Algebra</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">2024 SIAM Conference on Parallel Processing for Scientific Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Baltimore (United States), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04888416v1</w:t>
+                <w:t xml:space="preserve">hal-04888424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovating Linear System Solutions in Fluid and Solid Mechanics through Randomized Algorithms</w:t>
               </w:r>
@@ -3970,51 +3970,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wael Bader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien da Viga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Parret-Fréaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4038,748 +4038,787 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04888396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient Mesh Deformation Based on Randomized RBF Solvers</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sébastien da Veiga</w:t>
+                <w:t xml:space="preserve">A Flexible Operational Framework for Energy Profiling of Programs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roblex Nana Tchakoute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Tadonki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petr Dokladal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petr Dokladal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 SIAM Conference on Parallel Processing for Scientific Computing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2024 International Symposium on Computer Architecture and High Performance Computing Workshops (SBAC-PADW)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Hilo, United States. pp.12-22, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SBAC-PADW64858.2024.00014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04888424v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04819054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Flexible Operational Framework for Energy Profiling of Programs</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Petr Dokladal</w:t>
+                <w:t xml:space="preserve">Adaptive Mesh Deformation Based on Randomized RBF Solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wael Bader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Parret-Fréaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien da Viga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 International Symposium on Computer Architecture and High Performance Computing Workshops (SBAC-PADW)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2024 SIAM Conference on Applied Linear Algebra</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/SBAC-PADW64858.2024.00014⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04819054v1</w:t>
+                <w:t xml:space="preserve">hal-04888416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A GNN-BASED FRAMEWORK TO IDENTIFY FLOW PHENOMENA ON UNSTRUCTURED MESHES -PARCFD2023</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Efficient unstructured mesh deformation using randomized linear algebra in Fluid Structure Interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33rd Parallel CFD International Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Cuenca, Ecuador</w:t>
+              <w:t xml:space="preserve">International conference on Adpative modeling and Simulation - Admos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Gothenburg, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04510114v1</w:t>
+                <w:t xml:space="preserve">hal-04510050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DIFFLOW -A FRAMEWORK TO INCORPORATE THE PHYSICAL GRADIENT IN DEEP LEARNING MODELS FOR FLUID DYNAMICS</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Morgane Bourgeois And Youssef Mesri</w:t>
+                <w:t xml:space="preserve">Efficient mesh deformation based on randomized RBF solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Bader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Parret‐freaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. da Veiga And Y. Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34th International Conference on Parallel Computational Fluid Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Cuenca, Ecuador</w:t>
+              <w:t xml:space="preserve">The Seventh International Conference on Parallel, Distributed, GPU and Cloud Computing for Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, PECS, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04510102v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient unstructured mesh deformation using randomized linear algebra in Fluid Structure Interaction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">DIFFLOW -A FRAMEWORK TO INCORPORATE THE PHYSICAL GRADIENT IN DEEP LEARNING MODELS FOR FLUID DYNAMICS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Vital</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Munzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Bourgeois And Youssef Mesri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International conference on Adpative modeling and Simulation - Admos</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Gothenburg, Sweden</w:t>
+              <w:t xml:space="preserve">34th International Conference on Parallel Computational Fluid Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Cuenca, Ecuador</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04510050v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient mesh deformation based on randomized RBF solvers</w:t>
+                <w:t xml:space="preserve">A GNN-BASED FRAMEWORK TO IDENTIFY FLOW PHENOMENA ON UNSTRUCTURED MESHES -PARCFD2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W. Bader</w:t>
+                <w:t xml:space="preserve">L. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Parret‐freaud</w:t>
+                <w:t xml:space="preserve">Y. Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. da Veiga And Y. Mesri</w:t>
+                <w:t xml:space="preserve">Jf. Wald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Seventh International Conference on Parallel, Distributed, GPU and Cloud Computing for Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, PECS, Hungary</w:t>
+              <w:t xml:space="preserve">33rd Parallel CFD International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Cuenca, Ecuador</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04510080v1</w:t>
+                <w:t xml:space="preserve">hal-04510114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient parallel mesh movement based on fast low rank solvers and local remeshing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improving confidence on CFD by deep learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lianfa Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Wald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Congress on Computational Mechanics WCCM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Yokohama, Japan</w:t>
+              <w:t xml:space="preserve">33rd Parallel CFD International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Alba, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03938017v1</w:t>
+                <w:t xml:space="preserve">hal-03938096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EFFICIENT MESH DEFORMATION BASED ON RANDOMIZED RBF SOLVERS</w:t>
               </w:r>
@@ -4867,463 +4906,424 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03938045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving confidence on CFD by deep learning</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">PERFORMANCE PORTABILITY THROUGH SYCL : LBM AS A CASE STUDY</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouadie El Farouki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33rd Parallel CFD International Conference</w:t>
+              <w:t xml:space="preserve">33rd International Conference on Parallel Computational Fluid Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Alba, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03938096v1</w:t>
+                <w:t xml:space="preserve">hal-03938112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PERFORMANCE PORTABILITY THROUGH SYCL : LBM AS A CASE STUDY</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">MÉTHODE DE DÉFORMATION EFFICACE DE MAILLAGES PAR SOLVEURS RBF RANDOMISÉS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bader Wael</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Parret-Fréaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Da Veiga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ouadie El Farouki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33rd International Conference on Parallel Computational Fluid Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Alba, Italy</w:t>
+              <w:t xml:space="preserve">Congrès Français de Mécanique CFM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03938112v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03937958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MÉTHODE DE DÉFORMATION EFFICACE DE MAILLAGES PAR SOLVEURS RBF RANDOMISÉS</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Efficient parallel mesh movement based on fast low rank solvers and local remeshing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français de Mécanique CFM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
+              <w:t xml:space="preserve">World Congress on Computational Mechanics WCCM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Yokohama, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03937958v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03938017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Multiscale Simulation of a Coronavirus Infecting a Cell</w:t>
+                <w:t xml:space="preserve">A fully-automated workflow of 3D transient and adaptive simulations on national supercomputers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM CSE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2021, Austin, United States</w:t>
+              <w:t xml:space="preserve">WCCM World Congress on Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03521638v1</w:t>
+                <w:t xml:space="preserve">hal-03102646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A fully-automated workflow of 3D transient and adaptive simulations on national supercomputers</w:t>
+                <w:t xml:space="preserve">A Multiscale Simulation of a Coronavirus Infecting a Cell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WCCM World Congress on Computational Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">SIAM CSE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Austin, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03102646v1</w:t>
+                <w:t xml:space="preserve">hal-03521638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient mesh deformation based on algebraic approches and fast low rank solvers</w:t>
               </w:r>
@@ -5460,51 +5460,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MASSIVELY PARALLEL FINITE ELEMENT COMPUTING FOR AEROTHERMAL APPLICATIONS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Bazile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5568,51 +5568,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghalia Guiza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Boilley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Meliga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5745,51 +5745,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anisotropic Mesh Adaptation on Emerging Architectures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Meliga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Pigeonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5847,800 +5847,800 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01977583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stabilized Monolithic FEM for Cahn-Hilliard/Navier-Stokes Equations on Anisotropic Unstructured Meshes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Pigeonneau</w:t>
+                <w:t xml:space="preserve">Adaptive variational multiscale method for turbulent flows past complex geometries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghalia Guiza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Meliga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Boilley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rudy Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th World Congress on Computational Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, New-York City, United States</w:t>
+              <w:t xml:space="preserve">53rd International Conference of Applied Aerodynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Salon de Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01977588v1</w:t>
+                <w:t xml:space="preserve">hal-03924926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive variational multiscale method for turbulent flows past complex geometries</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Boilley</w:t>
+                <w:t xml:space="preserve">Stabilized Monolithic FEM for Cahn-Hilliard/Navier-Stokes Equations on Anisotropic Unstructured Meshes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Pigeonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudy Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">53rd International Conference of Applied Aerodynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Salon de Provence, France</w:t>
+              <w:t xml:space="preserve">13th World Congress on Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, New-York City, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03924926v1</w:t>
+                <w:t xml:space="preserve">hal-01977588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthode d'éléments finis stabilisés pour la simulation numérique des procédés de trempe industrielle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mehdi Khalloufi</w:t>
+                <w:t xml:space="preserve">A variational multi-scale anisotropic mesh adaptation scheme for aerothermal problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Bazile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
+              <w:t xml:space="preserve">International Conference in Finite Element in Flow problems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01899307v1</w:t>
+                <w:t xml:space="preserve">hal-02140904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A variational multi-scale anisotropic mesh adaptation scheme for aerothermal problems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">E Hachem</w:t>
+                <w:t xml:space="preserve">Anisotropic boundary layer mesh generation for immersed complex geometries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Hachem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Billon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Boilley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Bazile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference in Finite Element in Flow problems</w:t>
+              <w:t xml:space="preserve">19th International Conference on Finite Elements in Flow Problems FEF 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02140904v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01521734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On dynamic load balancing schemes for adaptive finite element solvers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quenching: simulation is ready to optimize the process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Belhajria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Khalloufi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudy Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VII Coupled Problems in Science and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Rhodes, Greece</w:t>
+              <w:t xml:space="preserve">24th European Conference on Heat Treatment and Surface Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02140839v1</w:t>
+                <w:t xml:space="preserve">hal-01730518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anisotropic boundary layer mesh generation for immersed complex geometries</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Méthode d'éléments finis stabilisés pour la simulation numérique des procédés de trempe industrielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Khalloufi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Mesri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudy Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Massoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Hachem</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Conference on Finite Elements in Flow Problems FEF 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Rome, Italy</w:t>
+              <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01521734v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01899307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quenching: simulation is ready to optimize the process</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On dynamic load balancing schemes for adaptive finite element solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Hachem</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th European Conference on Heat Treatment and Surface Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Nice, France</w:t>
+              <w:t xml:space="preserve">VII Coupled Problems in Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Rhodes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01730518v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02140839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predictive load balancing schemes for adaptive finite element solvers</w:t>
               </w:r>
@@ -6689,191 +6689,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02140965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Turbulent boiling multiphase flows using variational multiscale FEM</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mehdi Khalloufi</w:t>
+                <w:t xml:space="preserve">Éléments finis adaptatifs pour la simulation des phénomènes interfaciaux avec changement de phase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chahrazade Bahbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Hachem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rudy Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Massoni</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th US National Congress on Computational Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01730491v1</w:t>
+                <w:t xml:space="preserve">hal-01922523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A predictive load balancing approach for parallel anisotropic adaptive finite element solvers in aerodynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Bazile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6911,77 +6911,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formulation adaptative variationnelle et calcul massivement parallèle pour l'aérothermique industrielle avec Safran Aircraft Engines.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Bazile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan-Carlos Larroya-Huguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7013,178 +7013,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01899294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éléments finis adaptatifs pour la simulation des phénomènes interfaciaux avec changement de phase</w:t>
+                <w:t xml:space="preserve">Turbulent boiling multiphase flows using variational multiscale FEM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chahrazade Bahbah</w:t>
+                <w:t xml:space="preserve">Mehdi Khalloufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudy Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Massoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Hachem</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Massoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
+              <w:t xml:space="preserve">14th US National Congress on Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01922523v1</w:t>
+                <w:t xml:space="preserve">hal-01730491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High delity anisotropic adaptive FEM towards physical couplings in turbulent boiling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Khalloufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7367,718 +7367,718 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01558407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unified compressibleincompressible Variational MultiScale method for liquid-vapour dynamics.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Massoni</w:t>
+                <w:t xml:space="preserve">Adaptive meshing method for turbulent flow simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Billon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th World Congress on Computational Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Seoul, South Korea</w:t>
+              <w:t xml:space="preserve">ECCOMAS Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Crete Island, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01466707v1</w:t>
+                <w:t xml:space="preserve">hal-01469062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High fidelity anisotropic adaptive variational multiscale method for turbulent multiphase flows</w:t>
+                <w:t xml:space="preserve">Modeling of Non-Newtonian multiphase flow using adaptive stabilized finite element method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Riber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Khalloufi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudy Valette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th World Congress on Computational Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Séoul, South Korea</w:t>
+              <w:t xml:space="preserve">ECCOMAS Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Crete Island, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01469013v1</w:t>
+                <w:t xml:space="preserve">hal-01469031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of Non-Newtonian multiphase flow using adaptive stabilized finite element method</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unified S-FEM for modelling fluid-solid interactions in complex real industrial equipment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Schmid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Mesri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Hachem</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Rudy Valette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCOMAS Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Crete Island, Greece</w:t>
+              <w:t xml:space="preserve">12th World Congress on Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Séoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01469031v1</w:t>
+                <w:t xml:space="preserve">hal-01468769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unified S-FEM for modelling fluid-solid interactions in complex real industrial equipment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Quentin Schmid</w:t>
+                <w:t xml:space="preserve">High fidelity adaptive meshing for immersed methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Toulorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th World Congress on Computational Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Séoul, South Korea</w:t>
+              <w:t xml:space="preserve">ECCOMAS Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Crete Island, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01468769v1</w:t>
+                <w:t xml:space="preserve">hal-01469033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive meshing method for turbulent flow simulations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the efficiency of parallel incompressible Navier-Stokes solvers in the framework of anisotropic adaptive finite elements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCOMAS Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Crete Island, Greece</w:t>
+              <w:t xml:space="preserve">12th World Congress on Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Séoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01469062v1</w:t>
+                <w:t xml:space="preserve">hal-01468983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High fidelity adaptive meshing for immersed methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Toulorge</w:t>
+                <w:t xml:space="preserve">High fidelity anisotropic adaptive variational multiscale method for turbulent multiphase flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCOMAS Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Crete Island, Greece</w:t>
+              <w:t xml:space="preserve">12th World Congress on Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Séoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01469033v1</w:t>
+                <w:t xml:space="preserve">hal-01469013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the efficiency of parallel incompressible Navier-Stokes solvers in the framework of anisotropic adaptive finite elements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unified compressibleincompressible Variational MultiScale method for liquid-vapour dynamics.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Khalloufi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudy Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Massoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th World Congress on Computational Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2016, Séoul, South Korea</w:t>
+              <w:t xml:space="preserve">, Jul 2016, Seoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01468983v1</w:t>
+                <w:t xml:space="preserve">hal-01466707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parallel anisotropic 3D mesh adaptation for unsteady turbulent Flows</w:t>
               </w:r>
@@ -8153,312 +8153,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01469191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parallel scalable anisotropic adaptation for Fluid-Structure interaction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Approche Monolithique pour le rayonnement en aérothermie couplée: application aux traitement thermique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Schmid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fornara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">USNCCM13 - 13th U.S. National Congress on Computational Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, San Diego, United States</w:t>
+              <w:t xml:space="preserve">, XII ème Colloque Interuniversitaire Franco-Québécois sur la Thermique des Systèmes - CIFQ2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Sherbrooke, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01469097v1</w:t>
+                <w:t xml:space="preserve">hal-01469162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive Finite Element Simulation of Turbulent Flow Multi-Physics with Applications in Aerodynamics</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Parallel scalable anisotropic adaptation for Fluid-Structure interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ADMOS - International Conference on Adaptive Modeling and Simulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Nantes, France</w:t>
+              <w:t xml:space="preserve">USNCCM13 - 13th U.S. National Congress on Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01469126v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01469097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche Monolithique pour le rayonnement en aérothermie couplée: application aux traitement thermique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Quentin Schmid</w:t>
+                <w:t xml:space="preserve">Adaptive Finite Element Simulation of Turbulent Flow Multi-Physics with Applications in Aerodynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Billon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Fornara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Hachem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">, XII ème Colloque Interuniversitaire Franco-Québécois sur la Thermique des Systèmes - CIFQ2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Sherbrooke, Canada</w:t>
+              <w:t xml:space="preserve">ADMOS - International Conference on Adaptive Modeling and Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01469162v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01469126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conformal hexahedral mesh coarsening by agglomeration</w:t>
               </w:r>
@@ -8660,293 +8660,293 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive anisotropic mesh and interface capturing problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Coupez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walid Zerguine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Digonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium on Research in the Mathematical Sciences: Current status and Future perspectives by CAMS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jan 2009, Beirut, Lebanon</w:t>
+              <w:t xml:space="preserve">, 2009, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00614587v1</w:t>
+                <w:t xml:space="preserve">hal-01466943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive anisotropic mesh and interface capturing problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Coupez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walid Zerguine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Digonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium on Research in the Mathematical Sciences: Current status and Future perspectives by CAMS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, Unknown, Unknown Region</w:t>
+              <w:t xml:space="preserve">, Jan 2009, Beirut, Lebanon</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01466943v1</w:t>
+                <w:t xml:space="preserve">hal-00614587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic Parallel Adaption for Three Dimensional Unstructured Meshes: Application to Interface Tracking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Zerguine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Digonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luisa Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Coupez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8993,77 +8993,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonic boom modeling: aspects, numerical methods and optimisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Alauzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Alauzet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alain Dervieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Loseille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9114,64 +9114,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimum shape design and mesh adaptation for sonic boom reduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Alauzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dervieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">in" Proc. in AAAF 2007", 2007. References in notes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9687,77 +9687,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hierarchical adaptive multi-mesh partitioning algorithm on heterogeneous systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Digonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Coupez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parallel Computational Fluid Dynamics 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.299--306, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9795,77 +9795,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic parallel adaption for three dimensional unstructured meshes: Application to interface tracking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Zerguine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Digonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luisa Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Coupez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10111,242 +10111,242 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">InfinityEBSD : Metrics-Guided Infinite-Size EBSD Map Generation With Diffusion Models</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sterley Labady</w:t>
+                <w:t xml:space="preserve">Benchmark-based Study of CPU/GPU Power-Related Features through JAX and TensorFlow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roblex Nana Tchakoute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Tadonki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petr Dokládal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...37 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05446990v1</w:t>
+                <w:t xml:space="preserve">hal-05072924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benchmark-based Study of CPU/GPU Power-Related Features through JAX and TensorFlow</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Petr Dokládal</w:t>
+                <w:t xml:space="preserve">InfinityEBSD : Metrics-Guided Infinite-Size EBSD Map Generation With Diffusion Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sterley Labady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Pino Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Flipon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bernacki</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05072924v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05446990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy Concerns with HPC Systems and Applications</w:t>
               </w:r>
@@ -10433,90 +10433,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variational Multiscale error estimator for anisotropic adaptive fluid mechanic simulations: application to Navier-Stokes problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Bazile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Hachem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J C Larroya-Huguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y Mesri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10579,64 +10579,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A fixed-point mesh-adaptive shape design algorithm applied to sonic boom reduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Alauzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dervieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Inria. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -10671,64 +10671,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A strongly coupled mesh adaptive optimal shape algorithm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Alauzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dervieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Inria. 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -10823,263 +10823,263 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00186037v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euler-based boom reduction: INRIA contribution to HISAC 2.3. 2 Workshop Saint-Cloud, June 2006</w:t>
+                <w:t xml:space="preserve">INRIA 18th month Technical report to HISAC 2.3. 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hascoet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Alauzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Loseille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Alauzet</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alain Dervieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Inria. 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01466952v1</w:t>
+                <w:t xml:space="preserve">hal-01466953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">INRIA 18th month Technical report to HISAC 2.3. 2</w:t>
+                <w:t xml:space="preserve">Euler-based boom reduction: INRIA contribution to HISAC 2.3. 2 Workshop Saint-Cloud, June 2006</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mesri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hascoet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Alauzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Loseille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Alauzet</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alain Dervieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Inria. 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01466953v1</w:t>
+                <w:t xml:space="preserve">hal-01466952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId235"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -11234,51 +11234,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05442181v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roblex Nana Tchakoute" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Tadonki" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Dokladal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Mesri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3625414" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510128v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lianfa Wang" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Fournier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Wald" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2023.106104" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521618v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuekun Yang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2022.105632" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521511v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabab Alomairy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Bader" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Ltaief" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Keyes" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3512756" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102306v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Daldoul" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Hachem" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10618562.2020.1783441" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102758v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Bazile" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30705-9_18" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154945v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bahbah" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Khalloufi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Larcher" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Mesri" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Coupez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428747v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Schmid" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mesri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2019.01.051" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02186905v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bahbah" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Khalloufi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Larcher" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Coupez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2019.06.022" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02115828v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Sari" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Cremonesi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Khalloufi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cauneau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Meliga" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fld.4475" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587023v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Carlos Larroya-Huguet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2017.11.019" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01742807v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Schmid" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Codina" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2018.01.046" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154933v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahrazade Bahbah" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2017.11.011" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01784473v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2018.03.077" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01353694v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Billon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00366-016-0469-7" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01730515v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Riber" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Valette" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01353998v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bruchon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2016.05.022" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4QXP46DZ-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01354154v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Massoni" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2016.04.014" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01369945v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2016.08.011" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01353990v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Marchal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Franchet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Schwartz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2016.05.007" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01354332v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apnum.2016.07.007" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466974v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Gratien" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Michel Ricois" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Gayno" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-00713134v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guillard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Coupez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amc.2012.04.014" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466940v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Digonnet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466942v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Zerguine" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00836212v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejcm.18.669-694" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466949v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Alauzet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Borel-Sandou" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Daumas" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dervieux" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Dinh" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466947v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799307v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Loseille" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hascoet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466948v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Courty" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hasco&#235;t" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Koobus" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466975v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Zerguine" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Silva" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05398496v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBAC-PAD66369.2025.00028" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888416v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Parret-Fr&#233;aud" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien da Viga" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888396v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04888424v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien da Veiga" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04819054v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBAC-PADW64858.2024.00014" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510114v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Wang" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fournier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jf. Wald" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510102v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Vital" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Munzer" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bonnet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Bourgeois And Youssef Mesri" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510050v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510080v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Bader" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Parret&#8208;freaud" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. da Veiga And Y. Mesri" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938017v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938045v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Da Veiga" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938096v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938112v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouadie El Farouki" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937958v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bader Wael" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521638v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102646v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521643v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102595v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102705v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924946v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghalia Guiza" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Boilley" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141035v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01977583v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Pigeonneau" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01977588v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924926v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899307v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140904v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bazile" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Hachem" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140839v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01521734v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01730518v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal David" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Belhajria" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140965v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01730491v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01521914v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899294v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922523v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01521751v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01558407v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Toulorge" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modesar Shakoor" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Bouchard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bernacki" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466707v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01469013v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01469031v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01468769v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01469062v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01469033v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01468983v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01469191v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01469097v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01469126v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01469162v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fornara" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01466938v2" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cargemel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466939v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00614587v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466943v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00909625v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-87921-3_12" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466944v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466950v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466955v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04143279v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Dokl&#225;dal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521679v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Tromeur-Dervout" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-ciheam.iamm.fr/hal-04861732v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roblex Nana" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-78698-3_6" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466941v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Digonnet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466946v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102386v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ricois" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01651785v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446990v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sterley Labady" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pino Munoz" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Flipon" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05072924v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213338v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01816628v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J C Larroya-Huguet" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466945v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466951v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00186037v2" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466952v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466953v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05442181v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roblex Nana Tchakoute" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Tadonki" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Dokladal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Mesri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3625414" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510128v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lianfa Wang" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Fournier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Wald" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2023.106104" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521618v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuekun Yang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2022.105632" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521511v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabab Alomairy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Bader" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Ltaief" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Keyes" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3512756" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102758v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Bazile" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Hachem" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30705-9_18" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102306v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Daldoul" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10618562.2020.1783441" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428747v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Schmid" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mesri" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2019.01.051" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02186905v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bahbah" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Khalloufi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Larcher" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Coupez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2019.06.022" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154945v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bahbah" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Khalloufi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Larcher" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Mesri" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Coupez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587023v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Carlos Larroya-Huguet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2017.11.019" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01742807v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Schmid" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Codina" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2018.01.046" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154933v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahrazade Bahbah" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2017.11.011" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01784473v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2018.03.077" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02115828v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Sari" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Cremonesi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Khalloufi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cauneau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Meliga" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fld.4475" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01353694v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Billon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00366-016-0469-7" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01730515v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Riber" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Valette" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01354154v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Massoni" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2016.04.014" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01369945v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2016.08.011" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01353990v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Marchal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Franchet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Schwartz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2016.05.007" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01354332v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apnum.2016.07.007" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01353998v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bruchon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2016.05.022" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4QXP46DZ-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466974v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Gratien" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Michel Ricois" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Gayno" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-00713134v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guillard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Coupez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amc.2012.04.014" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466940v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Digonnet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466942v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Zerguine" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00836212v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejcm.18.669-694" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799307v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dervieux" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Alauzet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Loseille" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hascoet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466947v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Borel-Sandou" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Daumas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Dinh" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466948v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Courty" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hasco&#235;t" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Koobus" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466975v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Zerguine" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Silva" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466949v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05398496v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBAC-PAD66369.2025.00028" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04888424v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Parret-Fr&#233;aud" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien da Veiga" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888396v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien da Viga" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04819054v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBAC-PADW64858.2024.00014" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888416v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510050v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510080v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Bader" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Parret&#8208;freaud" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. da Veiga And Y. Mesri" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510102v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Vital" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Munzer" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bonnet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Bourgeois And Youssef Mesri" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510114v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Wang" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fournier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jf. Wald" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938096v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938045v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Da Veiga" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938112v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouadie El Farouki" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937958v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bader Wael" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938017v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102646v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521638v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521643v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102595v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102705v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924946v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghalia Guiza" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Boilley" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141035v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01977583v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Pigeonneau" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924926v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01977588v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140904v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bazile" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Hachem" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01521734v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01730518v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal David" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Belhajria" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899307v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140839v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140965v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922523v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01521914v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899294v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01730491v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01521751v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01558407v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Toulorge" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modesar Shakoor" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Bouchard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bernacki" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01469062v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01469031v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01468769v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01469033v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01468983v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01469013v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466707v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01469191v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01469162v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fornara" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01469097v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01469126v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01466938v2" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cargemel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466939v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466943v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00614587v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00909625v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-87921-3_12" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466944v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466950v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466955v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04143279v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Dokl&#225;dal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521679v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Tromeur-Dervout" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-ciheam.iamm.fr/hal-04861732v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roblex Nana" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-78698-3_6" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466941v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Digonnet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466946v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102386v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ricois" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01651785v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05072924v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446990v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sterley Labady" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pino Munoz" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Flipon" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213338v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01816628v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J C Larroya-Huguet" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466945v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466951v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00186037v2" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466953v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01466952v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>