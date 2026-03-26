--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -100,51 +100,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A real-time wave prediction in directional wave fields: Strategies for accurate continuous prediction in time</w:t>
+                <w:t xml:space="preserve">Numerical and experimental investigation on deterministic prediction of ocean surface wave and wave excitation force</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I.-C. Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Ducrozet</w:t>
@@ -179,106 +179,106 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Perignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ocean Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 291, pp.116445. </w:t>
+              <w:t xml:space="preserve">Applied Ocean Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 142, pp.103834. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2023.116445⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apor.2023.103834⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04327971v1</w:t>
+                <w:t xml:space="preserve">hal-04336707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical and experimental investigation on deterministic prediction of ocean surface wave and wave excitation force</w:t>
+                <w:t xml:space="preserve">A real-time wave prediction in directional wave fields: Strategies for accurate continuous prediction in time</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I.-C. Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Ducrozet</w:t>
@@ -313,82 +313,82 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Perignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Ocean Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 142, pp.103834. </w:t>
+              <w:t xml:space="preserve">Ocean Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 291, pp.116445. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apor.2023.103834⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2023.116445⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04336707v1</w:t>
+                <w:t xml:space="preserve">hal-04327971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The potential of wave feedforward control for floating wind turbines: A wave tank experiment</w:t>
               </w:r>
@@ -2222,433 +2222,433 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02992269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An LES characterization of turbulent and wave induced flows in the atmospheric boundary layer above regular non-linear swells.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Liad Paskin</w:t>
+                <w:t xml:space="preserve">Influence of resource definition on defining a WEC optimal size.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Gorintin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory S Payne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Darbinyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perignon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Aubrun-Sanches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAWE PhD Seminar 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Nantes, France</w:t>
+              <w:t xml:space="preserve">EWTEC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Naples, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02884202v1</w:t>
+                <w:t xml:space="preserve">hal-02565069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of resource definition on defining a WEC optimal size.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Advanced measurement and analysis of waves and turbulence using 5-, 7- or 8-beam ADCPs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Darbinyan</w:t>
+                <w:t xml:space="preserve">Elois Droniou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matt Folley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cuan Boake</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EWTEC</w:t>
+              <w:t xml:space="preserve">European Wave and Tidal Energy Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Naples, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02565069v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02407880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced measurement and analysis of waves and turbulence using 5-, 7- or 8-beam ADCPs</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Matt Folley</w:t>
+                <w:t xml:space="preserve">An LES characterization of turbulent and wave induced flows in the atmospheric boundary layer above regular non-linear swells.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liad Paskin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Conan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cuan Boake</w:t>
+                <w:t xml:space="preserve">Sandrine Aubrun-Sanches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Wave and Tidal Energy Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Naples, Italy</w:t>
+              <w:t xml:space="preserve">EAWE PhD Seminar 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02407880v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02884202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of resource definition on defining a WEC optimal size</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Gorintin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory S Payne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Darbinyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2680,286 +2680,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02407865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase-Resolved Reconstruction Algorithm and Deterministic Prediction of Nonlinear Ocean Waves From Spatio-Temporal Optical Measurements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Desmars</w:t>
+                <w:t xml:space="preserve">Prédiction déterministe de houle en temps réel par mesure du profil de vitesses horizontales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Huchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Gilloteaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Babarit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ducrozet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perignon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stephan T. Grilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME 2018 37th International Conference on Ocean, Offshore and Arctic Engineering</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">16es Journées de l'Hydrodynamique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Marseille, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01855465v1</w:t>
+                <w:t xml:space="preserve">hal-02013239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prédiction déterministe de houle en temps réel par mesure du profil de vitesses horizontales</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phase-Resolved Reconstruction Algorithm and Deterministic Prediction of Nonlinear Ocean Waves From Spatio-Temporal Optical Measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Desmars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ducrozet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Antoine Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Huchet</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Yves Perignon</w:t>
+                <w:t xml:space="preserve">Stephan T. Grilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16es Journées de l'Hydrodynamique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ASME 2018 37th International Conference on Ocean, Offshore and Arctic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Madrid, Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/OMAE2018-78367⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02013239v1</w:t>
+                <w:t xml:space="preserve">hal-01855465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase-Resolved Prediction of Nonlinear Ocean Wave Fields from Remote Optical Measurements</w:t>
               </w:r>
@@ -2997,51 +2997,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ducrozet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles-Antoine Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan T. Grilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16èmes Journées de l'Hydrodynamique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Marseille, France</w:t>
@@ -3431,265 +3431,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01197423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">About the Use of 3rd Generation Wave Prediction Models for Estimating the Performance of Wave Energy Converters in Coastal Regions</w:t>
+                <w:t xml:space="preserve">Extreme Sea Conditions in Shallow Water: Estimations Based on In-Situ Measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Izan Le Crom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Saulnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Babarit</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Berhault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EWTEC</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ASME 2013 32nd International Conference on Ocean, Offshore and Arctic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Nantes, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/OMAE2013-10752⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01157618v1</w:t>
+                <w:t xml:space="preserve">hal-01157616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extreme Sea Conditions in Shallow Water: Estimations Based on In-Situ Measurements</w:t>
+                <w:t xml:space="preserve">About the Use of 3rd Generation Wave Prediction Models for Estimating the Performance of Wave Energy Converters in Coastal Regions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Saulnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Soulard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Perignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Izan Le Crom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christian Berhault</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Babarit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME 2013 32nd International Conference on Ocean, Offshore and Arctic Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EWTEC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Aalborg, Denmark</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/OMAE2013-10752⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01157616v1</w:t>
+                <w:t xml:space="preserve">hal-01157618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wind forcing and dissipation in a High Order Spectral deterministic wave model</w:t>
               </w:r>
@@ -4561,51 +4561,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327971v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.-C. Kim" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ducrozet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leroy Vincent" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonnefoy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Perignon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2023.116445" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336707v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2023.103834" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616820v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amr Hegazy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Naaijen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leroy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licien Bonnefoy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves P&#233;rignon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/wes-2023-180" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208599v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lissie M de la Torre-Castro" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Claude Ren&#233; Pascal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perignon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Babarit" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory S Payne" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2023.103494" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327969v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2023.114212" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946404v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liad Paskin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Conan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Aubrun" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos13122012" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705028v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14133007" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880225v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desmars" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan T. Grilli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ducrozet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2020.107659" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310305v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Antoine Gu&#233;rin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2019.519" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987412v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Veras Guimar&#227;es" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ardhuin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Sutherland" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Accensi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Hamon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/os-14-1449-2018" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480845v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2017.02.086" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563219v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2017.07.003" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145193v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cathelain" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Robert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JC009896" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157248v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. T. Grilli" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dubosq" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pophet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. P&#233;rignon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. T. Kirby" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-10-2109-2010" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387424v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Bruch" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Rousset" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342910v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992269v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henri Bonnard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Blavette" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvy Bourguet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Soulard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISGT-Europe47291.2020.9248908" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884202v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Aubrun-Sanches" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565069v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Pascal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Gorintin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Darbinyan" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407880v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elois Droniou" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt Folley" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cuan Boake" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407865v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01855465v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan T. Grilli" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/OMAE2018-78367" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013239v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Huchet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Gilloteaux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013250v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634925v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal K&#233;ravec" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631680v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maisondieu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197432v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Le Crom" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197423v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E. Guillerm" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ferrant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157618v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Saulnier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izan Le Crom" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157616v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Berhault" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/OMAE2013-10752" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01156401v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01156365v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01156316v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629709v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bourras" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Branger" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Koenig" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cathelain" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02067674v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Klinghammer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Prevosto" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Le Boulluec" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00624645v2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336707v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.-C. Kim" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ducrozet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leroy Vincent" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonnefoy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Perignon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2023.103834" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327971v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2023.116445" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616820v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amr Hegazy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Naaijen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leroy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licien Bonnefoy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves P&#233;rignon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/wes-2023-180" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208599v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lissie M de la Torre-Castro" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Claude Ren&#233; Pascal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perignon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Babarit" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory S Payne" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2023.103494" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327969v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2023.114212" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946404v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liad Paskin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Conan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Aubrun" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos13122012" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705028v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14133007" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880225v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desmars" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan T. Grilli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ducrozet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2020.107659" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310305v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Antoine Gu&#233;rin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2019.519" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987412v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Veras Guimar&#227;es" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ardhuin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Sutherland" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Accensi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Hamon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/os-14-1449-2018" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480845v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2017.02.086" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563219v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2017.07.003" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145193v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cathelain" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Robert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JC009896" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157248v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. T. Grilli" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dubosq" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pophet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. P&#233;rignon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. T. Kirby" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-10-2109-2010" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387424v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Bruch" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Rousset" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342910v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992269v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henri Bonnard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Blavette" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvy Bourguet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Soulard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISGT-Europe47291.2020.9248908" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565069v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Pascal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Gorintin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Darbinyan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407880v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elois Droniou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt Folley" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cuan Boake" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884202v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Aubrun-Sanches" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407865v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013239v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Huchet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Gilloteaux" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01855465v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan T. Grilli" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/OMAE2018-78367" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013250v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634925v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal K&#233;ravec" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631680v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maisondieu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197432v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Le Crom" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197423v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E. Guillerm" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ferrant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157616v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izan Le Crom" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Saulnier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Berhault" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/OMAE2013-10752" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157618v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01156401v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01156365v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01156316v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629709v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bourras" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Branger" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Koenig" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cathelain" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02067674v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Klinghammer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Prevosto" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Le Boulluec" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00624645v2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>