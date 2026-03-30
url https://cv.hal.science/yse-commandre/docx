--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -174,1950 +174,2332 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (2)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'agriculture 4.0 peut-elle être responsable ?</w:t>
+                <w:t xml:space="preserve">Blockchain in the French agri-food sector: redefining transparency, standardization and power dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ysé Commandré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">George Aboueldahab</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romane Guillot</w:t>
+                <w:t xml:space="preserve">Justine Marty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Conversation France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Science and Technology Policy Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/JSTPM-12-2024-0473⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03844772v1</w:t>
+                <w:t xml:space="preserve">hal-05570253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'agriculture 4.0 peut-elle être responsable ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ysé Commandré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Aboueldahab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romane Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 21 septembre 2022, 6 p. [en ligne]</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03844772v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Implications for Agricultural Producers of Using Blockchain for Food Transparency, Study of 4 Food Chains by Cumulative Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ysé Commandré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Macombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Mignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sustainability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 13 (17), pp.9843. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/su13179843⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03351947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (16)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le défi des stations de montagne face au dérèglement climatique : présentation d'un projet d’étude exploratoire sur la transition des stations Hautes-Pyrénéennes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Le phénomène d'inertie face à la nécessaire transition socio-environnementale :</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Angelergues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigue Codjovi Dogble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gandégnon Médéssè Carol F.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cassely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ysé Commandré</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Angelergues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CNRIUT'2025 - Congrès National de la Recherche des IUT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IUT Bayonne, Mar 2025, Bayonne, France</w:t>
+              <w:t xml:space="preserve">RIODD 2025 Entre conflits et convergences, comprendre et explorer les dynamiques de l'acceptabilité sociale dans les transitions socio-environnementales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05029099v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05570239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le défi des stations de montagne face au dérèglement climatique : présentation d'un projet d'étude exploratoire sur la transition des stations Hautes-Pyrénéennes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Le défi des stations de montagne face au dérèglement climatique : présentation d'un projet d’étude exploratoire sur la transition des stations Hautes-Pyrénéennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cassely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ysé Commandré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Médéssè Gandegnon</w:t>
+                <w:t xml:space="preserve">Gandégnon Médéssè Carol F.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Codjovi Rodrigue Dogble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Angelergues</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rodrigue Codjovi Dogble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CNRIUT 2025 Bayonne - Pays Basque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IUT de Bayonne Pays Basque, Mar 2025, Bayonne, France</w:t>
+              <w:t xml:space="preserve">CNRIUT'2025 - Congrès National de la Recherche des IUT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IUT Bayonne, Mar 2025, Bayonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05093365v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05029099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La transparence et la traçabilité dans les filières alimentaires : une exploration des usages de la technologie blockchain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le défi des stations de montagne face au dérèglement climatique : présentation d'un projet d'étude exploratoire sur la transition des stations Hautes-Pyrénéennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Cassely</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ysé Commandré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sophie Mignon</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Médéssè Gandegnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Angelergues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigue Codjovi Dogble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17ème Journée du Marketing Agroalimentaire à Montpellier (JMAM 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Montpellier, France</w:t>
+              <w:t xml:space="preserve">CNRIUT 2025 Bayonne - Pays Basque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IUT de Bayonne Pays Basque, Mar 2025, Bayonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04742642v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05093365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le recours à la blockchain pour la transparence alimentaire et ses implications pour les producteurs agricoles, dix cas d’étude complémentaires.</w:t>
+                <w:t xml:space="preserve">La transparence et la traçabilité dans les filières alimentaires : une exploration des usages de la technologie blockchain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ysé Commandré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Lichtlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Macombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Mignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXIème conférence de l’AIMS – ST AIMS 14 (Re)penser les objets du management de manière critique : enjeux, défis et perspectives (GT Approches critiques)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Annecy, France</w:t>
+              <w:t xml:space="preserve">17ème Journée du Marketing Agroalimentaire à Montpellier (JMAM 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03691624v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04742642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enquêter auprès d’« indigènes » de l’industrie agroalimentaire sur l’utilisation de la blockchain pour la transparence des produits</w:t>
+                <w:t xml:space="preserve">Le recours à la blockchain pour la transparence alimentaire et ses implications pour les producteurs agricoles, dix cas d’étude complémentaires.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ysé Commandré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perspectives Critiques en Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Louvain-La-Neuve, Belgique</w:t>
+              <w:t xml:space="preserve">XXXIème conférence de l’AIMS – ST AIMS 14 (Re)penser les objets du management de manière critique : enjeux, défis et perspectives (GT Approches critiques)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Annecy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03351951v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03691624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Implications for Agricultural Producers of using Blockchain for Food Chain Transparency, a multiple case study approach</w:t>
+                <w:t xml:space="preserve">Enquêter auprès d’« indigènes » de l’industrie agroalimentaire sur l’utilisation de la blockchain pour la transparence des produits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ysé Commandré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th Ethnography Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Barcelone, Spain</w:t>
+              <w:t xml:space="preserve">Perspectives Critiques en Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Louvain-La-Neuve, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03259795v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03351951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’usage de la blockchain dans les systèmes agro-alimentaires : entre transparence et surveillance.</w:t>
+                <w:t xml:space="preserve">The Implications for Agricultural Producers of using Blockchain for Food Chain Transparency, a multiple case study approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ysé Commandré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international "Transitions 2021 - Les transitions écologiques en transactions et actions"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Toulouse, France</w:t>
+              <w:t xml:space="preserve">8th Ethnography Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03287546v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03259795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implications for Agricultural Producers of Using blockchain for Food Transparency, Study of 4 cases</w:t>
+                <w:t xml:space="preserve">L’usage de la blockchain dans les systèmes agro-alimentaires : entre transparence et surveillance.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ysé Commandré</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sophie Mignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Conference ProLog</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Nantes, France</w:t>
+              <w:t xml:space="preserve">Colloque international "Transitions 2021 - Les transitions écologiques en transactions et actions"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03514381v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03287546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agriculture d’exportation en transition : Le cas des avocats péruviens</w:t>
+                <w:t xml:space="preserve">Implications for Agricultural Producers of Using blockchain for Food Transparency, Study of 4 cases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ysé Commandré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aye Nyein Thu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Mignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international "Transitions 2020 - Les transitions écologiques en transactions et actions"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Toulouse, France</w:t>
+              <w:t xml:space="preserve">6th International Conference ProLog</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03124198v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03514381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When value chains digitization reduces producers’ autonomy: the case of avocados’ producers in Peru</w:t>
+                <w:t xml:space="preserve">Agriculture d’exportation en transition : Le cas des avocats péruviens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ysé Commandré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Imbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Macombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Mignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th EURAM Annual Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, Dublin, France</w:t>
+              <w:t xml:space="preserve">Colloque international "Transitions 2020 - Les transitions écologiques en transactions et actions"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03124194v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03124198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transparence alimentaire et blockchain, quelles conséquences pour les producteurs agricoles en France ?</w:t>
+                <w:t xml:space="preserve">Transformation numérique d’une filière d’exportation : le cas des avocats en provenance du Pérou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ysé Commandré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Macombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Mignon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Macombe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIXème conférence de l’AIMS - ST AIMS Systèmes Alimentaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Toulouse (distanciel), France</w:t>
+              <w:t xml:space="preserve">XXVème Colloque de l’AIM - session pays émergents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Marrakech, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03011901v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03011913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transparence alimentaire et blockchain, quelles conséquences pour les producteurs agricoles en France ?</w:t>
+                <w:t xml:space="preserve">Transparence alimentaire et blockchain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ysé Commandré</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Catherine Macombe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVème Colloque de l’AIM - session supply chain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Marrakech, France</w:t>
+              <w:t xml:space="preserve">2ème édition du Workshop ORNUM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03011920v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03011908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transformation numérique d’une filière d’exportation : le cas des avocats en provenance du Pérou</w:t>
+                <w:t xml:space="preserve">Transparence alimentaire et blockchain, quelles conséquences pour les producteurs agricoles en France ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ysé Commandré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Mignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Macombe</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Mignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVème Colloque de l’AIM - session pays émergents</w:t>
+              <w:t xml:space="preserve">XXVème Colloque de l’AIM - session supply chain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Marrakech, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03011913v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03011920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transparence alimentaire et blockchain</w:t>
+                <w:t xml:space="preserve">L'utilisation de la blockchain pour la transparence alimentaire en France et l'inclusion des producteurs agricoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ysé Commandré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2ème édition du Workshop ORNUM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Dijon, France</w:t>
+              <w:t xml:space="preserve">seminar ‘Building Inclusive Agricultural Value Chains’</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Wageningen, Pays-Bas</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03011908v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03011925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'utilisation de la blockchain pour la transparence alimentaire en France et l'inclusion des producteurs agricoles</w:t>
+                <w:t xml:space="preserve">L’utilisation des images des producteurs agricoles pour la transparence alimentaire à l’aide de la blockchain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ysé Commandré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">seminar ‘Building Inclusive Agricultural Value Chains’</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Wageningen, Pays-Bas</w:t>
+              <w:t xml:space="preserve">9èmes rencontres des Perspectives critiques en management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03011925v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03011924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’utilisation des images des producteurs agricoles pour la transparence alimentaire à l’aide de la blockchain</w:t>
+                <w:t xml:space="preserve">When value chains digitization reduces producers’ autonomy: the case of avocados’ producers in Peru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ysé Commandré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Macombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Mignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9èmes rencontres des Perspectives critiques en management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Paris, France</w:t>
+              <w:t xml:space="preserve">20th EURAM Annual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Dublin, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03011924v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03124194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transparence alimentaire et blockchain, quelles conséquences pour les producteurs agricoles en France ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ysé Commandré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Mignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Macombe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXIXème conférence de l’AIMS - ST AIMS Systèmes Alimentaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Toulouse (distanciel), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03011901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digitization in long food chains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ysé Commandré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36th EGOS Colloquim, Pre-Colloquium PhD Workshop 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Hamburg (distanciel), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03011930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Outils numériques comme instruments d’intermédiation : des attentes multiples aux réalités contrastées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Mignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Aboueldahab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ysé Commandré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micheline Mazawan Coulibaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Véronique Bellon-Maurel; Karine Gauche; Martha Lucia Enriquez; Nathalie Lyon-Caen. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Appréhender l’agriculture numérique. 10 ans de recherche interdisciplinaire au sein de l’Institut #DigitAg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, éditions Quae, pp.107-117, 2026, Update Sciences &amp; technologies, 9782759242559. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35690/978-2-7592-4255-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05562761v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">DANONE : Entre fonds activiste et entreprise à missions, quel modèle de gouvernance ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sea Matilda Bez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ysé Commandré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, https://www.ccmp.fr/collection-ccmp/cas-danone-entre-fonds-activiste-et-entreprise-a-missions-quel-modele-de-gouvernance</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04420327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId47"/>
+      <w:footerReference w:type="default" r:id="rId55"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2185,51 +2567,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0369DFBD"/>
+    <w:nsid w:val="B5A19F62"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2416,51 +2798,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yse-commandre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7311-3896" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/273210610" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03844772v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ys&#233; Commandr&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Aboueldahab" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Guillot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351947v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Macombe" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mignon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13179843" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029099v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cassely" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gand&#233;gnon M&#233;d&#233;ss&#232; Carol F." TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Codjovi Rodrigue Dogble" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Angelergues" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093365v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;d&#233;ss&#232; Gandegnon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Codjovi Dogble" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742642v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Lichtl&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691624v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351951v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259795v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03287546v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514381v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aye Nyein Thu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124198v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Imbert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124194v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011901v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011920v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011913v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011908v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011925v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011924v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011930v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420327v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sea Matilda Bez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yse-commandre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7311-3896" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/273210610" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05570253v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ys&#233; Commandr&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Marty" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JSTPM-12-2024-0473" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03844772v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Aboueldahab" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Guillot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351947v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Macombe" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mignon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13179843" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05570239v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Angelergues" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Codjovi Dogble" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gand&#233;gnon M&#233;d&#233;ss&#232; Carol F." TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cassely" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029099v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Codjovi Rodrigue Dogble" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093365v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;d&#233;ss&#232; Gandegnon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742642v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Lichtl&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691624v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351951v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259795v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03287546v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514381v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aye Nyein Thu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124198v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Imbert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011913v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011908v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011920v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011925v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011924v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124194v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011901v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011930v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562761v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Aubert" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Mazawan Coulibaly" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-4255-9" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420327v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sea Matilda Bez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>