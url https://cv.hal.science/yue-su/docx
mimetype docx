--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1149,230 +1149,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03595209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Deep-Learning Approach for Network Traffic Assignment with Incomplete Data</w:t>
+                <w:t xml:space="preserve">A Deterministic Annealing Local Search for the Electric Autonomous Dial-a-Ride Problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yue Su</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Wenbo Fan</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakob Puchinger</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Minyu Shen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation Research Board 100th Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Washington D.C., United States</w:t>
+              <w:t xml:space="preserve">22ème Congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Mulhouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03131516v1</w:t>
+                <w:t xml:space="preserve">hal-03197153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Deterministic Annealing Local Search for the Electric Autonomous Dial-a-Ride Problem</w:t>
+                <w:t xml:space="preserve">A Deep-Learning Approach for Network Traffic Assignment with Incomplete Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yue Su</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Dupin</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenbo Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakob Puchinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minyu Shen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22ème Congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2021, Mulhouse, France</w:t>
+              <w:t xml:space="preserve">Transportation Research Board 100th Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Washington D.C., United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03197153v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03131516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Deterministic Annealing Local Search for the Electric Autonomous Dial-a-Ride Problem</w:t>
               </w:r>
@@ -1816,51 +1816,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622519v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Su" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dupin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Parragh" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob Puchinger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trb.2024.103011" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537137v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahama Yahaya" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenbo Fan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuanyun Fu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Li" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17457300.2020.1746814" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385828v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaobo Liu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guo Lu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0361198119841566" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461275v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine D&#233;sir" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Parmentier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639834v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie N. Parragh" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600496v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie N Parragh" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009191v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009183v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595209v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03131516v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minyu Shen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197153v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03300090v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489404v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Wenbo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2019.8917013" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04497526v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023UPAST092" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622519v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Su" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dupin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Parragh" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob Puchinger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trb.2024.103011" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537137v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahama Yahaya" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenbo Fan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuanyun Fu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Li" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17457300.2020.1746814" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385828v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaobo Liu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guo Lu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0361198119841566" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461275v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine D&#233;sir" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Parmentier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639834v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie N. Parragh" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600496v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie N Parragh" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009191v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009183v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595209v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197153v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03131516v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minyu Shen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03300090v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489404v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Wenbo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2019.8917013" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04497526v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023UPAST092" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>