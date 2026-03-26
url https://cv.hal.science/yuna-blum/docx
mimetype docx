--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -100,1272 +100,1272 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bimodal silencing of the acinar cell-specific mRNA translation repressor PAIP2B defines a poor prognostic subgroup within the classical pancreatic tumor type</w:t>
+                <w:t xml:space="preserve">A robust workflow to benchmark deconvolution of multi-omic data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eulalie Corre</w:t>
+                <w:t xml:space="preserve">Elise Amblard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Alard</w:t>
+                <w:t xml:space="preserve">Vadim Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Marbœuf</w:t>
+                <w:t xml:space="preserve">Hugo Barbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charline Lasfargues</w:t>
+                <w:t xml:space="preserve">Luis Martin Peña</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra Dailhau</w:t>
+                <w:t xml:space="preserve">Slim Karkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 632, pp.217971. </w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26 (1), pp.429. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.canlet.2025.217971⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13059-025-03897-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05235758v1</w:t>
+                <w:t xml:space="preserve">hal-05444478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A robust workflow to benchmark deconvolution of multi-omic data</w:t>
+                <w:t xml:space="preserve">Redefining phenotypic intratumor heterogeneity of pancreatic ductal adenocarcinoma: a bottom‐up approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Amblard</w:t>
+                <w:t xml:space="preserve">Marc Hilmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vadim Bertrand</w:t>
+                <w:t xml:space="preserve">Flore Delecourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Barbot</w:t>
+                <w:t xml:space="preserve">Jérôme Raffenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luis Martin Peña</w:t>
+                <w:t xml:space="preserve">Taib Bourega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slim Karkar</w:t>
+                <w:t xml:space="preserve">Nelson Dusetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 26 (1), pp.429. </w:t>
+              <w:t xml:space="preserve">Journal of Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 265 (4), pp.448-461. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13059-025-03897-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/path.6398⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05444478v1</w:t>
+                <w:t xml:space="preserve">hal-04980252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Redefining phenotypic intratumor heterogeneity of pancreatic ductal adenocarcinoma: a bottom‐up approach</w:t>
+                <w:t xml:space="preserve">Liver gene expression and its rewiring in hepatic steatosis are controlled by PI3Kα-dependent hepatocyte signaling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Hilmi</w:t>
+                <w:t xml:space="preserve">Marion Régnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flore Delecourt</w:t>
+                <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Raffenne</w:t>
+                <w:t xml:space="preserve">Tiffany Fougeray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taib Bourega</w:t>
+                <w:t xml:space="preserve">Anne Fougerat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nelson Dusetti</w:t>
+                <w:t xml:space="preserve">Prunelle Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Pathology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 265 (4), pp.448-461. </w:t>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 23 (4), pp.e3003112-e3003112. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/path.6398⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3003112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04980252v1</w:t>
+                <w:t xml:space="preserve">hal-05063626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liver gene expression and its rewiring in hepatic steatosis are controlled by PI3Kα-dependent hepatocyte signaling</w:t>
+                <w:t xml:space="preserve">Bimodal silencing of the acinar cell-specific mRNA translation repressor PAIP2B defines a poor prognostic subgroup within the classical pancreatic tumor type</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Régnier</w:t>
+                <w:t xml:space="preserve">Eulalie Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Polizzi</w:t>
+                <w:t xml:space="preserve">Amandine Alard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiffany Fougeray</w:t>
+                <w:t xml:space="preserve">Catherine Marbœuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Fougerat</w:t>
+                <w:t xml:space="preserve">Charline Lasfargues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prunelle Perrier</w:t>
+                <w:t xml:space="preserve">Sandra Dailhau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 23 (4), pp.e3003112-e3003112. </w:t>
+              <w:t xml:space="preserve">Cancer Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 632, pp.217971. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3003112⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.canlet.2025.217971⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05063626v1</w:t>
+                <w:t xml:space="preserve">hal-05235758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DECOMICS, a shiny application for unsupervised cell type deconvolution and biological interpretation of bulk omic data</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cirscan: a shiny application to identify differentially active sponge mechanisms and visualize circRNA-miRNA-mRNA networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ashwini Sharma</w:t>
+                <w:t xml:space="preserve">Rose-Marie Fraboulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carl Herrmann</w:t>
+                <w:t xml:space="preserve">Yanis Si Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuna Blum</w:t>
+                <w:t xml:space="preserve">Marc Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Richard</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sébastien Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Dominique Galibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bioadv/vbae136⟩</w:t>
+              <w:t xml:space="preserve">BMC Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25 (1), pp.53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12859-024-05668-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04660629v2</w:t>
+                <w:t xml:space="preserve">hal-04540383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preclinical evaluation of CDK4 phosphorylation predicts high sensitivity of pleural mesotheliomas to CDK4/6 inhibition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Paternot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Raspé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Meiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Tarabichi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Assié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Oncology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 18 (4), pp.866-894. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/1878-0261.13351⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03898858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cirscan: a shiny application to identify differentially active sponge mechanisms and visualize circRNA-miRNA-mRNA networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rose-Marie Fraboulet</w:t>
+                <w:t xml:space="preserve">DECOMICS, a shiny application for unsupervised cell type deconvolution and biological interpretation of bulk omic data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slim Karkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yanis Si Ahmed</w:t>
+                <w:t xml:space="preserve">Ashwini Sharma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Aubry</w:t>
+                <w:t xml:space="preserve">Carl Herrmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Corre</w:t>
+                <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Dominique Galibert</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Magali Richard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Bioinformatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 25 (1), pp.53. </w:t>
+              <w:t xml:space="preserve">Bioinformatics Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4 (1), pp.vbae136. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12859-024-05668-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/bioadv/vbae136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04540383v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04660629v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ephrin-B1 regulates the adult diastolic function through a late postnatal maturation of cardiomyocyte surface crests</w:t>
+                <w:t xml:space="preserve">Priming therapy by targeting enhancer-initiated pathways in patient-derived pancreatic cancer cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clement Karsenty</w:t>
+                <w:t xml:space="preserve">Nicolas A Fraunhoffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celine Guilbeau-Frugier</w:t>
+                <w:t xml:space="preserve">Aura I Moreno Vega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaël Genet</w:t>
+                <w:t xml:space="preserve">Analía Meilerman Abuelafia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Helene Seguelas</w:t>
+                <w:t xml:space="preserve">Marie Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Alzieu</w:t>
+                <w:t xml:space="preserve">Émilie Lebarbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 12, pp.e80904. </w:t>
+              <w:t xml:space="preserve">EBioMedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 92, pp.104602. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7554/eLife.80904⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ebiom.2023.104602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03944430v1</w:t>
+                <w:t xml:space="preserve">hal-04100206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Priming therapy by targeting enhancer-initiated pathways in patient-derived pancreatic cancer cells</w:t>
+                <w:t xml:space="preserve">Ephrin-B1 regulates the adult diastolic function through a late postnatal maturation of cardiomyocyte surface crests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas A Fraunhoffer</w:t>
+                <w:t xml:space="preserve">Clement Karsenty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aura I Moreno Vega</w:t>
+                <w:t xml:space="preserve">Celine Guilbeau-Frugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analía Meilerman Abuelafia</w:t>
+                <w:t xml:space="preserve">Gaël Genet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Morvan</w:t>
+                <w:t xml:space="preserve">Marie-Helene Seguelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Lebarbier</w:t>
+                <w:t xml:space="preserve">Philippe Alzieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EBioMedicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 92, pp.104602. </w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12, pp.e80904. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ebiom.2023.104602⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7554/eLife.80904⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04100206v1</w:t>
+                <w:t xml:space="preserve">hal-03944430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pacpaint: a histology-based deep learning model uncovers the extensive intratumor molecular heterogeneity of pancreatic adenocarcinoma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlie Saillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flore Delecourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Schmauch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1589,90 +1589,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrative study of diet-induced mouse models of NAFLD identifies PPARα as a sexually dimorphic drug target</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarra Smati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Fougerat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Ellero-Simatos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gut</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 71 (4), pp.807-821. </w:t>
@@ -1704,429 +1704,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03215969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DECONbench: a benchmarking platform dedicated to deconvolution methods for tumor heterogeneity quantification</w:t>
+                <w:t xml:space="preserve">Multi-site tumor sampling highlights molecular intra-tumor heterogeneity in malignant pleural mesothelioma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémentine Decamps</w:t>
+                <w:t xml:space="preserve">Clément Meiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Arnaud</w:t>
+                <w:t xml:space="preserve">François Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Petitprez</w:t>
+                <w:t xml:space="preserve">Theo Hirsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mira Ayadi</w:t>
+                <w:t xml:space="preserve">Stefano Caruso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélia Baurès</w:t>
+                <w:t xml:space="preserve">Julien de Wolf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Bioinformatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 22 (1), pp.473. </w:t>
+              <w:t xml:space="preserve">Genome Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (1), pp.113. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12859-021-04381-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13073-021-00931-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03372668v1</w:t>
+                <w:t xml:space="preserve">inserm-03289952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-site tumor sampling highlights molecular intra-tumor heterogeneity in malignant pleural mesothelioma</w:t>
+                <w:t xml:space="preserve">Intratumor CMS Heterogeneity Impacts Patient Prognosis in Localized Colon Cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Meiller</w:t>
+                <w:t xml:space="preserve">Laetitia Marisa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Montagne</w:t>
+                <w:t xml:space="preserve">Julien Taieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theo Hirsch</w:t>
+                <w:t xml:space="preserve">Mira Ayadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefano Caruso</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien de Wolf</w:t>
+                <w:t xml:space="preserve">Camilla Pilati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13073-021-00931-w⟩</w:t>
+              <w:t xml:space="preserve">Clinical Cancer Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (17), pp.4768-4780. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1158/1078-0432.CCR-21-0529⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-03289952v1</w:t>
+                <w:t xml:space="preserve">hal-03282346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intratumor CMS Heterogeneity Impacts Patient Prognosis in Localized Colon Cancer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">DECONbench: a benchmarking platform dedicated to deconvolution methods for tumor heterogeneity quantification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Decamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Marisa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yuna Blum</w:t>
+                <w:t xml:space="preserve">Alexis Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Taieb</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Florent Petitprez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mira Ayadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camilla Pilati</w:t>
+                <w:t xml:space="preserve">Aurélia Baurès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Cancer Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 27 (17), pp.4768-4780. </w:t>
+              <w:t xml:space="preserve">BMC Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (1), pp.473. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1158/1078-0432.CCR-21-0529⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12859-021-04381-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03282346v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03372668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Depicting the genetic architecture of pediatric cancers through an integrative gene network approach</w:t>
               </w:r>
@@ -2259,77 +2259,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic alterations of malignant pleural mesothelioma: association to tumor heterogeneity and overall survival Author names</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Quetel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Meiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Assié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Imbeaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2505,103 +2505,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissecting heterogeneity in malignant pleural mesothelioma through histo-molecular gradients for clinical applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Meiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Quetel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabila Elarouci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mira Ayadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 10, pp.1333. </w:t>
@@ -2633,498 +2633,498 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02090279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-tissue transcriptomic study reveals the main role of liver in the chicken adaptive response to a switch in dietary energy source through the transcriptional regulation of lipogenesis</w:t>
+                <w:t xml:space="preserve">Stratification of Pancreatic Ductal Adenocarcinomas Based on Tumor and Microenvironment Features</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colette Désert</w:t>
+                <w:t xml:space="preserve">Francesco Puleo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Baéza</w:t>
+                <w:t xml:space="preserve">Remy Nicolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meziane Aite</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Le Cam</w:t>
+                <w:t xml:space="preserve">Jerome Cros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Marisa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12864-018-4520-5⟩</w:t>
+              <w:t xml:space="preserve">Gastroenterology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 155 (6), pp.1999+. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1053/j.gastro.2018.08.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01727161v1</w:t>
+                <w:t xml:space="preserve">hal-02143548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratification of Pancreatic Ductal Adenocarcinomas Based on Tumor and Microenvironment Features</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Distinct epigenetic landscapes underlie the pathobiology of pancreatic cancer subtypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwen Lomberk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuna Blum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Nicolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asha Nair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco Puleo</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Marisa</w:t>
+                <w:t xml:space="preserve">Krutika Satish Gaonkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gastroenterology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1053/j.gastro.2018.08.033⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (1), pp.1978. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-018-04383-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02143548v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02143535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinct epigenetic landscapes underlie the pathobiology of pancreatic cancer subtypes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multi-tissue transcriptomic study reveals the main role of liver in the chicken adaptive response to a switch in dietary energy source through the transcriptional regulation of lipogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Désert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Baéza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwen Lomberk</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Remy Nicolle</w:t>
+                <w:t xml:space="preserve">Meziane Aite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asha Nair</w:t>
+                <w:t xml:space="preserve">Morgane Boutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Krutika Satish Gaonkar</w:t>
+                <w:t xml:space="preserve">Aurélie Le Cam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9 (1), pp.1978. </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19 (1), pp.1-19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-018-04383-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12864-018-4520-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02143535v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01727161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-omic approaches unveil new therapeutic targets for the treatment of pancreatic cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Nicolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Marisa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelson Dusetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Iovanna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3305,64 +3305,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pancreatic Adenocarcinoma Therapeutic Targets Revealed by Tumor-Stroma Cross-Talk Analyses in Patient-Derived Xenografts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Nicolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Marisa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3433,533 +3433,533 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-01985259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preservation Analysis of Macrophage Gene Coexpression Between Human and Mouse Identifies PARK2 as a Genetically Controlled Master Regulator of Oxidative Phosphorylation in Humans</w:t>
+                <w:t xml:space="preserve">Role of lipid phosphate phosphatase 3 in human aortic endothelial cell function</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veronica Codoni</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Zahia Touat-Hamici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Weidmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Proust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oscar Franzén</w:t>
+                <w:t xml:space="preserve">Hervé Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">G3</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 6 (10), pp.3361-3371. </w:t>
+              <w:t xml:space="preserve">Cardiovascular Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 112 (3), pp.702 - 713. </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1534/g3.116.033894⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/cvr/cvw217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01404133v1</w:t>
+                <w:t xml:space="preserve">hal-01484581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of lipid phosphate phosphatase 3 in human aortic endothelial cell function</w:t>
+                <w:t xml:space="preserve">Hepatic circadian clock oscillators and nuclear receptors integrate microbiome-derived signals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zahia Touat-Hamici</w:t>
+                <w:t xml:space="preserve">Alexandra Montagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri Weidmann</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Agata Korecka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Polizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Lippi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hervé Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cardiovascular Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 112 (3), pp.702 - 713. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (1), pp.1-14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/cvr/cvw217⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/srep20127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01484581v1</w:t>
+                <w:t xml:space="preserve">hal-01482816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hepatic circadian clock oscillators and nuclear receptors integrate microbiome-derived signals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sparse factor model for co-expression networks with an application using prior biological knowledge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuna Blum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Montagner</w:t>
+                <w:t xml:space="preserve">Magalie Houée-Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agata Korecka</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">David Causeur</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep20127⟩</w:t>
+              <w:t xml:space="preserve">Statistical Applications in Genetics and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 15 (3), pp.253-272. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/sagmb-2015-0002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01482816v1</w:t>
+                <w:t xml:space="preserve">hal-01340542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sparse factor model for co-expression networks with an application using prior biological knowledge</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Preservation Analysis of Macrophage Gene Coexpression Between Human and Mouse Identifies PARK2 as a Genetically Controlled Master Regulator of Oxidative Phosphorylation in Humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronica Codoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magalie Houée-Bigot</w:t>
+                <w:t xml:space="preserve">Mete Civelek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Proust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Causeur</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Oscar Franzén</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Statistical Applications in Genetics and Molecular Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 15 (3), pp.253-272. </w:t>
+              <w:t xml:space="preserve">G3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (10), pp.3361-3371. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/sagmb-2015-0002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1534/g3.116.033894⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01340542v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01404133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bariatric Surgery Induces Disruption in Inflammatory Signaling Pathways Mediated by Immune Cells in Adipose Tissue: A RNA-Seq Study</w:t>
               </w:r>
@@ -3997,51 +3997,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinh Truong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 10 (5), pp.e0125718. </w:t>
@@ -4092,77 +4092,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pleiotropic effects of polymorphism of the gene diacylglycerol-O-transferase 1 (DGAT1) in the mammary gland tissue of dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Núria Mach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bannink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Causeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Houee-Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4213,103 +4213,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complex trait subtypes identification using transcriptome profiling reveals an interaction between two QTL affecting adiposity in chicken</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Le Mignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Causeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Filangi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Désert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 12 (november), pp.8. </w:t>
@@ -4360,51 +4360,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apports de la génomique fonctionnelle à la cartographie fine de QTL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Le Mignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Demeure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4464,2244 +4464,2352 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00729443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (19)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (20)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratification of pleural mesothelioma patients for combined immunotherapy based on sarcomatoid component and tumour microenvironment markers in the IFCT-MAPS2 study</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Inferring cellular heterogeneity with mixture models for DNA methylation rates (SMPGD 2026)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Barbot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Causeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuna Blum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Richard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Lung Cancer Congress (ELCC) 2025</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SMPGD 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2026, Grenoble, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05167693v1</w:t>
+                <w:t xml:space="preserve">hal-05489490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-omic statistical inference of cellular heterogeneity - IGDR SCAN 26/03/2025</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Magali Richard</w:t>
+                <w:t xml:space="preserve">Inferring cellular heterogeneity with mixture models for DNA methylation rates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Barbot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Causeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Blum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGDR SCAN</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2025, Rennes (CHU), France</w:t>
+              <w:t xml:space="preserve">Journées de Statistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05065011v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05489385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inferring cellular heterogeneity with mixture models for DNA methylation rates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Barbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Causeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JdS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05065027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inferring cellular heterogeneity with mixture models for DNA methylation rates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stratification of pleural mesothelioma patients for combined immunotherapy based on sarcomatoid component and tumour microenvironment markers in the IFCT-MAPS2 study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Tosato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Blum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-B. Assie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H Barbot</w:t>
+                <w:t xml:space="preserve">R. Sequeiros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D Causeur</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A Langlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de Statistique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Lung Cancer Congress (ELCC) 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Paris, France. pp.S151, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1556-0864(25)00432-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05489385v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05167693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-omic statistical inference of cellular heterogeneity - JOBIM 2024</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Multi-omic statistical inference of cellular heterogeneity - IGDR SCAN 26/03/2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Barbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Causeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">IGDR SCAN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Rennes (CHU), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04664788v1</w:t>
+                <w:t xml:space="preserve">hal-05065011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Redefining phenotypic heterogeneity of pancreatic ductal adenocarcinoma: A bottom-up approach</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multi-omic statistical inference of cellular heterogeneity - JOBIM 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Barbot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Causeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuna Blum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Richard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AACR Special Conference in Cancer Research: Pancreatic Cancer; 2023 Sep 27-30; Boston, Massachusetts.</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">JOBIM 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04456752v1</w:t>
+                <w:t xml:space="preserve">hal-04664788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-omic statistical inference of cellular heterogeneity - JdS 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Barbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Causeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JdS 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04664748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cirscan: a shiny application to identify differentially active sponge mechanisms and visualize circRNA-miRNA-mRNA networks</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Dominique Galibert</w:t>
+                <w:t xml:space="preserve">Redefining phenotypic heterogeneity of pancreatic ductal adenocarcinoma: A bottom-up approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Hilmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flore Delecourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Rafenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taib Bourega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelson Dusetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOURNÉES OUVERTES EN BIOLOGIE, INFORMATIQUE ET MATHÉMATIQUES (JOBIM ) 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AACR Special Conference in Cancer Research: Pancreatic Cancer; 2023 Sep 27-30; Boston, Massachusetts.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Boston, United States. pp.B064-B064, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1158/1538-7445.panca2023-b064⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04286509v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04456752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PACpAInt: a deep learning approach to identify molecular subtypes of pancreatic adenocarcinoma on histology slides</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Svrcek</w:t>
+                <w:t xml:space="preserve">Cirscan: a shiny application to identify differentially active sponge mechanisms and visualize circRNA-miRNA-mRNA networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rose-Marie Fraboulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanis Si Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Dominique Galibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Meeting of the American-Association-for-Cancer-Research (AACR)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, New Orleans, United States. pp.Abstract nr 472</w:t>
+              <w:t xml:space="preserve">JOURNÉES OUVERTES EN BIOLOGIE, INFORMATIQUE ET MATHÉMATIQUES (JOBIM ) 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Diverses villes françaises, France. pp.53</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04090168v1</w:t>
+                <w:t xml:space="preserve">hal-04286509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of candidate polymorphism in a QTL region by combining eQTL mapping with NGS data</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Diane Esquerre</w:t>
+                <w:t xml:space="preserve">PACpAInt: a deep learning approach to identify molecular subtypes of pancreatic adenocarcinoma on histology slides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Saillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Delecourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Schmauch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Moindrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Svrcek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">64th Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Nantes, France. pp.300</w:t>
+              <w:t xml:space="preserve">Annual Meeting of the American-Association-for-Cancer-Research (AACR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, New Orleans, United States. pp.Abstract nr 472</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019609v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04090168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sparse factor models for gene co-expression networks.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Identification of candidate polymorphism in a QTL region by combining eQTL mapping with NGS data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-François Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Désert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Djari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Esquerre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de Biostatistiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2012, Toulouse (FR), France. non paginé</w:t>
+              <w:t xml:space="preserve">64th Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Nantes, France. pp.300</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00841019v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inferring gene networks using a sparse factor model approach, Statistical Learning and Data Science</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Inférence de réseaux de co-expression génique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Houée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Causeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Learning and Data Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Florence (IT), Italy</w:t>
+              <w:t xml:space="preserve">10ème Journée Biogenouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Rennes (FR), France. non paginé</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00841017v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00841018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptome profiling reveals interaction between two QTL for fatness in chicken</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Inferring gene networks using a sparse factor model approach, Statistical Learning and Data Science</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Houée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Friguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Causeur</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th European workshop on QTL mapping and marker assisted selection (QTLMAS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Rennes (FR), France. 1 p</w:t>
+              <w:t xml:space="preserve">Learning and Data Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Florence (IT), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00841016v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00841017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic analysis of a complex trait using transcriptomic data: contribution of gene regulatory network modeling</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Transcriptome profiling reveals interaction between two QTL for fatness in chicken</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Le Mignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Causeur</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Demeure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XX. Conference of the plant &amp; animal genome (PAG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2012, San Diego, United States. 1 p</w:t>
+              <w:t xml:space="preserve">15th European workshop on QTL mapping and marker assisted selection (QTLMAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Rennes (FR), France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00841103v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00841016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inférence de réseaux de co-expression génique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Genetic analysis of a complex trait using transcriptomic data: contribution of gene regulatory network modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Houée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Friguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Causeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème Journée Biogenouest</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, Rennes (FR), France. non paginé</w:t>
+              <w:t xml:space="preserve">XX. Conference of the plant &amp; animal genome (PAG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2012, San Diego, United States. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00841018v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00841103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the gene diacylglycerol-O-transferase 1 (DGAT1) polymorphism on the global expression pattern of genes in the mammary gland tissue of dairy cows</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Sparse factor models for gene co-expression networks.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Houée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Causeur</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. A. Smits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">62. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Stavanger, Norway</w:t>
+              <w:t xml:space="preserve">Séminaire de Biostatistiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Toulouse (FR), France. non paginé</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02747109v1</w:t>
+                <w:t xml:space="preserve">hal-00841019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating QTL controlling fatness, lipid metabolites and gene expressions to genetically dissect the adiposity complex trait in a meat chicken cross</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Effect of the gene diacylglycerol-O-transferase 1 (DGAT1) polymorphism on the global expression pattern of genes in the mammary gland tissue of dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Mach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Causeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. A. Smits</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">62. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
+              <w:t xml:space="preserve">62. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2011, Stavanger, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02748764v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02747109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inférence sur réseaux géniques par Analyse en Facteurs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Integrating QTL controlling fatness, lipid metabolites and gene expressions to genetically dissect the adiposity complex trait in a meat chicken cross</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier O. Demeure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Désert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Bertrand-Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42èmes Journées de Statistique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Marseille, France, France</w:t>
+              <w:t xml:space="preserve">62. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Stavanger, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00494802v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02748764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Inférence sur réseaux géniques par Analyse en Facteurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuna Blum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Friguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Causeur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">42èmes Journées de Statistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Marseille, France, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00494802v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A factor model to analyze heterogeneity in gene expression in a context of QTL mapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Causeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th workshop " Statistical Methods for Post-Genomic Data "</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2010, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00459362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6711,832 +6819,832 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of linear modeling assumptions in a simulation context for deconvolution of multi-omic data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elouan Deffains</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Barbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Causeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de Biologie In Silico de Rennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Rennes, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05489405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-omic statistical inference of cellular heterogeneity - COBICA 2024</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Simulation of data-driven multi-omic benchmark data for cellular deconvolution methods evaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Barbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Causeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">cobica2024 : Computational Biology of Cancer 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">IGDR PhD symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Rennes (Campus de Beaulieu), France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04664694v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04790951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of data-driven multi-omic benchmark data for cellular deconvolution methods evaluation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">deconvPDAC : a quantifier of PDAC tumor cellular heterogeneity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmina Kermezli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Lamothe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Cros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Magali Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGDR PhD symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Rennes (Campus de Beaulieu), France. 2024</w:t>
+              <w:t xml:space="preserve">Journées Ouvertes en Biologie, Informatique et Mathématiques (JOBIM 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Toulouse, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04790951v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04669313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">deconvPDAC : a quantifier of PDAC tumor cellular heterogeneity</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Multi-omic statistical inference of cellular heterogeneity - COBICA 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Barbot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Causeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuna Blum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Richard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Ouvertes en Biologie, Informatique et Mathématiques (JOBIM 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Toulouse, France. </w:t>
+              <w:t xml:space="preserve">cobica2024 : Computational Biology of Cancer 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04669313v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04664694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AnnotQTL: a new tool to gather functional and comparative information on a genomic region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lecerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sallou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Désert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Paris, France. 2011, JOBIM 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02746728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A factor model to analyse heterogeneity in gene expression in a context of QTL characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Causeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXII International Conference on Animal Genetics (ISAG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Edinburgh, United Kingdom. 2010, Proceedings of the 32nd International Conference on Animal Genetics</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02754275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptome profiling reveals interaction between two QTL for fatness in chicken</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume G. Le Mignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Désert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Causeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXII International Conference on Animal Genetics (ISAG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Edinburgh, United Kingdom. 2010, Proceedings of the 32nd International Conference on Animal Genetics</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02754276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7546,163 +7654,163 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benchmarking circRNA Detection Tools from Long-Read Sequencing Using Data-Driven and Flexible Simulation Framework</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Rusakovich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Cadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Fraboulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Dominique Galibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Bordeaux, France. 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1101/2025.04.17.649290⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05402684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7712,733 +7820,733 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to organise a scientific competition to benchmark methods and algorithms in computational biology?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Homberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Lamothe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Amblard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Barbot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Térézol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
-              <w:r>
-[...80 lines deleted...]
-            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05445539v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A robust workflow to benchmark deconvolution of multi-omic data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Amblard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vadim Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Martin Pena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slim Karkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Chuffart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04773934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">p110α-dependent hepatocyte signaling is critical for liver gene expression and its rewiring in MASLD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Régnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiffany Fougeray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Fougerat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prunelle Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04442467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AI Competitions and Benchmarks, Practical issues: Proposals, grant money, sponsors, prizes, dissemination, publicity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justin Guinney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo Stolovitzky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Pavão</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04342074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PACpAInt: a deep learning approach to identify molecular subtypes of pancreatic adenocarcinoma on histology slides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Saillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Delecourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Schmauch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Moindrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Svrcek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03871989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crest maturation at the cardiomyocyte surface contributes to a new late postnatal development stage that controls the diastolic function of the adult heart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Karsenty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Guilbeau-Frugier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Genet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Seguelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Alzieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
-              <w:r>
-[...80 lines deleted...]
-            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03574569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8448,100 +8556,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse génétique d'un caractère complexe à l'aide de données transcriptomiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. AGROCAMPUS OUEST, 2012. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02806749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8551,140 +8659,140 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">decomics: DEConvolution of OMICS data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slim Karkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:c0fcb31492397ae5ecfed04ed8f51e4f3bfafa70;origin=https://gitlab.in2p3.fr/Magali.Richard/decomics;visit=swh:1:snp:b68305bea69e3160c83aaccc906dd63246b9a1bf;anchor=swh:1:rev:50a6a6cf42d94b2b891e75fef206a7e8ef9d0fee⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04661001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId281"/>
+      <w:footerReference w:type="default" r:id="rId282"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8831,51 +8939,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235758v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eulalie Corre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Alard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Marb&#339;uf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Lasfargues" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Dailhau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canlet.2025.217971" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444478v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Amblard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Bertrand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Barbot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Martin Pe&#241;a" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Karkar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-025-03897-9" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980252v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hilmi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Delecourt" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Raffenne" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taib Bourega" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Dusetti" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/path.6398" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063626v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion R&#233;gnier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Polizzi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Fougeray" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fougerat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prunelle Perrier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3003112" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660629v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashwini Sharma" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Herrmann" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuna Blum" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Richard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioadv/vbae136" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898858v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Paternot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rasp&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Meiller" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Tarabichi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Assi&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1878-0261.13351" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540383v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-Marie Fraboulet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Si Ahmed" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Aubry" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Corre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Galibert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-024-05668-y" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944430v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Karsenty" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Guilbeau-Frugier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Genet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Seguelas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Alzieu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.80904" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100206v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas A Fraunhoffer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aura I Moreno Vega" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anal&#237;a Meilerman Abuelafia" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Morvan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lebarbier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2023.104602" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04164254v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Saillard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Schmauch" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Moindrot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Svrcek" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-39026-y" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03972355v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Xavier Danlos" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Texier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Job" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Mouraud" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Cassard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/2159-8290.CD-22-0886" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03215969v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Smati" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Ellero-Simatos" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2020-323323" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372668v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Decamps" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Arnaud" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Petitprez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mira Ayadi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Baur&#232;s" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-021-04381-4" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03289952v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Meiller" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Montagne" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Hirsch" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Caruso" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien de Wolf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13073-021-00931-w" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282346v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Marisa" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Taieb" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Pilati" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1078-0432.CCR-21-0529" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02472258v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Savary" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem Kim" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lespagnol" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Gandemer" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pellier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-58179-0" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02490591v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Quetel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Imbeaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1878&#8208;0261.12651" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02355731v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Savary" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kim" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lespagnol" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gandemer" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Pellier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02090279v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Elarouci" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-09307-6" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727161v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette D&#233;sert" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ba&#233;za" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meziane Aite" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Boutin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Le Cam" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-4520-5" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02143548v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Puleo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Nicolle" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Cros" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.gastro.2018.08.033" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02143535v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwen Lomberk" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asha Nair" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krutika Satish Gaonkar" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-04383-6" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02143669v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Iovanna" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20183405003" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787567v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bian" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bigonnet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Gayet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Loncle" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Maignan" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/emmm.201606975" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01985259v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Marisa" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2017.11.003" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01404133v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Codoni" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mete Civelek" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Proust" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Franz&#233;n" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.116.033894" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01484581v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahia Touat-Hamici" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Weidmann" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Durand" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvw217" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01482816v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Montagner" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Korecka" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lippi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep20127" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340542v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Hou&#233;e-Bigot" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Causeur" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/sagmb-2015-0002" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01227880v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Poitou" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Perret" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mathieu" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinh Truong" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0125718" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841015v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mach" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bannink" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Houee-Bigot" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2012-5348" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730144v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Mignon" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Filangi" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-12-567" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729443v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Demeure" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Diot" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Le Bihan-Duval" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167693v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tosato" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Blum" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-B. Assie" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sequeiros" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Langlais" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1556-0864(25)00432-0" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065011v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065027v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489385v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Barbot" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Causeur" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Richard" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664788v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456752v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Rafenne" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1538-7445.panca2023-b064" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664748v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286509v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090168v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Saillard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delecourt" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Schmauch" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Moindrot" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Svrcek" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019609v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Roux" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Djari" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Esquerre" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841019v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hou&#233;e" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841017v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Hou&#233;e" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Friguet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lagarrigue" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841016v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Pitel" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841103v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Hou&#233;e" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841018v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747109v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Smits" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748764v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Demeure" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guillou" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bertrand-Michel" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00494802v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459362v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489405v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elouan Deffains" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664694v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790951v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669313v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Kermezli" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lamothe" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746728v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lecerf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bretaudeau" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sallou" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754275v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754276v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume G. Le Mignon" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402684v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Rusakovich" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Corre" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Cadieu" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.04.17.649290" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445539v2" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Homberg" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane T&#233;r&#233;zol" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773934v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Martin Pena" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Chuffart" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442467v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342074v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Guinney" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Stolovitzky" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Pav&#227;o" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871989v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574569v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Karsenty" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guilbeau-Frugier" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Seguelas" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02806749v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661001v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:c0fcb31492397ae5ecfed04ed8f51e4f3bfafa70;origin=https://gitlab.in2p3.fr/Magali.Richard/decomics;visit=swh:1:snp:b68305bea69e3160c83aaccc906dd63246b9a1bf;anchor=swh:1:rev:50a6a6cf42d94b2b891e75fef206a7e8ef9d0fee" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444478v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Amblard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Bertrand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Barbot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Martin Pe&#241;a" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Karkar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-025-03897-9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980252v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hilmi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Delecourt" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Raffenne" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taib Bourega" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Dusetti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/path.6398" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063626v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion R&#233;gnier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Polizzi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Fougeray" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fougerat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prunelle Perrier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3003112" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235758v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eulalie Corre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Alard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Marb&#339;uf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Lasfargues" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Dailhau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canlet.2025.217971" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540383v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-Marie Fraboulet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Si Ahmed" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Aubry" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Corre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Galibert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-024-05668-y" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898858v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Paternot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rasp&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Meiller" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Tarabichi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Assi&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1878-0261.13351" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660629v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashwini Sharma" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Herrmann" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuna Blum" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Richard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioadv/vbae136" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100206v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas A Fraunhoffer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aura I Moreno Vega" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anal&#237;a Meilerman Abuelafia" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Morvan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Lebarbier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2023.104602" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944430v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Karsenty" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Guilbeau-Frugier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Genet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Seguelas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Alzieu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.80904" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04164254v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Saillard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Schmauch" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Moindrot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Svrcek" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-39026-y" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03972355v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Xavier Danlos" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Texier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Job" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Mouraud" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Cassard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/2159-8290.CD-22-0886" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03215969v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Smati" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Ellero-Simatos" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2020-323323" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03289952v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Meiller" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Montagne" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Hirsch" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Caruso" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien de Wolf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13073-021-00931-w" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282346v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Marisa" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Taieb" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mira Ayadi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Pilati" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1078-0432.CCR-21-0529" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372668v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Decamps" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Arnaud" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Petitprez" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Baur&#232;s" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-021-04381-4" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02472258v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Savary" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem Kim" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lespagnol" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Gandemer" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pellier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-58179-0" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02490591v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Quetel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Imbeaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1878&#8208;0261.12651" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02355731v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Savary" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kim" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lespagnol" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gandemer" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Pellier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02090279v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Elarouci" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-09307-6" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02143548v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Puleo" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Nicolle" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Cros" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.gastro.2018.08.033" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02143535v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwen Lomberk" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asha Nair" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krutika Satish Gaonkar" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-04383-6" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727161v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette D&#233;sert" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ba&#233;za" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meziane Aite" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Boutin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Le Cam" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-4520-5" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02143669v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Iovanna" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20183405003" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787567v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bian" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bigonnet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Gayet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Loncle" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Maignan" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/emmm.201606975" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01985259v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Marisa" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2017.11.003" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01484581v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahia Touat-Hamici" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Weidmann" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Proust" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Durand" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvw217" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01482816v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Montagner" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Korecka" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lippi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep20127" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340542v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Hou&#233;e-Bigot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Causeur" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/sagmb-2015-0002" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01404133v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Codoni" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mete Civelek" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Franz&#233;n" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.116.033894" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01227880v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Poitou" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Perret" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mathieu" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinh Truong" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0125718" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841015v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mach" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bannink" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Houee-Bigot" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2012-5348" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730144v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Mignon" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Filangi" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-12-567" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729443v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Demeure" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Diot" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Le Bihan-Duval" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489490v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489385v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Barbot" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Causeur" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Blum" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Richard" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065027v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167693v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tosato" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-B. Assie" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sequeiros" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Langlais" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1556-0864(25)00432-0" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065011v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664788v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664748v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456752v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Rafenne" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1538-7445.panca2023-b064" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286509v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090168v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Saillard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delecourt" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Schmauch" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Moindrot" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Svrcek" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019609v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Roux" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Djari" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Esquerre" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841018v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hou&#233;e" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841017v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Hou&#233;e" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Friguet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lagarrigue" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841016v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Pitel" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841103v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Hou&#233;e" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841019v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747109v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Smits" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748764v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Demeure" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guillou" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bertrand-Michel" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00494802v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459362v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489405v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elouan Deffains" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790951v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669313v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Kermezli" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lamothe" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664694v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746728v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lecerf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bretaudeau" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sallou" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754275v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754276v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume G. Le Mignon" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402684v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Rusakovich" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Corre" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Cadieu" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.04.17.649290" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445539v2" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Homberg" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane T&#233;r&#233;zol" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773934v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Martin Pena" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Chuffart" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442467v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342074v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Guinney" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Stolovitzky" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Pav&#227;o" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871989v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574569v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Karsenty" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guilbeau-Frugier" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Seguelas" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02806749v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661001v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:c0fcb31492397ae5ecfed04ed8f51e4f3bfafa70;origin=https://gitlab.in2p3.fr/Magali.Richard/decomics;visit=swh:1:snp:b68305bea69e3160c83aaccc906dd63246b9a1bf;anchor=swh:1:rev:50a6a6cf42d94b2b891e75fef206a7e8ef9d0fee" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>