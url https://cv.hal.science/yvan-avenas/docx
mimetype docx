--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1127,2786 +1127,2790 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01664786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (25)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (26)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Technology-dependent parametric manufacturing Life Cycle Inventory for power module</w:t>
+                <w:t xml:space="preserve">Modeling and analysis of integrated SiRC snubber circuit in SiC power modules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatimata-Fatimata Diarrassouba</w:t>
+                <w:t xml:space="preserve">Bourdon Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Avenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Michel Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Choisy Tom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCE Europe 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Birmingham, United Kingdom</w:t>
+              <w:t xml:space="preserve">International Conference on Integrated Power Electronics Systems - CIPS 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Dresden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05262637v1</w:t>
+                <w:t xml:space="preserve">hal-05559233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving thermal management of SiC MOSFET through cold plates and/or power modules optimization</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Technology-dependent parametric manufacturing Life Cycle Inventory for power module</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Giolat</w:t>
+                <w:t xml:space="preserve">Fatimata-Fatimata Diarrassouba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Avenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Khazaka</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 26th European Conference on Power Electronics and Applications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ECCE Europe 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Birmingham, United Kingdom</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05097167v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05262637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrication and characterization of low value embedded resistors for use in PCB embedded RC snubber for more integrated converte</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improving thermal management of SiC MOSFET through cold plates and/or power modules optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W Cherief</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Casado-Ramoneda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alejandro Can-Ortíz</w:t>
+                <w:t xml:space="preserve">J Giolat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Bley</w:t>
+                <w:t xml:space="preserve">R Khazaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Botter</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Y Avenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIPS 2024; 13th International Conference on Integrated Power Electronics Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The 26th European Conference on Power Electronics and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR SEEDS France &amp; EPE Association, Mar 2025, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34746/epe2025-0121⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04907285v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05097167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flip-Chip Low inductive and EMC optimized PCB Power Module</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fabrication and characterization of low value embedded resistors for use in PCB embedded RC snubber for more integrated converte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Olivier Jeannin</w:t>
+                <w:t xml:space="preserve">Alejandro Can-Ortíz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Botter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Avenas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Lefranc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Applied Power Electronics Conference and Exposition (APEC 2024 )</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2024, Long beach, United States</w:t>
+              <w:t xml:space="preserve">CIPS 2024; 13th International Conference on Integrated Power Electronics Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Düsseldorf, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04493320v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04907285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the Printed Circuit Board Geometrical Design on the AC Breakdown and Partial Discharge Activity in Air</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Vagnon</w:t>
+                <w:t xml:space="preserve">Flip-Chip Low inductive and EMC optimized PCB Power Module</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatme Abed Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Jeannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Avenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lefranc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Electrical Insulation and Dielectric Phenomena</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Applied Power Electronics Conference and Exposition (APEC 2024 )</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2024, Long beach, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CEIDP51414.2023.10410485⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04281522v1</w:t>
+                <w:t xml:space="preserve">hal-04493320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthode non intrusive de mesure de température de puce pour le refroidissement diphasique par immersion de composants semiconducteurs de puissance</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Samuel Siedel</w:t>
+                <w:t xml:space="preserve">Impact of the Printed Circuit Board Geometrical Design on the AC Breakdown and Partial Discharge Activity in Air</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bruyere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Vagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Avenas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Flury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès annuel de la société française de thermique (SFT 2023)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Conference on Electrical Insulation and Dielectric Phenomena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, New Jersey, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CEIDP51414.2023.10410485⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04771703v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04281522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal Evaluation of Substrate Technologies Used for Power Peak Management in SSPC Modules</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guy Scoggin</w:t>
+                <w:t xml:space="preserve">Méthode non intrusive de mesure de température de puce pour le refroidissement diphasique par immersion de composants semiconducteurs de puissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Hugon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Siedel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Avenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Toni Youssef</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Flury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PCIM2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, NUREMBERG, Germany</w:t>
+              <w:t xml:space="preserve">Congrès annuel de la société française de thermique (SFT 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04391242v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04771703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermocompression de cuivre poreux réalisée par dépôt électrochimique pour l’assemblage des composants semi conducteurs de puissance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Goulven Janod</w:t>
+                <w:t xml:space="preserve">Thermal Evaluation of Substrate Technologies Used for Power Peak Management in SSPC Modules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabih Khazaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Scoggin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Avenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-L. Schanen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toni Youssef</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium du Génie Electrique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, LILLE, France</w:t>
+              <w:t xml:space="preserve">PCIM2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, NUREMBERG, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04163382v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04391242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of Wire Bondless Double-Sided Cooled Power Module Using Ceramic Heat Sink and Multilayer Silver Sintering</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rabih Khazaka</w:t>
+                <w:t xml:space="preserve">Thermocompression de cuivre poreux réalisée par dépôt électrochimique pour l’assemblage des composants semi conducteurs de puissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Goulven Janod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Avenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Didier Bouvard</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Chachay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Missiaen</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Daudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PCIM Europe 2022; International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Nuremberg, Germany</w:t>
+              <w:t xml:space="preserve">Symposium du Génie Electrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, LILLE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04783799v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04163382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the thermal contact resistance between bulk copper and metal foam using transient measurements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Goulven Janod</w:t>
+                <w:t xml:space="preserve">Design of Wire Bondless Double-Sided Cooled Power Module Using Ceramic Heat Sink and Multilayer Silver Sintering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Botter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabih Khazaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Avenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bouvard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rabih Khazaka</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Missiaen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIPS 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">PCIM Europe 2022; International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Nuremberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03616914v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04783799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cellule de commutation pour module de puissance 3D haute densité et modulaire avec refroidissement à air intégré</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bachir Mezrag</w:t>
+                <w:t xml:space="preserve">Evaluation of the thermal contact resistance between bulk copper and metal foam using transient measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Goulven Janod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Avenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Bouvard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabih Khazaka</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Nantes, France</w:t>
+              <w:t xml:space="preserve">CIPS 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03304657v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03616914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of an Integrated Power Module for Silicon Carbide MOSFET with Self-Compensation of the Magnetic Field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatme Abed Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Avenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Jeannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toni Youssef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 13th European Conference on Silicon Carbide and Related Materials (ECSCRM 2020·2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03615995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced Packaging Concepts for Wide Bandgap Power Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Schanen</w:t>
+                <w:t xml:space="preserve">Cellule de commutation pour module de puissance 3D haute densité et modulaire avec refroidissement à air intégré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wendpanga Fadel Bikinga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bachir Mezrag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Avenas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PSMA Power Technology Roadmap Forum Power Sources Manufacturers Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Online Webinar, France</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03052239v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03304657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation of TAPIR switching cells with integrated direct air-cooling for SiC power devices</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean Michel Guichon</w:t>
+                <w:t xml:space="preserve">Advanced Packaging Concepts for Wide Bandgap Power Electronics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Schanen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Avenas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Power Electronics and Applications EPE'20</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PSMA Power Technology Roadmap Forum Power Sources Manufacturers Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Online Webinar, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23919/EPE20ECCEEurope43536.2020.9215620⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03145530v1</w:t>
+                <w:t xml:space="preserve">hal-03052239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation and validation of a dynamic calorimetric method to evaluate the losses in switching discrete power MOSFETs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Do Phuong Uyen Tran</w:t>
+                <w:t xml:space="preserve">Implementation of TAPIR switching cells with integrated direct air-cooling for SiC power devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wendpanga Fadel Bikinga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kouceila Alkama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bachir Mezrag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michel Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Avenas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIPS 2020 - 11th International Conference on Integrated Power Electronics Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Conference on Power Electronics and Applications EPE'20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Lyon, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EPE20ECCEEurope43536.2020.9215620⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03051947v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03145530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generic thermal cooling design for multicell converters</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">André Andreta</w:t>
+                <w:t xml:space="preserve">Implementation and validation of a dynamic calorimetric method to evaluate the losses in switching discrete power MOSFETs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Do Phuong Uyen Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Avenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yves Lembeye</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIPS 2020; 11th International Conference on Integrated Power Electronics Systems</w:t>
+              <w:t xml:space="preserve">CIPS 2020 - 11th International Conference on Integrated Power Electronics Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2020, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03051978v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03051947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Full 3D advanced packaging concepts for Wide Bandgap Power Electronics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Schanen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Avenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Jeannin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">APEC 2020 – Industry session</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2020, New Orleans, Louisiana, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03051992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical Losses Model for SiC semiconductors dedicated to optimization operations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Costa</w:t>
+                <w:t xml:space="preserve">Generic thermal cooling design for multicell converters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Crébier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Andreta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Avenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christian Vollaire</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Lembeye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PCIM Europe 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Nuremberg, Germany. pp.CD</w:t>
+              <w:t xml:space="preserve">CIPS 2020; 11th International Conference on Integrated Power Electronics Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2020, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01387607v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03051978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèle analytique d'estimation des pertes dans une cellule de commutation MOSFET-diode Schottky SiC en vue de la conception et de l'optimisation d'un dissipateur thermique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
+                <w:t xml:space="preserve">Analytical Losses Model for SiC semiconductors dedicated to optimization operations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gnimdu Dadanema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Avenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Schanen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vollaire</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yvan Avenas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE'16)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
+              <w:t xml:space="preserve">PCIM Europe 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Nuremberg, Germany. pp.CD</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01361667v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01387607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation des contraintes électrothermiques sur les composants semi-conducteurs dans les onduleurs photovoltaïques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mouhannad Dbeiss</w:t>
+                <w:t xml:space="preserve">Modèle analytique d'estimation des pertes dans une cellule de commutation MOSFET-diode Schottky SiC en vue de la conception et de l'optimisation d'un dissipateur thermique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gnimdu Dadanema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Schanen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Avenas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Henri Zara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Genie Electrique</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE'16)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01361672v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01361667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation numérique et caractérisation de composants de puissance en diamant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Clément, Jean-Paul Rouger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Chicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetan Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh-Toan Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium de Genie Electrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01361596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation Globale d'une Cellule de Commutation SiC : Dimensionnement CEM et Thermique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gnimdu Dadanema</w:t>
+                <w:t xml:space="preserve">Estimation des contraintes électrothermiques sur les composants semi-conducteurs dans les onduleurs photovoltaïques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhannad Dbeiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Avenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Zara</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE'16)</w:t>
+              <w:t xml:space="preserve">Symposium de Genie Electrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01361564v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01361672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnétomètre statique adapté aux fluides magnétiques faiblement perméables</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Afef Kedous-Lebouc</w:t>
+                <w:t xml:space="preserve">Optimisation Globale d'une Cellule de Commutation SiC : Dimensionnement CEM et Thermique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Delhommais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gnimdu Dadanema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Avenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Schanen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Électrique 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE'16)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01065354v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01361564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intensification des transferts de chaleur par convection forcée en conduite de section carrée avec des ferrofluides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wahid Cherief</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Avenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Ferrouillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afef Lebouc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jossic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium de Génie Électrique 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01065255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude expérimentale d'un système statique de génération de pression magnétothermique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afef Kedous-Lebouc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3914,98 +3918,219 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Avenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wahid Cherief</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Rullière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium de Génie Électrique 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01065356v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magnétomètre statique adapté aux fluides magnétiques faiblement perméables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Afef Kedous-Lebouc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Avenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wahid Cherief</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Rullière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symposium de Génie Électrique 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01065354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId113"/>
+      <w:footerReference w:type="default" r:id="rId118"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4152,51 +4277,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984517v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goulven Janod" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Chachay" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Schoenleber" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Avenas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bouvard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2025.115648" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611444v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bruyere" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vagnon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17092035" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785342v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCPMT.2024.3418673" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255242v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Botter" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabih Khazaka" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Missiaen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCPMT.2022.3179432" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865600v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230523v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhannad Dbeiss" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Zara" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dupont" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2019.2907218" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676095v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Ka" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Petit" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09398368.2017.1388626" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664786v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahid Cherief" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afef Kedous-Lebouc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jossic" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean B&#233;rard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2015150059" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/20AA37455C0E591387414928BDBEDDD8BFD789F9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262637v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatimata-Fatimata Diarrassouba" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Cr&#233;bier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05097167v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Cherief" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Casado-Ramoneda" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Giolat" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Khazaka" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Avenas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/epe2025-0121" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907285v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Can-Ort&#237;z" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bley" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Botter" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493320v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatme Abed Ali" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Jeannin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lefranc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281522v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEIDP51414.2023.10410485" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771703v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Hugon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Siedel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Flury" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391242v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Scoggin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L. Schanen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toni Youssef" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163382v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Daudin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783799v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03616914v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03304657v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendpanga Fadel Bikinga" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachir Mezrag" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615995v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052239v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Schanen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145530v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouceila Alkama" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Guichon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE20ECCEEurope43536.2020.9215620" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051947v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Do Phuong Uyen Tran" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lefebvre" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051978v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Andreta" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lembeye" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051992v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387607v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gnimdu Dadanema" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Costa" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vollaire" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361667v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361672v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361596v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cl&#233;ment, Jean-Paul Rouger" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mar&#233;chal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Chicot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Perez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Toan Pham" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361564v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Delhommais" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Costa" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065354v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Petit" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Rulli&#232;re" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065255v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ferrouillat" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afef Lebouc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065356v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984517v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goulven Janod" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Chachay" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Schoenleber" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Avenas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bouvard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2025.115648" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611444v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bruyere" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vagnon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17092035" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785342v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCPMT.2024.3418673" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255242v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Botter" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabih Khazaka" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Missiaen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCPMT.2022.3179432" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865600v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230523v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhannad Dbeiss" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Zara" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dupont" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2019.2907218" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676095v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Ka" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Petit" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09398368.2017.1388626" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664786v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahid Cherief" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afef Kedous-Lebouc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jossic" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean B&#233;rard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2015150059" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/20AA37455C0E591387414928BDBEDDD8BFD789F9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559233v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bourdon No&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Guichon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bouvier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Choisy Tom" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262637v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatimata-Fatimata Diarrassouba" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Cr&#233;bier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05097167v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Cherief" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Casado-Ramoneda" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Giolat" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Khazaka" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Avenas" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/epe2025-0121" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907285v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Can-Ort&#237;z" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bley" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Botter" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493320v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatme Abed Ali" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Jeannin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lefranc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281522v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEIDP51414.2023.10410485" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771703v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Hugon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Siedel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Flury" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391242v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Scoggin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L. Schanen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toni Youssef" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163382v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Daudin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783799v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03616914v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615995v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03304657v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendpanga Fadel Bikinga" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachir Mezrag" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052239v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Schanen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145530v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouceila Alkama" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Guichon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE20ECCEEurope43536.2020.9215620" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051947v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Do Phuong Uyen Tran" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lefebvre" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051992v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051978v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Andreta" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lembeye" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387607v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gnimdu Dadanema" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Costa" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vollaire" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361667v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361596v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cl&#233;ment, Jean-Paul Rouger" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mar&#233;chal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Chicot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Perez" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Toan Pham" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361672v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361564v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Delhommais" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Costa" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065255v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ferrouillat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afef Lebouc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065356v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Petit" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Rulli&#232;re" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065354v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>