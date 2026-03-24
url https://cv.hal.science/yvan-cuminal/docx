--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -359,485 +359,485 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03695407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artificial bee colony algorithm</w:t>
+                <w:t xml:space="preserve">Investigation of AlInAsSb/GaSb tandem cells – A first step towards GaSb-based multi-junction solar cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elyes Garoudja</w:t>
+                <w:t xml:space="preserve">J. Kret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachid Amrani</w:t>
+                <w:t xml:space="preserve">J. Tournet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Parola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Walid Filali</w:t>
+                <w:t xml:space="preserve">F. Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fouaz Lekoui</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Slimane Oussalah</w:t>
+                <w:t xml:space="preserve">D. Chemisana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optik</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijleo.2021.167030⟩</w:t>
+              <w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 219, pp.110795. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.solmat.2020.110795⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04743246v1</w:t>
+                <w:t xml:space="preserve">hal-02951928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling and Characterization of an MBE-Grown Concentrator P-N GaSb Solar Cells Using a Pseudo-3D Model</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joanna Kret</w:t>
+                <w:t xml:space="preserve">Artificial bee colony algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elyes Garoudja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Parola</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Martinez</w:t>
+                <w:t xml:space="preserve">Rachid Amrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Vauthelin</w:t>
+                <w:t xml:space="preserve">Walid Filali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Tournet</w:t>
+                <w:t xml:space="preserve">Fouaz Lekoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slimane Oussalah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Photovoltaics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JPHOTOV.2021.3075290⟩</w:t>
+              <w:t xml:space="preserve">Optik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 241, pp.167030. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijleo.2021.167030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03252488v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04743246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of AlInAsSb/GaSb tandem cells – A first step towards GaSb-based multi-junction solar cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Kret</w:t>
+                <w:t xml:space="preserve">Modeling and Characterization of an MBE-Grown Concentrator P-N GaSb Solar Cells Using a Pseudo-3D Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Kret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Tournet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Parola</w:t>
+                <w:t xml:space="preserve">Stéphanie Parola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Martinez</w:t>
+                <w:t xml:space="preserve">Alexandre Vauthelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Chemisana</w:t>
+                <w:t xml:space="preserve">Julie Tournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 219, pp.110795. </w:t>
+              <w:t xml:space="preserve">IEEE Journal of Photovoltaics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.1-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.solmat.2020.110795⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/JPHOTOV.2021.3075290⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02951928v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03252488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improved efficiency of GaSb solar cells using an Al0.50Ga0.50As0.04Sb0.96 window layer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Parola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Vauthelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Tournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanna Kret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -901,51 +901,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GaSb-based solar cells for multi-junction integration on Si substrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Tournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Parola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1299,51 +1299,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization and modeling of electrical transport in undoped hydrogenated microcrystalline silicon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Abboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Amrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1661,278 +1661,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01643727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidation pathways towards Si amorphous layers or nanocrystalline powders as Li-ion batteries anodes</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Favier</w:t>
+                <w:t xml:space="preserve">Effect of annealing process on the properties of Cu 2 ZnSnS 4 thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeineb Seboui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelaziz Gassoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najoua Kamoun-Turki</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials for Renewable and Sustainable Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s40243-014-0032-7⟩</w:t>
+              <w:t xml:space="preserve">Superlattices and Microstructures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 75, pp.586 - 592. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.spmi.2014.07.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01017564v1</w:t>
+                <w:t xml:space="preserve">hal-01643127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of annealing process on the properties of Cu 2 ZnSnS 4 thin films</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Abdelaziz Gassoumi</w:t>
+                <w:t xml:space="preserve">Oxidation pathways towards Si amorphous layers or nanocrystalline powders as Li-ion batteries anodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Annou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Pelosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Gershinsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Superlattices and Microstructures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 75, pp.586 - 592. </w:t>
+              <w:t xml:space="preserve">Materials for Renewable and Sustainable Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 3, pp.32. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.spmi.2014.07.025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s40243-014-0032-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01643127v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01017564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison between positive and negative bias stress on N‐channel VDMOSFET transistors</w:t>
               </w:r>
@@ -2194,51 +2194,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical and structural proprieties of nc-Si:H prepared by argon diluted silane PECVD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Amrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Pichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2468,298 +2468,298 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01791370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of traps induced and activated by high field stress in an N-channel VDMOSFET transistor using current deep level transient spectroscopy (CDLTS)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">C. Salame</w:t>
+                <w:t xml:space="preserve">Temperature effect on an N-channel commercial VDMOSFET transistor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Abboud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chafic Salame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Cuminal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Foucaran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microelectronic Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mee.2011.08.008⟩</w:t>
+              <w:t xml:space="preserve">Physica Status Solidi C: Current Topics in Solid State Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 8 (3), pp.875 - 878. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pssc.201000121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01791380v1</w:t>
+                <w:t xml:space="preserve">hal-01791366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature effect on an N-channel commercial VDMOSFET transistor</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Hoffmann</w:t>
+                <w:t xml:space="preserve">Detection of traps induced and activated by high field stress in an N-channel VDMOSFET transistor using current deep level transient spectroscopy (CDLTS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Abboud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Cuminal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Foucaran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Salame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica Status Solidi C: Current Topics in Solid State Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 8 (3), pp.875 - 878. </w:t>
+              <w:t xml:space="preserve">Microelectronic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 88 (11), pp.3333 - 3337. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pssc.201000121⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mee.2011.08.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01791366v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01791380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of pressure on electrical properties of short period InAs/GaSb superlattice</w:t>
               </w:r>
@@ -3177,414 +3177,414 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01617344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of mid-infrared InAs/GaSb superlattice detectors for room temperature operation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nitrogen effect on optical grain and radiative current density for mid-infrared InAs(N)/GaSb/InAs(N) quantum-well laser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Debbichi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ben Fredj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Said</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Lazzari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Finite Elements in Analysis and Design</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Physica E: Low-dimensional Systems and Nanostructures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 40 (3), pp.489-493</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01617352v1</w:t>
+                <w:t xml:space="preserve">hal-00269960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nitrogen effect on optical gain and radiative current density for mid-infrared InAs(N)/GaSb/InAs(N) quantum-well laser</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Design of mid-infrared InAs/GaSb superlattice detectors for room temperature operation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.B. Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Christol</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica E: Low-dimensional Systems and Nanostructures</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Finite Elements in Analysis and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 44 (9-10), pp.611 - 616. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.finel.2008.02.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physe.2007.07.003⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00327284v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01617352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nitrogen effect on optical grain and radiative current density for mid-infrared InAs(N)/GaSb/InAs(N) quantum-well laser</w:t>
+                <w:t xml:space="preserve">Nitrogen effect on optical gain and radiative current density for mid-infrared InAs(N)/GaSb/InAs(N) quantum-well laser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Debbichi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ben Fredj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">J.L. Lazzari</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Saïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L Lazzari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica E: Low-dimensional Systems and Nanostructures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 40 (3), pp.489-493</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2008, 40 (3), pp.489-493. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physe.2007.07.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00269960v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00327284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">InAsN/GaSb/InAsN ‘W’ quantum well laser for mid-infrared emission: from electronic structure to threshold current density calculations</w:t>
               </w:r>
@@ -3755,64 +3755,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-L. Lazzari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Said</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials Science and Engineering: C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 28 (5-6), pp.939 - 942. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3897,64 +3897,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-L. Lazzari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Said</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thin Solid Films</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 517 (1), pp.388-390. </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3994,161 +3994,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00386891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical properties of short period InAs/GaSb superlattice</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A novel quantum-well laser structure based on InAs1-xNx/GaSb system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Debbichi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fredj A. Ben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bhouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Said</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Christol</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Rodriguez</w:t>
+                <w:t xml:space="preserve">J.L. Lazzari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica Status Solidi C: Current Topics in Solid State Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 4 (4), pp.1494 - 1498. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2007, 4 (2), pp.592-594. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pssc.200673246⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pssc.200674136⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00103689v3</w:t>
+                <w:t xml:space="preserve">hal-00175311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface passivation of GaInAsSb phodiodes with thioacetamides</w:t>
               </w:r>
@@ -4274,229 +4286,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00334303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel quantum-well laser structure based on InAs1-xNx/GaSb system</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Debbichi</w:t>
+                <w:t xml:space="preserve">Electrical properties of short period InAs/GaSb superlattice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fredj A. Ben</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">J.L. Lazzari</w:t>
+                <w:t xml:space="preserve">L. Konczewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Cuminal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Aït-Kaci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica Status Solidi C: Current Topics in Solid State Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 4 (2), pp.592-594. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pssc.200673246⟩</w:t>
+              <w:t xml:space="preserve">, 2007, 4 (4), pp.1494 - 1498. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pssc.200674136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00175311v1</w:t>
+                <w:t xml:space="preserve">hal-00103689v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Induced electrostatic confinement of electron gas in W strain-compensated Si/SiGe/Si type-II quantum wells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Sfina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L Lazzari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4760,51 +4760,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladyslava Lunova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sogol Zojaji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Parola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Richeter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4872,51 +4872,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and fabrication of organic solar cells dedicated for a use at high temperatures for application in a hybrid PV-CSP systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladyslava Lunova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Parola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Richeter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5224,652 +5224,652 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03515509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization and numerical analysis of III-Sb tandem solar cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joanna Kret</w:t>
+                <w:t xml:space="preserve">Indoor energy micro-sources for energetically antonomous nomadic devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Politi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Parola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Eric Tournié</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gardemer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Cuminal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Piquemil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales du Photovoltaïque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Dourdan, France</w:t>
+              <w:t xml:space="preserve">36th European Photovoltaic Solar Energy Conference and Exhibition (EU PVSEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02382568v1</w:t>
+                <w:t xml:space="preserve">hal-02382479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential of AlGaAsSb alloys for GaSb-based multi-junction solar cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sources d'énergies indoor pour objets communicants énergétiquement autonomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Politi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Parola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Martinez</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gardemer Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Cuminal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Piquemil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum of Revolutions in Renewable Energy in 21th Century (FOREN-2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Rome, Italy</w:t>
+              <w:t xml:space="preserve">Journées Nationales du Photovoltaïque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02382507v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02382524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization and pseudo-3D modeling of GaSb solar cells for high-concentration photovoltaics</w:t>
+                <w:t xml:space="preserve">Characterization and numerical analysis of III-Sb tandem solar cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanna Kret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Parola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Julie Tournet</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Tournet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Rouillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Tournié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36th European Photovoltaic Solar Energy Conference and Exhibition (EU PVSEC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Marseille, France</w:t>
+              <w:t xml:space="preserve">Journées Nationales du Photovoltaïque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02382578v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02382568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indoor energy micro-sources for energetically antonomous nomadic devices</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Potential of AlGaAsSb alloys for GaSb-based multi-junction solar cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Parola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marie Piquemil</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Kret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vauthelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Tournet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36th European Photovoltaic Solar Energy Conference and Exhibition (EU PVSEC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Marseille, France</w:t>
+              <w:t xml:space="preserve">Forum of Revolutions in Renewable Energy in 21th Century (FOREN-2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02382479v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02382507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sources d'énergies indoor pour objets communicants énergétiquement autonomes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bastien Politi</w:t>
+                <w:t xml:space="preserve">Characterization and pseudo-3D modeling of GaSb solar cells for high-concentration photovoltaics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Kret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Parola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marie Piquemil</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Vauthelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Tournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales du Photovoltaïque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Dourdan, France</w:t>
+              <w:t xml:space="preserve">36th European Photovoltaic Solar Energy Conference and Exhibition (EU PVSEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02382524v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02382578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude d’une méthode de caractérisation thermique de couches minces par technique opto-électro-thermique sur données synthétiques</w:t>
               </w:r>
@@ -5963,77 +5963,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of GaSb solar cell with an AlGaAsSb window layer for applications as a bottom subcell of 4-junction solar cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanna Kret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Parola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Vauthelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Tournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Rouillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6075,90 +6075,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of antimonide-based semiconductors for high-efficiency multi-junction solar cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Parola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Vauthelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Tournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanna El Husseini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6289,498 +6289,498 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02092408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de la résistance série sous forte concentration solaire dans le cas de cellules antimoniures</w:t>
+                <w:t xml:space="preserve">Contacts ohmiques pour cellules solaires à base de matériaux antimoniures dans le cadre d'applications aux fortes concentrations solaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vauthelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Parola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2016, Dourdan, France</w:t>
+              <w:t xml:space="preserve">Journées Nationales sur l'Energie Solaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Perpignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01758778v1</w:t>
+                <w:t xml:space="preserve">hal-01758770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interest of Antimonide Compounds Based Multijunction Cells for High Concentrating Photovoltaics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Impact de la résistance série sous forte concentration solaire dans le cas de cellules antimoniures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vauthelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Parola</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">E. Giudicelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th Sede Boqer Symposium on Solar Electricity Production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Sede Boqer, Israel</w:t>
+              <w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01758669v1</w:t>
+                <w:t xml:space="preserve">hal-01758778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solar cells based on GaAs: Thermal behavior study</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interest of Antimonide Compounds Based Multijunction Cells for High Concentrating Photovoltaics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Parola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vauthelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Giudicelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Cuminal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11TH INTERNATIONAL CONFERENCE ON CONCENTRATOR PHOTOVOLTAIC SYSTEMS: CPV-11</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">20th Sede Boqer Symposium on Solar Electricity Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Sede Boqer, Israel</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02092808v1</w:t>
+                <w:t xml:space="preserve">hal-01758669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contacts ohmiques pour cellules solaires à base de matériaux antimoniures dans le cadre d'applications aux fortes concentrations solaires</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Solar cells based on GaAs: Thermal behavior study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Giudicelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Martaj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Bennacer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Perona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales sur l'Energie Solaire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">11TH INTERNATIONAL CONFERENCE ON CONCENTRATOR PHOTOVOLTAIC SYSTEMS: CPV-11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Aix-les-Bains, France. pp.020002, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4931502⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01758770v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02092808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-junctions PV concentrator solar cells, state of the art. Interest of antimonide compounds</w:t>
               </w:r>
@@ -6792,51 +6792,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Giudiccelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. El Huseinni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6913,51 +6913,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Giudiccelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Pérona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Elhuseinni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6993,373 +6993,373 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01906185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homogeneous High Ohmic Phosphorus Doping for Advanced Solar Cell Manufacturing Using Reduced Pressure Diffusion Techniques</w:t>
+                <w:t xml:space="preserve">Improvement of Performance of Crystalline Silicon Solar Cells by the Use of Dry Polishing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Crampette</w:t>
+                <w:t xml:space="preserve">A. Talla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Picard</w:t>
+                <w:t xml:space="preserve">J.-C. Loretz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Damiani</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">B. Semmache</w:t>
+                <w:t xml:space="preserve">J. Podlecki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th European Photovoltaic Solar Energy Conference and Exhibition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, Montpellier, France</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2013, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4229/28thEUPVSEC2013-2DV.3.9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01657279v1</w:t>
+                <w:t xml:space="preserve">hal-01656837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma Texturing for Solar Cell: Study on Hybrid Mono-Like and on Traditional Multicrystalline Wafers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Talla</w:t>
+                <w:t xml:space="preserve">Homogeneous High Ohmic Phosphorus Doping for Advanced Solar Cell Manufacturing Using Reduced Pressure Diffusion Techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Crampette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Damiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">J.-C. Loretz</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Semmache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th European Photovoltaic Solar Energy Conference and Exhibition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">, 2013, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01656826v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01657279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement of Performance of Crystalline Silicon Solar Cells by the Use of Dry Polishing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId236" w:history="1">
+                <w:t xml:space="preserve">Plasma Texturing for Solar Cell: Study on Hybrid Mono-Like and on Traditional Multicrystalline Wafers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Talla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Cuminal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Podlecki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-C. Loretz</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J. Podlecki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th European Photovoltaic Solar Energy Conference and Exhibition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, Paris, France. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2013, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4229/28thEUPVSEC2013-2DV.3.9⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01656837v1</w:t>
+                <w:t xml:space="preserve">hal-01656826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficiency limit of AlGaAs solar cell modified by AlGaSb quantum dot intermediate band embedded outside the depletion region</w:t>
               </w:r>
@@ -7464,571 +7464,571 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01862183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CHARACTERIZATION OF GaSb SOLAR CELLS STRUCTURES UNDER HIGH SOLAR CONCENTRATIONS</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Numerical Model of Transport in Microcrystalline Silicon Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimmy Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Cuminal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of International Conference Nanomeeting – 2011</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Conference on Amorphous and Nanocrystalline Semiconductors (ICANS 24)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Tokyo, Japan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01779107v1</w:t>
+                <w:t xml:space="preserve">hal-02066870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical Model of Transport in Microcrystalline Silicon Films</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">CHARACTERIZATION OF GaSb SOLAR CELLS STRUCTURES UNDER HIGH SOLAR CONCENTRATIONS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Cuminal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Cammalleri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Christol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Dollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pérona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Amorphous and Nanocrystalline Semiconductors (ICANS 24)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of International Conference Nanomeeting – 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Minsk, Belarus. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/9789814343909_0135⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02066870v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01779107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Levels induced by a negative bias stress applied on commercial VDMOSFET transistor</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling of the boron diffusion from BCl3 process: Application for N-type crystalline silicon solar cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Habchi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Y. Cuminal</w:t>
+                <w:t xml:space="preserve">J. Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Oliver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Semmache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Foucaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Abstracts of the Materials Research Society spring meeting (MRS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">CIMA, Beyrouth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Beyrouth, Lebanon</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01796924v1</w:t>
+                <w:t xml:space="preserve">hal-01796922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling of the boron diffusion from BCl3 process: Application for N-type crystalline silicon solar cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Armand</w:t>
+                <w:t xml:space="preserve">Deep Levels induced by a negative bias stress applied on commercial VDMOSFET transistor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Abboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Oliver</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">M. Gauthier</w:t>
+                <w:t xml:space="preserve">R. Habchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Foucaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Salame</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIMA, Beyrouth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Beyrouth, Lebanon</w:t>
+              <w:t xml:space="preserve">Abstracts of the Materials Research Society spring meeting (MRS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01796922v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01796924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GaSb solar cells structures under high solar concentration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Cammalleri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Dollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Pérona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8070,51 +8070,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Process description approach for n-type multicrystalline silicon solar cells fabrication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Oliver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Semmache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8122,51 +8122,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26th European Photovoltaic Solar Energy Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Valencia, Spain</w:t>
@@ -8208,77 +8208,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GaSb based solar cells designed for high solar concentration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Cammalleri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-B. Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Foucaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8314,536 +8314,536 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01831005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of pressure on electrical properties of short period InAs/GaSb superlattice</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Rodriguez</w:t>
+                <w:t xml:space="preserve">Optical gain calculation of dilute Nitride InAsN/GaSb laser diodes operating in the mid-infrared</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Debbichi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ridene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ben Fredj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Saïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Bouchriha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Conference on High Pressure Semiconductor Physics (HPSP-13)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2008, Fortaleza (BRAZIL), France. pp.643-647</w:t>
+              <w:t xml:space="preserve">EMRS Int. Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00401354v1</w:t>
+                <w:t xml:space="preserve">hal-01828413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical gain calculation of dilute Nitride InAsN/GaSb laser diodes operating in the mid-infrared</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">H. Bouchriha</w:t>
+                <w:t xml:space="preserve">Effect of pressure on electrical properties of short period InAs/GaSb superlattice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leszek Konczewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Contreras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Aït-Kaci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Cuminal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMRS Int. Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">13th International Conference on High Pressure Semiconductor Physics (HPSP-13)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Fortaleza (BRAZIL), France. pp.643-647</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01828413v1</w:t>
+                <w:t xml:space="preserve">hal-00401354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">THEORETICAL COMPARISON OF DILUTE-NITRIDE &amp;quot;W&amp;quot; AND &amp;quot;M&amp;quot; InAsN / GaSb MID-INFRARED LASER DIODES</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">H. Bouchriha</w:t>
+                <w:t xml:space="preserve">New chemical etching procedures of antimonide-based materials for infrared detectors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Chaghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cervera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Aït-Kaci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Grech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the International Conference on Nanomeeting 2009</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2d International Meeting on Materials for Electronic Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Hammamet, Tunisia</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01786531v1</w:t>
+                <w:t xml:space="preserve">hal-01828306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New chemical etching procedures of antimonide-based materials for infrared detectors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Y. Cuminal</w:t>
+                <w:t xml:space="preserve">THEORETICAL COMPARISON OF DILUTE-NITRIDE &amp;quot;W&amp;quot; AND &amp;quot;M&amp;quot; InAsN / GaSb MID-INFRARED LASER DIODES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Debbichi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ben Fredj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Saïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ridene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Bouchriha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2d International Meeting on Materials for Electronic Applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the International Conference on Nanomeeting 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Minsk, Belarus. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/9789814280365_0141⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01828306v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01786531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VSpectral characteristics of the photosensitive and light emitting short-period superlattices in the InAs-GaSb system</w:t>
               </w:r>
@@ -8881,51 +8881,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. V. Ushakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Christol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop “Frontiers of nanoscale spintronics and photovoltaic"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8944,527 +8944,527 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01828296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface treatments of Sb-based photodetectors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P. Grech</w:t>
+                <w:t xml:space="preserve">Dilute-Nitride &amp;quot;W&amp;quot; and &amp;quot;M&amp;quot; InAsN/GaSb laser diodes for gaz analysis in the mid-infrared domain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Debbichi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ben Fredj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Saïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ridene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Bouchriha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MADICA 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Rabat, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01825849v1</w:t>
+                <w:t xml:space="preserve">hal-01825842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement material performances of InAs/GaSb superlattice photodiodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Chaghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Cuminal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Aït-Kaci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Grech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EXMATEC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Łódź, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00401337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement performances of InAs/GaSb superlattice photodiode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Chaghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Aït-Kaci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Konczewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EXMATEC'08</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Lodz, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01825856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dilute-Nitride &amp;quot;W&amp;quot; and &amp;quot;M&amp;quot; InAsN/GaSb laser diodes for gaz analysis in the mid-infrared domain</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">H. Bouchriha</w:t>
+                <w:t xml:space="preserve">Surface treatments of Sb-based photodetectors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Aït-Kaci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Boukredimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mebarki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Chaghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Grech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MADICA 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Rabat, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01825842v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01825849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface passivation of GaInAsSb photodiode with thioacetamide</w:t>
               </w:r>
@@ -9575,51 +9575,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrical and optical properties of InAs/InSb/GaSb superlattices for mid-infrared applications.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9726,51 +9726,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Ferblantier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9834,90 +9834,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitride-based quantum-well lasers on InAs substrate for midwave-infrared emission.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Debbichi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fredj A. Ben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bhouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Said</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L. Lazzari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th International Symposium on Nanostructures: Physics and Technology, NANO 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Saint-Petersbourg, Russia. pp.338-339</w:t>
@@ -9959,51 +9959,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiphysic FEMLAB modelling to evaluate mid-infrared photonic detector performances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10047,51 +10047,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of Sb-based multiquantum well lasers by Coulomb enhancement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Joullié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10175,307 +10175,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01756599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GaInAsSb/GaSb multiple quantum well lasers for tunable diode laser spectroscopy between 2 and 2.65 µm</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. N. Baranov</w:t>
+                <w:t xml:space="preserve">The importance of the induced electrostatic confinement in the design of type II mid-infrared lasers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Christol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bigenwald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Joullié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-C. Nicolas</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">G. Boissier</w:t>
+                <w:t xml:space="preserve">A.N. Baranov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Conference on Tunable Diode Laser Spectroscopy (TDLS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, Moscow, Russia</w:t>
+              <w:t xml:space="preserve">Semiconductor and Integrated Opto-electronics conference (SIOE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, Cardiff, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01799450v1</w:t>
+                <w:t xml:space="preserve">hal-01799455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Room Temperature Mid-Infrared Quantum Well Lasers for Gas Analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Edge and Surface Emitting Sb-based Mid-Infrared Type II Quantum Well lasers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Rouillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. N. Baranov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Boissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-C. Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Research Society Fall Meeting (MRS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, Boston, United States</w:t>
+              <w:t xml:space="preserve">Xth International MBE Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, Cannes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01797422v1</w:t>
+                <w:t xml:space="preserve">hal-01799443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Room temperature GaInAsSb/GaSb Quantum Well Laser for Tunable Diode Laser Absorption Spectroscopy around 2.35 µm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-C. Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10516,100 +10516,100 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mid-Infrared Optoelectronics and Devices</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01799466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gas analysis using diode lasers near 2.35 µm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. N. Baranov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. -C. Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10641,323 +10641,323 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Middle Infrared (2-15 µm) Coherent Sources (MICS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, Cargese, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01799437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edge and Surface Emitting Sb-based Mid-Infrared Type II Quantum Well lasers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Room Temperature Mid-Infrared Quantum Well Lasers for Gas Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. N. Baranov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Rouillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Boissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-C. Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Xth International MBE Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, Cannes, France</w:t>
+              <w:t xml:space="preserve">Materials Research Society Fall Meeting (MRS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01799443v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01797422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel Sb-based mid-infrared laser structures designed by wave function engineering</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Joullié</w:t>
+                <w:t xml:space="preserve">GaInAsSb/GaSb multiple quantum well lasers for tunable diode laser spectroscopy between 2 and 2.65 µm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. N. Baranov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-C. Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. N. Baranov</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Rouillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Boissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mid-Infrared Optoelectronics and Devices</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">2nd International Conference on Tunable Diode Laser Spectroscopy (TDLS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, Moscow, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01799459v1</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01799450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low-threshold continuous-wave operation of 2.38 µm GaInAsSb/GaSb type-II quantum-well laser diodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Joullié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10966,491 +10966,491 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. N. Baranov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-C. Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE 16th International Semiconductor Laser Conference (ISLC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, Nara, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01794494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mid-infrared GaSb-InAs-based multiple quantum well lasers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Novel Sb-based mid-infrared laser structures designed by wave function engineering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Christol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bigenwald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Joullié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Cuminal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. N. Baranov</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Y. Rouillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optoelectronics and High-Power Lasers &amp; Applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mid-Infrared Optoelectronics and Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, Prague, Czech Republic</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.304451⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01794487v1</w:t>
+                <w:t xml:space="preserve">hal-01799459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edge and surface emitting mid-infrared quantum well lasers for gas analysis</w:t>
+                <w:t xml:space="preserve">Mid-infrared GaSb-InAs-based multiple quantum well lasers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. N. Baranov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bertru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Rouillard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">G. Boissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mid-Infrared Optoelectronics and Devices</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optoelectronics and High-Power Lasers &amp; Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, San Jose, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.304451⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01799463v1</w:t>
+                <w:t xml:space="preserve">hal-01794487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The importance of the induced electrostatic confinement in the design of type II mid-infrared lasers</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Joullié</w:t>
+                <w:t xml:space="preserve">Edge and surface emitting mid-infrared quantum well lasers for gas analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. N. Baranov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bertru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Cuminal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A.N. Baranov</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Rouillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Boissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semiconductor and Integrated Opto-electronics conference (SIOE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, Cardiff, United Kingdom</w:t>
+              <w:t xml:space="preserve">Mid-Infrared Optoelectronics and Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01799455v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01799463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -12236,51 +12236,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397904v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miyanou Rosales-Hurtado" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Li&#233;nart" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladyslava Lunova" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Baneres" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Cuminal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695407v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Gavotto" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Kret" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Parola" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Martinez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Rouillard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOTOV.2022.3164690" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743246v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyes Garoudja" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Amrani" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Filali" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouaz Lekoui" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Oussalah" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijleo.2021.167030" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252488v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Parola" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vauthelin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Tournet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOTOV.2021.3075290" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02951928v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kret" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tournet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Martinez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chemisana" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2020.110795" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180291v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna El Husseini" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2019.110042" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052829v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vauthelin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Montesdeoca Cardenes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soresi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2018.11.035" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063354v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.Z. Meharrar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Belfar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Aouad" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Giudicelli" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Cuminal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijleo.2018.08.125" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063363v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chayma Nefzi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Souli" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najoua Kamoun-Turki" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2018.09.033" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654998v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Abboud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Amrani" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Habib" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2017.09.045" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644755v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mekemeche" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beghdad" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belarbi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Semmache" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2017.02.018" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643727v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeineb Seboui" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Gassoumi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najoua Kamoun Turki" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4908063" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017564v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Annou" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Pelosi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Gershinsky" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Favier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40243-014-0032-7" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643127v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2014.07.025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791436v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Abboud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Habch" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Foucaran" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Salame" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/17579861311321735" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791393v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Crampette" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Poulain" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Foucaran" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Pellegrin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.201200229" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F52AEA9F58608CBB4889D3BF7F4198FC00B9BBAD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791388v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Pichot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Podlecki" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Chahed" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2012.01.022" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RDFQG0CP-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791370v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Armand" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Oliver" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachir Semmache" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gauthier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.324.261" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791380v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2011.08.008" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V8LK0XQX-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791366v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Abboud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chafic Salame" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hoffmann" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.201000121" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GP8RRQGN-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756707v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leszek Konczewicz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Contreras" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine A&#239;t-Kaci" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Rodriguez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.200880520" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B1FF1C81C2DDB59DAC17F25A882CADCF65FDF276/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618135v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Debbichi" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ridene" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bouchriha" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ben Fredj" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sa&#239;d" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0268-1242/24/8/085010" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-TTN8K6ML-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617344v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fredj" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bhouri" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Lazzari" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2007.10.072" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MDH7RSND-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617352v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Rodriguez" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Christol" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2008.02.004" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MW5HFXNP-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327284v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L Lazzari" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physe.2007.07.003" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RTRN46B3-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00269960v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Said" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Lazzari" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617369v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Debbichi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ben Fredj" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L Lazzari" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ridene" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/41/21/215106" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8304B12D7EE68D59155BB6F455356F3D7179EEA3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617316v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sfina" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2007.10.083" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DZNG7MWP-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386891v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2008.08.038" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NMJVF031-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00103689v3" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Konczewicz" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. A&#239;t-Kaci" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.200674136" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334303v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Salesse" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joulli&#233;" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Calas" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juanjo Nieto" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chevrier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.200674138" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NWGTFPJN-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00175311v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredj A. Ben" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.200673246" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-35GDCRRC-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328229v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlumin.2006.08.082" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DTRQKC8Q-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01698328v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. N. Baranov" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bertru" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Boissier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alibert" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.119629" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365003v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sogol Zojaji" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Richeter" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gerbier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999002v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cl&#233;ment" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891346v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515509v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Oublon" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Arnoult" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Levillayer" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Massiot" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382568v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tourni&#233;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382507v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382578v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382479v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Politi" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gardemer" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Piquemil" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382524v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gardemer Antoine" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092411v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rodiet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061904v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052823v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092408v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758778v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758669v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092808v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Giudicelli" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Martaj" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Bennacer" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dollet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Perona" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4931502" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758770v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907417v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Giudiccelli" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. El Huseinni" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906185v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. P&#233;rona" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Elhuseinni" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657279v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Crampette" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Picard" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Damiani" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656826v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Talla" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Podlecki" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Loretz" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656837v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4229/28thEUPVSEC2013-2DV.3.9" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862183v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kechiantz" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Afanasev" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779107v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cammalleri" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dollet" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814343909_0135" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066870v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796924v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Habchi" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796922v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Armand" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Oliver" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831698v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796912v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831005v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Rodriguez" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401354v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828413v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786531v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814280365_0141" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828306v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chaghi" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cervera" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Grech" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828296v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. K. Kononenko" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. A. Firago" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. V. Ushakov" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825849v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boukredimi" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mebarki" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401337v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825856v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825842v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00103719v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Salesse" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Joulli&#233;" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ni&#233;to" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00103333v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.K. Kononenko" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00102206v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Ferblantier" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110201v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00102053v4" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756599v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bigenwald" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Rouillard" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/ip-opt:19990456" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799450v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Nicolas" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797422v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799466v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799437v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -C. Nicolas" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799443v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799459v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794494v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bec" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794487v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.304451" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799463v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799455v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.N. Baranov" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716806v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124559v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Vaillon" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641823v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099765v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Chemisana" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vossier" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052932v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397904v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miyanou Rosales-Hurtado" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Li&#233;nart" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladyslava Lunova" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Baneres" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Cuminal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695407v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Gavotto" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Kret" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Parola" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Martinez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Rouillard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOTOV.2022.3164690" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02951928v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kret" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tournet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Martinez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chemisana" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2020.110795" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743246v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyes Garoudja" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Amrani" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Filali" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouaz Lekoui" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Oussalah" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijleo.2021.167030" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252488v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Parola" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vauthelin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Tournet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOTOV.2021.3075290" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180291v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna El Husseini" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2019.110042" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052829v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vauthelin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Montesdeoca Cardenes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soresi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2018.11.035" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063354v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.Z. Meharrar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Belfar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Aouad" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Giudicelli" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Cuminal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijleo.2018.08.125" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063363v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chayma Nefzi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Souli" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najoua Kamoun-Turki" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2018.09.033" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654998v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Abboud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Amrani" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Habib" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2017.09.045" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644755v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mekemeche" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beghdad" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belarbi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Semmache" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2017.02.018" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643727v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeineb Seboui" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Gassoumi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najoua Kamoun Turki" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4908063" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643127v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2014.07.025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017564v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Annou" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Pelosi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Gershinsky" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Favier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40243-014-0032-7" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791436v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Abboud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Habch" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Foucaran" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Salame" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/17579861311321735" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791393v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Crampette" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Poulain" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Foucaran" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Pellegrin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.201200229" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F52AEA9F58608CBB4889D3BF7F4198FC00B9BBAD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791388v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Pichot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Podlecki" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Chahed" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2012.01.022" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RDFQG0CP-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791370v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Armand" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Oliver" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachir Semmache" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gauthier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.324.261" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791366v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Abboud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chafic Salame" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hoffmann" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.201000121" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GP8RRQGN-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791380v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2011.08.008" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V8LK0XQX-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756707v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leszek Konczewicz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Contreras" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine A&#239;t-Kaci" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Rodriguez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.200880520" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B1FF1C81C2DDB59DAC17F25A882CADCF65FDF276/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618135v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Debbichi" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ridene" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bouchriha" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ben Fredj" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sa&#239;d" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0268-1242/24/8/085010" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-TTN8K6ML-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617344v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fredj" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bhouri" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Lazzari" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2007.10.072" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MDH7RSND-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00269960v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Said" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Lazzari" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617352v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Rodriguez" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Christol" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2008.02.004" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MW5HFXNP-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327284v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L Lazzari" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physe.2007.07.003" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RTRN46B3-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617369v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Debbichi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ben Fredj" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L Lazzari" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ridene" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/41/21/215106" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8304B12D7EE68D59155BB6F455356F3D7179EEA3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617316v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sfina" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2007.10.083" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DZNG7MWP-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386891v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2008.08.038" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NMJVF031-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00175311v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredj A. Ben" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.200673246" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-35GDCRRC-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334303v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Salesse" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joulli&#233;" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Calas" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juanjo Nieto" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chevrier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.200674138" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NWGTFPJN-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00103689v3" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Konczewicz" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. A&#239;t-Kaci" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.200674136" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328229v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlumin.2006.08.082" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DTRQKC8Q-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01698328v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. N. Baranov" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bertru" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Boissier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alibert" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.119629" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365003v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sogol Zojaji" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Richeter" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gerbier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999002v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cl&#233;ment" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891346v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515509v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Oublon" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Arnoult" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Levillayer" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Massiot" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382479v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Politi" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gardemer" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Piquemil" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382524v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gardemer Antoine" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382568v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tourni&#233;" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382507v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382578v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092411v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rodiet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061904v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052823v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092408v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758770v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758778v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758669v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092808v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Giudicelli" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Martaj" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Bennacer" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dollet" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Perona" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4931502" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907417v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Giudiccelli" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. El Huseinni" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906185v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. P&#233;rona" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Elhuseinni" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656837v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Talla" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Loretz" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Podlecki" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4229/28thEUPVSEC2013-2DV.3.9" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657279v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Crampette" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Picard" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Damiani" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656826v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862183v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kechiantz" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Afanasev" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066870v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779107v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cammalleri" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dollet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814343909_0135" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796922v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Armand" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Oliver" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796924v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Habchi" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831698v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796912v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831005v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Rodriguez" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828413v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401354v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828306v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chaghi" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cervera" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Grech" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786531v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814280365_0141" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828296v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. K. Kononenko" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. A. Firago" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. V. Ushakov" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825842v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401337v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825856v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825849v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boukredimi" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mebarki" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00103719v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Salesse" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Joulli&#233;" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ni&#233;to" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00103333v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.K. Kononenko" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00102206v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Ferblantier" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110201v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00102053v4" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756599v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bigenwald" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Rouillard" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/ip-opt:19990456" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799455v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.N. Baranov" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799443v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Nicolas" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799466v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799437v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -C. Nicolas" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797422v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799450v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794494v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bec" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799459v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794487v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.304451" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799463v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716806v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124559v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Vaillon" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641823v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099765v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Chemisana" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vossier" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052932v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>