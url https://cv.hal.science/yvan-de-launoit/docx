--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -234,952 +234,952 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05103261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell Senescence and the DNA Single-Strand Break Damage Repair Pathway</w:t>
+                <w:t xml:space="preserve">Tri des cellules sénescentes par cytométrie en flux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parvathy A Sarma</w:t>
+                <w:t xml:space="preserve">Élodie Rodzinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Abbadie</w:t>
+                <w:t xml:space="preserve">Raphael Rouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yvan de Launoit</w:t>
+                <w:t xml:space="preserve">Adrien Pioger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrizio Cleri</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Vanessa Dehennaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DNA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 4 (4), pp.530-552. </w:t>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 40 (3), pp.275-282. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/dna4040036⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/medsci/2024011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04828409v1</w:t>
+                <w:t xml:space="preserve">hal-04774057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tri des cellules sénescentes par cytométrie en flux</w:t>
+                <w:t xml:space="preserve">Cell Senescence and the DNA Single-Strand Break Damage Repair Pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Élodie Rodzinski</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Martin</w:t>
+                <w:t xml:space="preserve">Parvathy A Sarma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphael Rouget</w:t>
+                <w:t xml:space="preserve">Corinne Abbadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Pioger</w:t>
+                <w:t xml:space="preserve">Yvan de Launoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Dehennaut</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fabrizio Cleri</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine/Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 40 (3), pp.275-282. </w:t>
+              <w:t xml:space="preserve">DNA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4 (4), pp.530-552. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/medsci/2024011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/dna4040036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04774057v1</w:t>
+                <w:t xml:space="preserve">hal-04828409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tri des cellules sénescentes par cytométrie en flux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Rodzinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Rouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Pioger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Dehennaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Médecine/Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 40 (3), pp.275-282. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/medsci/2024011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04518057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fascin-1 expression is associated with neuroendocrine prostate cancer and directly suppressed by androgen receptor</w:t>
+                <w:t xml:space="preserve">Flow Cytometry-based Method for Efficient Sorting of Senescent Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Turpin</w:t>
+                <w:t xml:space="preserve">Erwan Goy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carine Delliaux</w:t>
+                <w:t xml:space="preserve">Claire Drullion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Parent</w:t>
+                <w:t xml:space="preserve">Laure Saas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hortense Chevalier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carmen Escudero-Iriarte</w:t>
+                <w:t xml:space="preserve">Olivier Molendi-Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41416-023-02449-x⟩</w:t>
+              <w:t xml:space="preserve">Bio-protocol </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (7), pp.e4612. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21769/BioProtoc.4612⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04308764v1</w:t>
+                <w:t xml:space="preserve">hal-04774160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fascin-1 expression is associated with neuroendocrine prostate cancer and directly suppressed by androgen receptor</w:t>
+                <w:t xml:space="preserve">Flow Cytometry-based Method for Efficient Sorting of Senescent Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Turpin</w:t>
+                <w:t xml:space="preserve">Erwan Goy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carine Delliaux</w:t>
+                <w:t xml:space="preserve">Claire Drullion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Parent</w:t>
+                <w:t xml:space="preserve">Laure Saas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hortense Chevalier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carmen Escudero-Iriarte</w:t>
+                <w:t xml:space="preserve">Olivier Molendi-Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Cancer</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bio-protocol </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21769/BioProtoc.4612⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41416-023-02449-x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04774153v1</w:t>
+                <w:t xml:space="preserve">hal-04268798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flow Cytometry-based Method for Efficient Sorting of Senescent Cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fascin-1 expression is associated with neuroendocrine prostate cancer and directly suppressed by androgen receptor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Turpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwan Goy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Martin</w:t>
+                <w:t xml:space="preserve">Carine Delliaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Drullion</w:t>
+                <w:t xml:space="preserve">Pauline Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Saas</w:t>
+                <w:t xml:space="preserve">Hortense Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Molendi-Coste</w:t>
+                <w:t xml:space="preserve">Carmen Escudero-Iriarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bio-protocol </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (7), pp.e4612. </w:t>
+              <w:t xml:space="preserve">British Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 129 (12), pp.1903-1914. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21769/BioProtoc.4612⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41416-023-02449-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04774160v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04774153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flow Cytometry-based Method for Efficient Sorting of Senescent Cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fascin-1 expression is associated with neuroendocrine prostate cancer and directly suppressed by androgen receptor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Turpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwan Goy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Martin</w:t>
+                <w:t xml:space="preserve">Carine Delliaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Drullion</w:t>
+                <w:t xml:space="preserve">Pauline Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Saas</w:t>
+                <w:t xml:space="preserve">Hortense Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Molendi-Coste</w:t>
+                <w:t xml:space="preserve">Carmen Escudero-Iriarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bio-protocol </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (7), </w:t>
+              <w:t xml:space="preserve">British Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21769/BioProtoc.4612⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41416-023-02449-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04268798v1</w:t>
+                <w:t xml:space="preserve">hal-04308764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional Analysis of Somatic Mutations Affecting Receptor Tyrosine Kinase Family in Metastatic Colorectal Cancer</w:t>
               </w:r>
@@ -1427,965 +1427,965 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02391591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TMPRSS2:ERG gene fusion expression regulates bone markers and enhances the osteoblastic phenotype of prostate cancer bone metastases</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">ETV4 transcription factor and MMP13 metalloprotease are interplaying actors of breast tumorigenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tian Tian</w:t>
+                <w:t xml:space="preserve">Mandy Dumortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Bouchet</w:t>
+                <w:t xml:space="preserve">Franck Ladam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anais Fradet</w:t>
+                <w:t xml:space="preserve">Isabelle Damour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Vanpouille</w:t>
+                <w:t xml:space="preserve">Sophie Vacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Bieche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.canlet.2018.08.027⟩</w:t>
+              <w:t xml:space="preserve">Breast Cancer Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (1), pp.73. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13058-018-0992-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03060052v1</w:t>
+                <w:t xml:space="preserve">hal-02391607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ETV4 transcription factor and MMP13 metalloprotease are interplaying actors of breast tumorigenesis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mandy Dumortier</w:t>
+                <w:t xml:space="preserve">TMPRSS2:ERG gene fusion expression regulates bone markers and enhances the osteoblastic phenotype of prostate cancer bone metastases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Delliaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Ladam</w:t>
+                <w:t xml:space="preserve">Tian Tian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Damour</w:t>
+                <w:t xml:space="preserve">Mathilde Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Vacher</w:t>
+                <w:t xml:space="preserve">Anais Fradet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivan Bieche</w:t>
+                <w:t xml:space="preserve">Nathalie Vanpouille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Breast Cancer Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 20 (1), pp.73. </w:t>
+              <w:t xml:space="preserve">Cancer Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 438, pp.32 - 43. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13058-018-0992-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.canlet.2018.08.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02391607v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03060052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">All-Trans Retinoic Acid Modulates TLR4/NF- κ B Signaling Pathway Targeting TNF- α and Nitric Oxide Synthase 2 Expression in Colonic Mucosa during Ulcerative Colitis and Colitis Associated Cancer</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">TMPRSS2-ERG fusion promotes prostate cancer metastases in bone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Aityounes</w:t>
+                <w:t xml:space="preserve">Rachel Deplus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Delliaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Houria Saoula</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Said Belhadef</w:t>
+                <w:t xml:space="preserve">Nathalie Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Flourens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Vanpouille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mediators of Inflammation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2017/7353252⟩</w:t>
+              <w:t xml:space="preserve">Oncotarget</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (7), pp.11827-11840. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18632/oncotarget.14399⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02391613v1</w:t>
+                <w:t xml:space="preserve">hal-02391621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TMPRSS2-ERG fusion promotes prostate cancer metastases in bone</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Carine Delliaux</w:t>
+                <w:t xml:space="preserve">All-Trans Retinoic Acid Modulates TLR4/NF- κ B Signaling Pathway Targeting TNF- α and Nitric Oxide Synthase 2 Expression in Colonic Mucosa during Ulcerative Colitis and Colitis Associated Cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayet Rafa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Benkhelifa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Marchand</w:t>
+                <w:t xml:space="preserve">Sonia Aityounes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Flourens</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Vanpouille</w:t>
+                <w:t xml:space="preserve">Houria Saoula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Belhadef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oncotarget</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 8 (7), pp.11827-11840. </w:t>
+              <w:t xml:space="preserve">Mediators of Inflammation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2017, pp.7353252. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.18632/oncotarget.14399⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1155/2017/7353252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02391621v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02391613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Nasopharyngeal Carcinoma-Derived Exosomes on Human Regulatory T Cells</w:t>
+                <w:t xml:space="preserve">The obesity-associated transcription factor ETV5 modulates circulating glucocorticoids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dhafer Mrizak</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Martin</w:t>
+                <w:t xml:space="preserve">Ruth Gutierrez-Aguilar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Barjon</w:t>
+                <w:t xml:space="preserve">Abigail Thompson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sophie Jimenez-Pailhes</w:t>
+                <w:t xml:space="preserve">Patrick Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rami Mustapha</w:t>
+                <w:t xml:space="preserve">Stephen C. Woods</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNCI: Journal of the National Cancer Institute</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 107 (1), pp.363. </w:t>
+              <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 150, pp.38 - 42. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jnci/dju363⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physbeh.2015.03.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02395739v1</w:t>
+                <w:t xml:space="preserve">hal-03059809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TRP channel–associated factors are a novel protein family that regulates TRPM8 trafficking and activity</w:t>
+                <w:t xml:space="preserve">Effect of Nasopharyngeal Carcinoma-Derived Exosomes on Human Regulatory T Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitra Gkika</w:t>
+                <w:t xml:space="preserve">Dhafer Mrizak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loic Lemonnier</w:t>
+                <w:t xml:space="preserve">Clément Barjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">George Shapovalov</w:t>
+                <w:t xml:space="preserve">Anne-Sophie Jimenez-Pailhes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dmitri Gordienko</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Céline Poux</w:t>
+                <w:t xml:space="preserve">Rami Mustapha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cell Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1083/jcb.201402076⟩</w:t>
+              <w:t xml:space="preserve">JNCI: Journal of the National Cancer Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 107 (1), pp.363. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jnci/dju363⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01111024v1</w:t>
+                <w:t xml:space="preserve">hal-02395739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The obesity-associated transcription factor ETV5 modulates circulating glucocorticoids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">TRP channel–associated factors are a novel protein family that regulates TRPM8 trafficking and activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitra Gkika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruth Gutierrez-Aguilar</w:t>
+                <w:t xml:space="preserve">Loic Lemonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abigail Thompson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Marchand</w:t>
+                <w:t xml:space="preserve">George Shapovalov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Dumont</w:t>
+                <w:t xml:space="preserve">Dmitri Gordienko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephen C. Woods</w:t>
+                <w:t xml:space="preserve">Céline Poux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 150, pp.38 - 42. </w:t>
+              <w:t xml:space="preserve">Journal of Cell Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 208 (1), pp.89-107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physbeh.2015.03.027⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1083/jcb.201402076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03059809v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01111024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PEA3 transcription factors are downstream effectors of Met signaling involved in migration and invasiveness of Met-addicted tumor cells</w:t>
               </w:r>
@@ -2423,51 +2423,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Werkmeister</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Stoven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan de Launoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Oncology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 9 (9), pp.1852 - 1867. </w:t>
@@ -2557,51 +2557,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Werkmeister</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Stoven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan de Launoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Oncology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 9 (9), pp.1852-1867. </w:t>
@@ -2639,2271 +2639,2271 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TRP channel–associated factors are a novel protein family that regulates TRPM8 trafficking and activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitra Gkika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Lemonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George Shapovalov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmitri Gordienko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Poux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cell Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 208 (1), pp.89-107. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1083/jcb.201402076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04321398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epstein-Barr virus infection induces an increase of T regulatory type 1 cells in Hodgkin lymphoma patients</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Regulation of DNA Methylation Patterns by CK2-Mediated Phosphorylation of Dnmt3a</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Deplus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Moralès</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dhafer Mrizak</w:t>
+                <w:t xml:space="preserve">Loïc Blanchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Violaine François</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rami Mustapha</w:t>
+                <w:t xml:space="preserve">Arumugam Rajavelu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Miroux</w:t>
+                <w:t xml:space="preserve">Abdelhalim Boukaba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Defrance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Haematology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/bjh.12980⟩</w:t>
+              <w:t xml:space="preserve">Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8 (3), pp.743 - 753. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.celrep.2014.06.048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02395755v1</w:t>
+                <w:t xml:space="preserve">hal-01918737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of DNA Methylation Patterns by CK2-Mediated Phosphorylation of Dnmt3a</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Epstein-Barr virus infection induces an increase of T regulatory type 1 cells in Hodgkin lymphoma patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arumugam Rajavelu</w:t>
+                <w:t xml:space="preserve">Olivier Moralès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dhafer Mrizak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelhalim Boukaba</w:t>
+                <w:t xml:space="preserve">Violaine François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rami Mustapha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Defrance</w:t>
+                <w:t xml:space="preserve">Céline Miroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 8 (3), pp.743 - 753. </w:t>
+              <w:t xml:space="preserve">British Journal of Haematology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 166 (6), pp.875-890. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.celrep.2014.06.048⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/bjh.12980⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01918737v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02395755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IL-23/IL-17A Axis Correlates with the Nitric Oxide Pathway in Inflammatory Bowel Disease: Immunomodulatory Effect of Retinoic Acid</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Imene Soufli</w:t>
+                <w:t xml:space="preserve">Identification of novel TMPRSS2:ERG mechanisms in prostate cancer metastasis: involvement of MMP9 and PLXNA2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Turpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Delliaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Parent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hortense Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Escudero-Iriarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Interferon and Cytokine Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1089/jir.2012.0063⟩</w:t>
+              <w:t xml:space="preserve">Oncogene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 33, pp.2204 - 2214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/onc.2013.176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02395835v1</w:t>
+                <w:t xml:space="preserve">hal-03059981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loss of a Negative Feedback Loop Involving Pea3 and Cyclin D2 Is Required for Pea3-Induced Migration in Transformed Mammary Epithelial Cells</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yvan de Launoit</w:t>
+                <w:t xml:space="preserve">PLA2R1 kills cancer cells by inducing mitochondrial stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Augert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Vindrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Le Calvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Gras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Cancer Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1158/1541-7786.MCR-13-0229⟩</w:t>
+              <w:t xml:space="preserve">Free Radical Biology and Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 65, pp.969-977. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.freeradbiomed.2013.08.177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02395816v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02395811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PLA2R1 kills cancer cells by inducing mitochondrial stress</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Overexpression of Regulatory T Cells Type 1 (Tr1) Specific Markers in a Patient with HCV-Induced Hepatocellular Carcinoma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Gras</w:t>
+                <w:t xml:space="preserve">Laurissa Ouaguia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dhafer Mrizak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaldoun Ghazal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Boleslawski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Free Radical Biology and Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.freeradbiomed.2013.08.177⟩</w:t>
+              <w:t xml:space="preserve">International Scholarly Research Notices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2013, pp.928485. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2013/928485⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02395811v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03059986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Mediator complex subunit MED25 is targeted by the N-terminal transactivation domain of the PEA3 group members</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Verger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Baert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathye Verreman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Dewitte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 41 (9), pp.4847-4859. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/nar/gkt199⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02111611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overexpression of Regulatory T Cells Type 1 (Tr1) Specific Markers in a Patient with HCV-Induced Hepatocellular Carcinoma</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Boleslawski</w:t>
+                <w:t xml:space="preserve">Loss of a Negative Feedback Loop Involving Pea3 and Cyclin D2 Is Required for Pea3-Induced Migration in Transformed Mammary Epithelial Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ladam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Damour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoulika Kherrouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan de Launoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Scholarly Research Notices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2013/928485⟩</w:t>
+              <w:t xml:space="preserve">Molecular Cancer Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 11 (11), pp.1412-1424. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1158/1541-7786.MCR-13-0229⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03059986v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02395816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PLA2R1 Mediates Tumor Suppression by Activating JAK2</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Helene Lallet-Daher</w:t>
+                <w:t xml:space="preserve">IL-23/IL-17A Axis Correlates with the Nitric Oxide Pathway in Inflammatory Bowel Disease: Immunomodulatory Effect of Retinoic Acid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayet Rafa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houria Saoula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Belkhelfa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Medjeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imene Soufli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1158/0008-5472.CAN-13-0318⟩</w:t>
+              <w:t xml:space="preserve">Journal of Interferon and Cytokine Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 33 (7), pp.355-368. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/jir.2012.0063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02395807v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02395835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of novel TMPRSS2:ERG mechanisms in prostate cancer metastasis: involvement of MMP9 and PLXNA2</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Carmen Escudero-Iriarte</w:t>
+                <w:t xml:space="preserve">PLA2R1 Mediates Tumor Suppression by Activating JAK2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Vindrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Augert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Gitenay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene Lallet-Daher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oncogene</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 33, pp.2204 - 2214. </w:t>
+              <w:t xml:space="preserve">Cancer Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 73 (20), pp.6334-6345. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/onc.2013.176⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1158/0008-5472.CAN-13-0318⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03059981v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02395807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corticosteroids Do Not Reverse the Inhibitory Effect of Cyclosporine on Regulatory T-Cell Activity in Contrast to Mycophenolate Mofetil</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">In vitro effects of cyclosporine A and tacrolimus on regulatory T-cell proliferation and function.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Miroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaldoun Ghazal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Miroux</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">E. Boleslawski</w:t>
+                <w:t xml:space="preserve">Samia Ben Othman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan de Launoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplantation Proceedings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.transproceed.2012.09.091⟩</w:t>
+              <w:t xml:space="preserve">Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 94 (2), pp.123-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/TP.0b013e3182590d8f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02395841v1</w:t>
+                <w:t xml:space="preserve">hal-00785885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EBV Latency II-derived Peptides Induce A Specific CD4+ Cytotoxic T-cell Activity and Not A CD4+ Regulatory T-cell Response</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
+                <w:t xml:space="preserve">Activation of a Helper and Not Regulatory Human CD4+ T Cell Response by Oncolytic H-1 Parvovirus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Moralès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhafer Mrizak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Papa Alioune Ndour</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Sénéchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Immunotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/CJI.0b013e31824d72c5⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (2), pp.e32197. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0032197⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03059998v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03059999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Altered Expression of the Poly(ADP-Ribosyl)ation Enzymes in Uveal Melanoma and Regulation of PARG Gene Expression by the Transcription Factor ERM</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Natasha Dargis</w:t>
+                <w:t xml:space="preserve">EBV Latency II-derived Peptides Induce A Specific CD4+ Cytotoxic T-cell Activity and Not A CD4+ Regulatory T-cell Response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Moralès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Depil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dhafer Mrizak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Papa Alioune Ndour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Investigative Ophthalmology &amp; Visual Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1167/iovs.11-8853⟩</w:t>
+              <w:t xml:space="preserve">Journal of Immunotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 35 (3), pp.254-266. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/CJI.0b013e31824d72c5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03059995v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03059998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anti-apoptotic Role of Caspase-cleaved GAB1 Adaptor Protein in Hepatocyte Growth Factor/Scatter Factor-MET Receptor Protein Signaling</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Mougel</w:t>
+                <w:t xml:space="preserve">Corticosteroids Do Not Reverse the Inhibitory Effect of Cyclosporine on Regulatory T-Cell Activity in Contrast to Mycophenolate Mofetil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Miroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Ouaguia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Aoudjehane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Boleslawski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1074/jbc.M112.409797⟩</w:t>
+              <w:t xml:space="preserve">Transplantation Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 44 (9), pp.2834-2839. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.transproceed.2012.09.091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03104091v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02395841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activation of a Helper and Not Regulatory Human CD4+ T Cell Response by Oncolytic H-1 Parvovirus</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Magalie Sénéchal</w:t>
+                <w:t xml:space="preserve">Altered Expression of the Poly(ADP-Ribosyl)ation Enzymes in Uveal Melanoma and Regulation of PARG Gene Expression by the Transcription Factor ERM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Molloy-Simard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François St-Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Vigneault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Gaudreault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natasha Dargis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0032197⟩</w:t>
+              <w:t xml:space="preserve">Investigative Ophthalmology &amp; Visual Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 53 (10), pp.6219. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1167/iovs.11-8853⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03059999v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03059995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vitro effects of cyclosporine A and tacrolimus on regulatory T-cell proliferation and function.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Khaldoun Ghazal</w:t>
+                <w:t xml:space="preserve">Anti-apoptotic Role of Caspase-cleaved GAB1 Adaptor Protein in Hepatocyte Growth Factor/Scatter Factor-MET Receptor Protein Signaling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zongling Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérénice Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Bourette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samia Ben Othman</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yvan de Launoit</w:t>
+                <w:t xml:space="preserve">Alexandra Mougel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplantation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 94 (2), pp.123-31. </w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 287 (42), pp.35382-35396. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/TP.0b013e3182590d8f⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M112.409797⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00785885v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03104091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NMR structure of the human Mediator MED25 ACID domain.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bontems</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Verger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Dewitte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoé Lens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Baert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Structural Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 174 (1), pp.245-51. </w:t>
@@ -4953,103 +4953,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Coactivator Activator CoAA regulates PEA3 group member transcriptional activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathye Verreman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Baert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kathye Verreman</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alexis Verger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Drobecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochemical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 439 (3), pp.469-477. </w:t>
@@ -5100,77 +5100,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Purification of SUMO-1 modified IκBα and complex formation with NF-κB</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Lens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Dewitte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine van Lint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan de Launoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Villeret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5272,51 +5272,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Stechly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jonckheere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Monté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5495,632 +5495,632 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00464770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Senescent keratinocytes die by autophagic programmed cell death.</w:t>
+                <w:t xml:space="preserve">Senescence-Associated Oxidative DNA Damage Promotes the Generation of Neoplastic Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karo Gosselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emeric Deruy</w:t>
+                <w:t xml:space="preserve">Sébastien Martien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Martien</w:t>
+                <w:t xml:space="preserve">Albin Pourtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Vercamer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatima Bouali</w:t>
+                <w:t xml:space="preserve">Peter Ostoich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Pathology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 174 (2), pp.423-35. </w:t>
+              <w:t xml:space="preserve">Cancer Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 69 (20), pp.7917-7925. </w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2353/ajpath.2009.080332⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1158/0008-5472.CAN-08-2510⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01260066v1</w:t>
+                <w:t xml:space="preserve">hal-04277047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Senescence-Associated Oxidative DNA Damage Promotes the Generation of Neoplastic Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karo Gosselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Martien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albin Dr Pourtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Vercamer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Ostoich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cancer Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 69 (20), pp.7917-7925. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1158/0008-5472.CAN-08-2510⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04488967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation of ploidy and senescence by the AMPK-related kinase NUAK1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naveenan Navaratnam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Augert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Humbert</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marco da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Martien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMBO Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 29 (2), pp.376-386. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/emboj.2009.342⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04277055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Senescence-Associated Oxidative DNA Damage Promotes the Generation of Neoplastic Cells</w:t>
+                <w:t xml:space="preserve">Senescent keratinocytes die by autophagic programmed cell death.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karo Gosselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeric Deruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Martien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Vercamer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Peter Ostoich</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Bouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1158/0008-5472.CAN-08-2510⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 174 (2), pp.423-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2353/ajpath.2009.080332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04277047v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01260066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Genetic Screen Identifies Topoisomerase 1 as a Regulator of Senescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Martien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Augert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Mauen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6171,77 +6171,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The M-type receptor PLA2R regulates senescence through the p53 pathway.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Augert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Payré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan de Launoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jesus Gil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6331,64 +6331,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Viré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Brenner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Deplus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Blanchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Fraga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6503,51 +6503,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Peronne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Coutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan de Launoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanisms of Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 108 (1-2), pp.191-195. </w:t>
@@ -6629,90 +6629,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cell senescence and the DNA single-strand break damage repair pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parvathy A Sarma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Abbadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan de Launoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrizio Cleri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6899,51 +6899,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103261v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Giroud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Delvaux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Carlier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine de Schutter" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Martin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/acel.70024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828409v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parvathy A Sarma" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Abbadie" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan de Launoit" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Cleri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/dna4040036" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774057v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Rodzinski" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Rouget" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Pioger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Dehennaut" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2024011" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518057v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308764v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Turpin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Delliaux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Parent" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortense Chevalier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Escudero-Iriarte" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41416-023-02449-x" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774153v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774160v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Goy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Drullion" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Saas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Molendi-Coste" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21769/BioProtoc.4612" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268798v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540714v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Duplaquet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Figeac" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Frandemiche" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Villenet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1535-7163.MCT-18-0582" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391591v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Benkhelifa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayet Rafa" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Belhadef" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayat Ait-Kaci" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Medjeber" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10787-019-00566-9" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060052v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tian Tian" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bouchet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Fradet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vanpouille" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canlet.2018.08.027" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391607v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mandy Dumortier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ladam" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Damour" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vacher" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Bieche" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13058-018-0992-0" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391613v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Aityounes" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houria Saoula" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2017/7353252" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391621v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Deplus" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marchand" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Flourens" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.14399" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395739v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhafer Mrizak" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Barjon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Jimenez-Pailhes" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Mustapha" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jnci/dju363" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01111024v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Gkika" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Lemonnier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Shapovalov" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitri Gordienko" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Poux" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1083/jcb.201402076" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059809v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Gutierrez-Aguilar" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail Thompson" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Dumont" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen C. Woods" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2015.03.027" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059808v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoulika Kherrouche" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Mont&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Werkmeister" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Stoven" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molonc.2015.07.001" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392146v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Monte" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321398v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395755v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Moral&#232;s" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Fran&#231;ois" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Miroux" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjh.12980" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01918737v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Blanchon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arumugam Rajavelu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhalim Boukaba" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Defrance" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2014.06.048" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395835v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Belkhelfa" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imene Soufli" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/jir.2012.0063" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395816v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1541-7786.MCR-13-0229" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395811v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Augert" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vindrieux" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Girard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Le Calv&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Gras" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2013.08.177" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MDK2D9QF-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111611v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Verger" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Baert" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathye Verreman" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Dewitte" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ferreira" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt199" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059986v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurissa Ouaguia" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Morales" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaldoun Ghazal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Boleslawski" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2013/928485" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395807v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gitenay" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Lallet-Daher" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-13-0318" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059981v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/onc.2013.176" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395841v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Miroux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Morales" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ouaguia" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aoudjehane" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Boleslawski" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.transproceed.2012.09.091" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FHD80LM8-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059998v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Depil" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa Alioune Ndour" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CJI.0b013e31824d72c5" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059995v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Molloy-Simard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois St-Laurent" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vigneault" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Gaudreault" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Dargis" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/iovs.11-8853" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104091v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Goff" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zongling Ji" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Leclercq" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Bourette" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Mougel" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M112.409797" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059999v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Richard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0032197" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785885v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Ben Othman" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0b013e3182590d8f" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00589014v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bontems" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Lens" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsb.2010.10.011" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-69Z74ZX0-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633602v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Drobecq" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BJ20110728" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060002v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine van Lint" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Villeret" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pep.2011.06.009" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QC1GZ2PN-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106460v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fr&#233;d&#233;rique Dessein" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Stechly" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jonckheere" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-09-3828" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464770v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Reuse" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Calao" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kabamba Kabeya" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Guiguen" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-St&#233;phane Gatot" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0006093" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260066v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karo Gosselin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Deruy" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Martien" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Vercamer" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Bouali" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2353/ajpath.2009.080332" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488967v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albin Dr Pourtier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Ostoich" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-08-2510" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277055v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Humbert" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naveenan Navaratnam" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco da Costa" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/emboj.2009.342" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277047v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albin Pourtier" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277052v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mauen" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-08-2864" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417702v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Payr&#233;" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Gil" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Lambeau" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/embor.2008.255" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01918637v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vir&#233;" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Brenner" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Fraga" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature04431" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/03C023621BD03F4CEB45759FA25A57FAB2747A0F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093242v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chotteau-Lelievre" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Doll&#233;" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Peronne" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Coutte" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0925-4773(01)00480-4" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FMQD05ZS-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759695v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103261v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Giroud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Delvaux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Carlier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine de Schutter" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Martin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/acel.70024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774057v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Rodzinski" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Rouget" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Pioger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Dehennaut" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2024011" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828409v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parvathy A Sarma" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Abbadie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan de Launoit" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Cleri" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/dna4040036" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518057v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774160v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Goy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Drullion" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Saas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Molendi-Coste" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21769/BioProtoc.4612" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268798v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774153v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Turpin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Delliaux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Parent" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortense Chevalier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Escudero-Iriarte" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41416-023-02449-x" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308764v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540714v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Duplaquet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Figeac" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Frandemiche" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Villenet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1535-7163.MCT-18-0582" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391591v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Benkhelifa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayet Rafa" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Belhadef" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayat Ait-Kaci" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Medjeber" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10787-019-00566-9" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391607v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mandy Dumortier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ladam" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Damour" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vacher" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Bieche" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13058-018-0992-0" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060052v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tian Tian" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bouchet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Fradet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vanpouille" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canlet.2018.08.027" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391621v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Deplus" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marchand" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Flourens" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.14399" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391613v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Aityounes" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houria Saoula" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2017/7353252" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059809v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Gutierrez-Aguilar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail Thompson" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Dumont" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen C. Woods" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2015.03.027" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395739v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhafer Mrizak" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Barjon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Jimenez-Pailhes" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Mustapha" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jnci/dju363" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01111024v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Gkika" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Lemonnier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Shapovalov" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitri Gordienko" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Poux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1083/jcb.201402076" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059808v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoulika Kherrouche" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Mont&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Werkmeister" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Stoven" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molonc.2015.07.001" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392146v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Monte" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321398v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01918737v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Blanchon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arumugam Rajavelu" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhalim Boukaba" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Defrance" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2014.06.048" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395755v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Moral&#232;s" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Fran&#231;ois" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Miroux" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjh.12980" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059981v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/onc.2013.176" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395811v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Augert" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vindrieux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Girard" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Le Calv&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Gras" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2013.08.177" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MDK2D9QF-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059986v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurissa Ouaguia" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Morales" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaldoun Ghazal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Boleslawski" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2013/928485" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111611v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Verger" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Baert" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathye Verreman" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Dewitte" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ferreira" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt199" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395816v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1541-7786.MCR-13-0229" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395835v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Belkhelfa" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imene Soufli" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/jir.2012.0063" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395807v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gitenay" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Lallet-Daher" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-13-0318" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785885v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Ben Othman" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0b013e3182590d8f" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059999v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Richard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0032197" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059998v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Depil" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa Alioune Ndour" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CJI.0b013e31824d72c5" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395841v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Miroux" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Morales" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ouaguia" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aoudjehane" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Boleslawski" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.transproceed.2012.09.091" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FHD80LM8-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059995v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Molloy-Simard" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois St-Laurent" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vigneault" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Gaudreault" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Dargis" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/iovs.11-8853" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104091v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Goff" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zongling Ji" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Leclercq" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Bourette" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Mougel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M112.409797" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00589014v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bontems" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Lens" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsb.2010.10.011" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-69Z74ZX0-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633602v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Drobecq" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BJ20110728" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060002v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine van Lint" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Villeret" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pep.2011.06.009" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QC1GZ2PN-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106460v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fr&#233;d&#233;rique Dessein" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Stechly" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jonckheere" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-09-3828" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464770v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Reuse" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Calao" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kabamba Kabeya" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Guiguen" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-St&#233;phane Gatot" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0006093" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277047v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karo Gosselin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Martien" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albin Pourtier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Vercamer" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Ostoich" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-08-2510" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488967v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albin Dr Pourtier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277055v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Humbert" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naveenan Navaratnam" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco da Costa" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/emboj.2009.342" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260066v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Deruy" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Bouali" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2353/ajpath.2009.080332" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277052v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mauen" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-08-2864" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417702v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Payr&#233;" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Gil" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Lambeau" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/embor.2008.255" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01918637v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vir&#233;" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Brenner" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Fraga" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature04431" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/03C023621BD03F4CEB45759FA25A57FAB2747A0F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093242v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chotteau-Lelievre" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Doll&#233;" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Peronne" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Coutte" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0925-4773(01)00480-4" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FMQD05ZS-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759695v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>