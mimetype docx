--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -81,18087 +81,12615 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (52)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (48)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">À l'aune des recherches récentes : la culture des Tumulus armoricains et le Bronze ancien en Bretagne</w:t>
+                <w:t xml:space="preserve">Des maisons naviformes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Blanchet</w:t>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Favrel</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Clement Nicolas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les sociétés du Bronze ancien atlantique du XXIVe au XVIIe S. a.C.</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">Peuple de la mer ? Le Campaniforme en Bretagne et au-delà,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Polymathique du Morbihan, pp.94-95, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05426930v1</w:t>
+                <w:t xml:space="preserve">hal-05429995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quel(s) modèle(s) de sociétés pour la culture des Tumulus armoricains ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le Campaniforme dans l’archipel de Molène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clement Nicolas</w:t>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yvan Pailler</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lorraine Manceau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Société Polymathique du Morbihan. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du colloque international de l’APRAB, Rennes, Ille-et-Vilaine (16-18 novembre 2018)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05426912v1</w:t>
+              <w:t xml:space="preserve">Peuple de la mer ? Le Campaniforme en Bretagne et au-delà</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.44-45, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05429979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inventaire et typologie des tombes de l’âge du Bronze en Bretagne</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">L’agriculture et l’élevage : que sait-on ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...27 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Société Polymathique du Morbihan. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les sociétés du Bronze ancien atlantique du XXIVe au XVIIe S. a.C.</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05426916v1</w:t>
+              <w:t xml:space="preserve">Peuple de la mer ? Le Campaniforme en Bretagne et au-delà</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.46-47, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05429989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'évolution paléogéographique de la baie d’Audierne (Nord-Ouest de la France) au cours de l’Holocène. Apports méthodologiques d’une approche pluridisciplinaire.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’âge du Bronze en Bretagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Mélin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aneta Gorczynska</w:t>
+                <w:t xml:space="preserve">Clément Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Stéphan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yvan Pailler</w:t>
+                <w:t xml:space="preserve">Théophane Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal P. Le Roy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Axel Ehrhold</w:t>
+                <w:t xml:space="preserve">Patrick Pihuit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cyril Marcigny; Claude Mordant. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14e colloque international sur le Quaternaire</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04670592v1</w:t>
+              <w:t xml:space="preserve">L'âge du Bronze en France (2500 à 800 avant notre ère). Synthèse régionales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CNRS Éditions; INRAP</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 978-2-271-15493-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05410945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamiques dunaires holocène et sociétés insulaires du passé : analyse des évènements d’ensablements de deux îles bretonnes (Béniguet et Batz) et des adaptations humaines associées</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">De Miquelon à Miquelon en passant par Miquelon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gillian Stéphan</w:t>
-[...60 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Clément Feliu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A. K. Magnan, M. Liebel, C. Meur-Ferec, A.-S. Muis, A. Petitjean, L. Pinon. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14e colloque international sur le Quaternaire</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">Territoires submergés. Quelles adaptations aux risques côtiers ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Terre Urbaine, pp.132-137, 2023, La Fabriques des Territoires, 978-2-491546-20-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04670567v1</w:t>
+                <w:t xml:space="preserve">hal-04223807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D-structure, origin of stone material and paleoenvironmental setting of Late/Final Neolithic coastal gallery graves in Brittany, western France. Insights from the Kernic and Lerret monuments</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Le littoral de l’Atlantique nord, un patrimoine à l’épreuve des flots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégor Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Verdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28e Réunion des Sciences de la Terre 2023</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04335960v1</w:t>
+              <w:t xml:space="preserve">Atlas des sites archéologiques menacés. Patrimoine à protéger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04194262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'évolution holocène des petits systèmes estuariens dans le Nord-Ouest de la France. L'exemple des vallées de Trunvel (Tréogat) et de Kerallé (Plouescat)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Archipel de Molène : un patrimoine archéologique sous pression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pierre Stéphan et Cyril Tissot. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28e Réunion des Sciences de la Terre 2023</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04336002v1</w:t>
+              <w:t xml:space="preserve">Atlas de la réserve de Biosphère Unesco des îles et de la mer d’Iroise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Locus Solus, p. 214-236, 2022, 978-2-36833-393-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03580945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An interdisciplinary approach to Recent/Final Neolithic coastal gallery graves in Brittany, France. The 3D-structure, origin of rock material, and paleoenvironmental setting of the Kernic and Lerret monuments</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Sociétés insulaires passées. Archéologie et géographie dans l'archipel de Molène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Stéphan</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Louis Brigand, Julie Vallat. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIVe colloque du GMPCA : Archéométrie 2023</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04335743v1</w:t>
+              <w:t xml:space="preserve">îles. Regards croisés sur l'insularité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Géorama, pp.90-93, 2022, 979-10-96216-55-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03906274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Holocene evolution of coastal dunes in western France: regional reconstruction from archaeological and historical data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La stratigraphie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aneta Gorczynska</w:t>
-[...43 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Clément Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yvan Pailler; Clément Nicolas. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28e Réunion des Sciences de la Terre 2023</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04335816v1</w:t>
+              <w:t xml:space="preserve">Une maison sous les dunes : Beg ar Loued, île Molène, Finistère. Identité et adaptation des groupes humains en mer d'Iroise à la transition des IIIe – IIe millénaires avant notre ère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sidestone press, pp.207-224, 2019, 978-9-088-90380-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02324240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Holocene paleoenvironmental reconstructions in the Bay of Brest</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rings and axeheads of Alpine jades: imports to and exports from the Gulf of Morbihan during the 5th millennium and the beginning of the 4th millennium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pétrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clara Valero</w:t>
+                <w:t xml:space="preserve">Anne-Marie Pétrequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Lambert</w:t>
+                <w:t xml:space="preserve">Mauro Cinquetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Vidal</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yvan Pailler</w:t>
+                <w:t xml:space="preserve">Michel G.L. Errera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramon Fàbregas Valcarce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème Congrès Français de Sédimentologie</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03908154v1</w:t>
+              <w:t xml:space="preserve">La parure en callaïs du Néolithique européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Archaeopress, pp.445-464, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03578377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Holocene evolution of coastal dunes in western France: regional reconstruction from archaeological and historical data</w:t>
+                <w:t xml:space="preserve">The introduction of the Bell Beaker culture in Atlantic France: an overview of settlements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aneta Gorczynska</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Clement Nicolas</w:t>
+                <w:t xml:space="preserve">Clément Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Favrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lolita Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Ard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alex M. Gibson (ed.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIIIème Congrès Français de Sédimentologie</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04336038v1</w:t>
+              <w:t xml:space="preserve">Bell Beaker Settlement of Europe: The Bell Beaker Phenomenon from a Domestic Perspective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oxbow Books</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.329-352, 2019, Prehistoric Society Research Paper 9, 9781789251241</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02066023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coastal socio-environmental trajectories in north-Brittany (NW France) since the Neolithic: palynological and ancient DNA marker records</w:t>
-[...72 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le diagramme de Harris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yvan Pailler; Clément Nicolas. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th Annual Meeting of the European Association of Archaeologists</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03908073v1</w:t>
+              <w:t xml:space="preserve">Une maison sous les dunes : Beg ar Loued, île Molène, Finistère. Identité et adaptation des groupes humains en mer d'Iroise à la transition des IIIe – IIe millénaires avant notre ère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sidestone press, pp.309-312, 2019, 978-9-088-90380-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02324294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coastal socio-environmental trajectories in north-Brittany (NW France) since the Neolithic: palynological and ancient DNA marker records</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Penaud</w:t>
+                <w:t xml:space="preserve">Beg ar Loued, île Molène (Finistère, France), un habitat insulaire de l’âge du Bronze ancien. Entre autarcie et ouverture sur le monde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loréna Audouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Convertini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème Congrès Français de Sédimentologie</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03908184v1</w:t>
+              <w:t xml:space="preserve">Entre terres et eaux. Les sites littoraux de l’âge du Bronze : spécificités et relations avec l’arrière-pays. Actes de la séance de la Société préhistorique française d’Agde (20-21 octobre 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société préhistorique française, pp.331-353, 2019, 2-913745-76-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03965971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palynological and sedimentological records since 8.5 ka BP on the southern Brittany platform (NW Europe): complex responses to sealevel, rapid climate and anthropogenic changes</w:t>
-[...72 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yvan Pailler; Clément Nicolas. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2022</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03908047v1</w:t>
+              <w:t xml:space="preserve">Une maison sous les dunes : Beg ar Loued, île Molène, Finistère. Identité et adaptation des groupes humains en mer d'Iroise à la transition des IIIe – IIe millénaires avant notre ère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sidestone press, pp.35-37, 2019, 978-9-088-90380-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02324212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronologia holoceńskich procesów wydmotwórczych na wybrzeżu Bretanii (Francja północno-zachodnia) : Rekonstrukcja na podstawie analizy danych archeologicznych.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Insularité et singularité. Bilan et éléments de synthèse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aneta Gorczynska</w:t>
-[...43 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Clément Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loréna Audouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Convertini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yvan Pailler; Clément Nicolas. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XII Zjazd Geomorfologów Polskich</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03652898v1</w:t>
+              <w:t xml:space="preserve">Une maison sous les dunes : Beg Ar Loued, île Molène, Finistère. Identité et adaptation des groupes humains en mer d’Iroise entre les IIIe et IIe millénaires avant notre ère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidestone Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.715-729, 2019, 978-9-088-90380-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02155247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une nouvelle implantation de la fin du rubané à l’ouest du Bassin parisien : Voves “Le Bois Paillet” (Eure-Et-Loir)</w:t>
-[...72 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Des pierres ornées en position secondaire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yvan Pailler; Clément Nicolas. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32e colloque interrégional sur le Néolithique</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03461861v1</w:t>
+              <w:t xml:space="preserve">Une maison sous les dunes : Beg Ar Loued, île Molène, Finistère. Identité et adaptation des groupes humains en mer d’Iroise entre les IIIe et IIe millénaires avant notre ère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidestone Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.553-562, 2019, 978-9-088-90380-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02150645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approches lipidiques du contenu des céramiques pour l’appréhension des ressources naturelles utilisées sur la côte atlantique de la France à la fin du Néolithique et au début de l’âge du Bronze</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">De l’usage de certaines pêcheries à l’âge du Bronze ancien dans l’archipel de Molène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Gandois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camielsa Prévost</w:t>
+                <w:t xml:space="preserve">A Ehrhold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Ard</w:t>
+                <w:t xml:space="preserve">Nicolas Le Dantec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Blasco</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Fromont</w:t>
+                <w:t xml:space="preserve">Marcaurelio Franzetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yvan Pailler; Clément Nicolas. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HOMER 2021 : Archéologie des peuplements littoraux et des interactions Homme/Milieu en Atlantique nord équateur</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03586048v1</w:t>
+              <w:t xml:space="preserve">Une maison sous les dunes : Beg Ar Loued, île Molène, Finistère. Identité et adaptation des groupes humains en Mer d’Iroise à la transition IIIe-IIe millénaire avant notre ère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sidestone Press, pp.109-123, 2019, 978-9-088-90380-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les cartes en pierre de la Préhistoire : de l'image mentale à la représentation tridimensionnelle de l'espace</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Cachette et rejets des silex taillés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Pineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...36 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yvan Pailler; Clément Nicolas. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transcript. Cartes mentales : entre transcription mémorielle et projection symbolique</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03510235v1</w:t>
+              <w:t xml:space="preserve">Une maison sous les dunes : Beg ar Loued, île Molène, Finistère. Identité et adaptation des groupes humains en mer d'Iroise à la transition des IIIe – IIe millénaires avant notre ère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sidestone press, pp.413-423, 2019, 978-9-088-90380-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02324341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hausse du niveau marin et érosion littorale au cours des derniers millénaires. Ce qu’apportent ces données à l’archéologie</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Dans le sable, des traces d’occupations contemporaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Gonidec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yvan Pailler; Clément Nicolas. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'étude annuelle du Centre International de Recherche et de Documentation sur le Monachisme Celtique “La Bretagne avant les Bretons : enseignements &amp; regards”</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03052038v1</w:t>
+              <w:t xml:space="preserve">Une maison sous les dunes : Beg ar Loued, île Molène, Finistère. Identité et adaptation des groupes humains en mer d'Iroise à la transition des IIIe – IIe millénaires avant notre ère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sidestone press, pp.325-344, 2019, 978-9-088-90380-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02324313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determining a season of collect from oxygen isotopes of Patella vulgata shells: the case of Molene archipelago (Finistère, France)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Un habitat en pierre sèche du Bronze ancien : architectures et comparaisons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...23 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yvan Pailler; Clément Nicolas. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Webinar « Investigate the shore, sound the past: new methods and practices in maritime prehistory »</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03070324v1</w:t>
+              <w:t xml:space="preserve">Une maison sous les dunes : Beg ar Loued, île Molène, Finistère. Identité et adaptation des groupes humains en mer d'Iroise à la transition des IIIe – IIe millénaires avant notre ère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sidestone press, pp.225-289, 2019, 978-9-088-90380-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02324251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Campaniforme et la genèse du Bronze ancien en Bretagne : vers une nouvelle donne</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Théophane Nicolas</w:t>
+                <w:t xml:space="preserve">De l’usage de certaines pêcheries à l’âge du Bronze ancien dans l’archipel de Molène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stephan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henry Gandois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Ehrhold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Dantec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcaurelio Franzetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Préhistorique de France, Session 5 : La fin du Néolithique et la genèse du Bronze ancien dans l'Europe du nord-ouest</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05493997v1</w:t>
+              <w:t xml:space="preserve">Une maison sous les Dunes : Beg ar Loued, île Molène, Finistère. Identité et adaptation des groupes humains en mer d’Iroise entre les IIIe et IIe millénaires avant notre ère. 2019. Y.PAILLER, C.NICOLAS (Dir.). ISBN 978-90-8890-380-9 (softcover) ISBN 978-90-8890-613-8 (hardcover) ISBN 978-90-8890-381-6 (PDF e-book). Leiden, Sidestone Press. Partie 2 - Mise en contexte : paléogéographie et paléoenvironnement. Chap.6, pp.123-137</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04309639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the role of natural and anthropogenic forcings in coastal paleoenvironmental variability: results of a study in progress</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yvan Pailler</w:t>
+                <w:t xml:space="preserve">Beg ar Loued, Molène Island, Finistère (France), an Early Bronze Age insular settlement. Between autarchy and openness to the outside world.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Audouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Convertini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Donnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MedPalyno2019: The Mediterranean Palynological Societies Symposium 2019</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03051537v1</w:t>
+              <w:t xml:space="preserve">Harald Meller, Susanne Friedriech, Mario Küßner, Harald Stäuble, Roberto Risch (eds.), Siedlungsarchäologie des Endneolithikums und der frühen Bronzezeit – Late Neolithic and Early Bronze Age Settlement Archaeology, Landesamt für Denkmalpflege und Archäologie Sachsen-Anhalt.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.949-985, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02566332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disc-rings made from Alpine rocks, in the social imagination of Neolithic communities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Petrequin</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pétrequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Cassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel G.L. Errera</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Michel Errera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne-Marie Petrequin</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pétrequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">complesso Monumentale della Pilotta 8-9 Guigno 2017. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le quistioni nostre paletnologiche più importanti. Trent'anni di tutela e ricerca preistorica in Emilia occidentalev</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02413150v1</w:t>
+              <w:t xml:space="preserve">le quistioni nostre paletnologiche più importanti.. Atti del convegno di studi in onore di Maria Bernabo Brea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.137-150, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04100634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rings and axeheads of Alpine jades: imports to and exports from the Gulf of Morbihan during the 5&amp;lt;sup&amp;gt;th&amp;lt;/sup&amp;gt; millennium and the beginning of the 4&amp;lt;sup&amp;gt;th&amp;lt;/sup&amp;gt; millennium</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ramon Fàbregas Valcarce</w:t>
+                <w:t xml:space="preserve">Le Campaniforme et la genèse de l’âge du Bronze ancien en Bretagne : vers une nouvelle donne ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Favrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Fily</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théophane Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cyril Montoya, Jean-Pierre Fagnart et Jean-Luc Locht. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La parure en callaïs du Néolithique européen</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02324394v1</w:t>
+              <w:t xml:space="preserve">Préhistoire de l'Europe du Nord-Ouest. Mobilités, climats et identités culturelles. XXVII Congrès préhistorique de France (Amiens, 30 mai - 4 juin 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Préhistorique Française, pp.269-288, 2019, Vol. 3 : Néolithique – Âge du Bronze, 9782913745803</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02868518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Campaniforme et la genèse de l’âge du Bronze ancien en Bretagne : vers une nouvelle donne ?</w:t>
+                <w:t xml:space="preserve">Datations absolues et comparaisons chronologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Blanchet</w:t>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Gandois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tresset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Favrel</w:t>
-[...47 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yvan Pailler; Clément Nicolas. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Préhistoire de l'Europe du Nord-Ouest : mobilité, climats et identités culturelles. 28e congrès préhistorique de France</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02876658v1</w:t>
+              <w:t xml:space="preserve">Une maison sous les dunes : Beg ar Loued, île Molène, Finistère. Identité et adaptation des groupes humains en mer d'Iroise à la transition des IIIe – IIe millénaires avant notre ère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sidestone press, pp.291-308, 2019, 978-9-088-90380-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02324282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beg ar Loued, Molène Island, Finistère (France), an Early Bronze Age insular settlement. Between autarchy and openness to the outside world.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">L'outillage poli et les objets de parure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Clement Nicolas</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel G.L. Errera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Rolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Tissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loréna Audouard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Klet Donnart</w:t>
+                <w:t xml:space="preserve">J.-F. Griveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yvan Pailler; Clément Nicolas. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Siedlungsarchäologie des Endneolithikums und der frühen Bronzezeit / Late Neolithic and Early Bronze Age Settlement Archaeology</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02371588v1</w:t>
+              <w:t xml:space="preserve">Une maison sous les dunes : Beg ar Loued, île Molène, Finistère. Identité et adaptation des groupes humains en mer d'Iroise à la transition des IIIe – IIe millénaires avant notre ère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sidestone press, pp.507-520, 2019, 978-9-088-90380-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02324362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isotopic signature of ancient limpet shells as indicator of seasonal harvesting patterns in archaeological context</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Disc-rings of Alpine rock in western Europe: typology, chronology, distribution and social significance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pétrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Cassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Errera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Prodeo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Gleser and D. Hofmann. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th INQUA Congress</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">Contacts, Boundaries and Innovation. Exploring developed Neolithic Societies in central Europe and beyond</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03052002v1</w:t>
+                <w:t xml:space="preserve">Sidestone Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.305-334, 2019, Contacts, Boundaries and Innovation. Exploring developped Neolithic Societies in central Europe and beyond, 978-90-8890-714-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02083140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De caps en îles : dynamiques de peuplement anciennes en Iroise</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Les anneaux-disques irréguliers alsaciens et alpins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pétrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pétrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Buthod-Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Cassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">P. Pétrequin; E. Gauthier; A.-M. Pétrequin. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque « 25 ans de recherches à l'abbaye Saint-Mathieu de Fine –Terre »</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">JADE, tome 3, Objets-signes et interprétations sociales des jades alpins dans l’Europe néolithique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 3, Presses universitaires de Franche-Comté, Centre de Recherche Archéologique de la vallée de l’Ain, pp.653-672, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03051585v1</w:t>
+                <w:t xml:space="preserve">hal-01760223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un marin ensablé en mer d'Iroise (Molène, Finistère, France)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Les anneaux-disques réguliers à section triangulaire en jade ou en serpentinite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pétrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pétrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Buthod-Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Cassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">P. Pétrequin; E. Gauthier; A.-M. Pétrequin. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontre autour de nos aïeux. La mort de plus en plus proche. 8e recontre du Gaaf</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02345283v1</w:t>
+              <w:t xml:space="preserve">JADE, tome 3, Objets-signes et interprétations sociales des jades alpins dans l’Europe néolithique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Franche-Comté, Centre de Recherche Archéologique de la vallée de l’Ain, pp.611-638, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01759642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beg ar Loued, île Molène (Finistère, France), un habitat insulaire de l’âge du Bronze ancien</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Anneaux, marqueurs de statut, objets consacrés et quasi-monnaies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Petrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Cassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel G.L. Errera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Klet Donnart</w:t>
+                <w:t xml:space="preserve">Frédéric Prodeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">P. Pétrequin; E. Gauthier; A.-M. Pétrequin. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entre terres et eaux. Les sites littoraux de l’âge du Bronze : spécificités et relations avec l’arrière-pays. Séance de la Société préhistorique française</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">JADE, tome 3, Objets-signes et interprétations sociales des jades alpins dans l’Europe néolithique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 3, Presses universitaires de Franche-Comté, Centre de Recherche Archéologique de la vallée de l’Ain, pp.729-751, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03222785v1</w:t>
+                <w:t xml:space="preserve">hal-01760234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vies insulaires et contraintes environnementales durant la Préhistoire : exemple de l’archipel de Molène</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Autres anneaux-disques alpins réguliers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pétrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Clément Lambert</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Cassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Vidal</w:t>
+                <w:t xml:space="preserve">Michel G.L. Errera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Petrequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">P. Pétrequin; E. Gauthier; A.-M. Pétrequin. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque ILES 2019</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">JADE, tome 3, Objets-signes et interprétations sociales des jades alpins dans l’Europe néolithique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 3, Presses universitaires de Franche-Comté, Centre de Recherche Archéologique de la vallée de l’Ain, pp.639-651, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03051632v1</w:t>
+                <w:t xml:space="preserve">hal-01760197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Looking for the earliest bronze metallurgists in Western Europe (end of the 3rd - beginning of the 2nd millenium BC):use-wear and XRF application on a macrolithic toolkit from Kersulec at Plonéour-Lanvern (Brittany, France)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’île aux Moutons et l’archipel des Glénan (Fouesnant, Finistère), de la Préhistoire à la fin de l’indépendance gauloise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solenn Réguer</w:t>
+                <w:t xml:space="preserve">Gwenaëlle Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Bellot-Gurlet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yvan Pailler</w:t>
+                <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vérane Brisotto</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Patrice Méniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Baudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Dréano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Audouard Lorena, Gehres Benjamin. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Association of Archaeological Wear &amp; Residue Analysts - Awrana 2018 - Beyond tools and people</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03724873v1</w:t>
+              <w:t xml:space="preserve">"Somewhere Beyond The Sea » Les îles bretonnes (France) : perspectives archéologiques, géographiques et historiques : actes du Séminaire Archéologique de l’Ouest, 1er avril 2014, Rennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, S2705, Archaeopress, pp.55-69, 2015, BAR International Series, 978 1 4073 1356 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01146345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The EBA dry-stone houses from Beg ar Loued (Molène island, Brittany) and the oval-shaped building tradition in Europe (c. 2800–1500 BCE)</w:t>
-[...29 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bracelets en schiste et anneaux-disques en jadéitite, en serpentinite ou en amphibolite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pétrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Cassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chevillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Cornen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Denaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chancerel A., Vaquer J., Clayet-Merle J.-J. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Siedlungsarchäologie des Endneolithikums und der frühen Bronzezeit, 11. Mitteldeutscher Archäologentag</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02884468v1</w:t>
+              <w:t xml:space="preserve">Signes de richesse, inégalités au Néolithique. Catalogue d'exposition du Musée national de la Préhistoire, Les Eyzies-de-Tayac (27 juin 2015 - 15 novembre 2015).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réunion des Musées nationaux - Grand Palais, pp.35-42, 2015, 9782711862962</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02461097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les allées couvertes du nord du Finistère : une étude comparative de deux monuments</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Découverte d’objets néolithiques dans la Laïta (Finistère) entre Quimperlé et Le Pouldu en Clohars-Carnoët</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Y. Coativy; F. Postic. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Grosses pierres et jeunes chercheurs. Nouvelles dynamiques de recherche pour le mégalithisme/Large rocks and young researchers - new research dynamics for megalithism</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03652874v1</w:t>
+              <w:t xml:space="preserve">La forêt de Carnoët (Quimperlé). Archéologie, histoire, traditions et légendes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d’Histoire du Pays de Kemperle; Centre de Recherche Bretonne et Celtique, pp.41-57, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02884378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use-wear analysis of the earliest bronze metallurgists’toolkits in Western Europe (end of the 3rd - beginning of the 2nd millenium BC): the examples from Bel air (Lannion) and Kersulec at Plonéour-Lanvern (Brittany, France).</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La forêt de Carnoët : un conservatoire archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Blanchet</w:t>
-[...43 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Maligorne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Y. Coativy; F. Postic. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIII° UISPP World Congress – Exploring the world’s prehistory in Paris (4-9 June 2018)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03724881v1</w:t>
+              <w:t xml:space="preserve">La forêt de Carnoët (Quimperlé). Archéologie, histoire, traditions et légendes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d’Histoire du Pays de Kemperle; Centre de Recherche Bretonne et Celtique, pp.19-39, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02884380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Landévennec avant Landévennec : évolution de la rade de Brest et de ses abords à l’Holocène.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">L’érosion marine et ses effets sur les vestiges archéologiques en mer d’Iroise : exemple de l’impact de la tempête de mars 2008 sur l’île de Kemenez et ses Ledenez (Le Conquet, Finistère, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Gandois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...53 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M.-Y. Daire; C. Dupont; A. Baudry; C. Billard; J.-M. Large; L. Lespez; E. Normand; C. Scarre. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international « 818-2018 Landévennec, une abbaye bénédictine en Bretagne</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01861066v1</w:t>
+              <w:t xml:space="preserve">Anciens peuplements littoraux et relations Homme/Milieu sur les côtes de l’Europe atlantique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2570, Archaeopress, pp.99-110, 2013, BAR International series</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02884363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A l'aune des recherches récentes: La Culture des Tumulus armoricains et le Bronze ancien en Bretagne</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Typologie, chronologie et répartition des grandes haches alpines en Europe occidentale.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pétrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Cassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lutz Klassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Blanchet</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Théophane Nicolas</w:t>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">P. Pétrequin, S. Cassen, M. Errera, L. Klassen, A. Sheridan et A.-M. Pétrequin (dir.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">: Les sociétés du Bronze ancien atlantique du XXIVe au XVIIe siècle av. J.-C.</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03991516v1</w:t>
+              <w:t xml:space="preserve">Jade. Grandes haches alpines du Néolithique européen. Ve et IVe millénaires av. J.-C.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Franche-Comté, pp.574-727, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00824832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quel(s) modèle(s) de sociétés pour la culture des Tumulus armoricains ?</w:t>
-[...29 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Typologie, chronologie et répartition des grandes haches alpines en Europe occidentale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pétrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Cassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Klassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">P. Pétrequin, S. Cassen, M. Errera, L. Klassen, A. Sheridan et A.M. Pétrequin (ed.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les sociétés du Bronze ancien atlantique du XXIVe au XVIIe s. av. J.-C.</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03877831v1</w:t>
+              <w:t xml:space="preserve">Jade. Grandes haches alpines du Néolithique européen. Ve et IVe millénaires av. J.-C.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Besançon, Presses Universitaires de Franche-Comté et Centre de Recherche Archéologique de la Vallée de l'Ain,, pp.574-727, 2012, Cahiers de la MSHE C.N. Ledoux</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00670663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’allée couverte de Kernic : apports d’une approche pluridisciplinaire</w:t>
-[...55 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Inventaire 2008 des associations de grandes haches en jades en Europe occidentale, bibliographie, planches dessins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pétrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Cassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Errera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Klassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">P. Pétrequin, S. Cassen, M. Errera, L. Klassen, A. Sheridan et A.M. Pétrequin (ed.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21e colloque international du GMPCA</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01861459v1</w:t>
+              <w:t xml:space="preserve">Jade. Grandes haches alpines du Néolithique européen. Ve et IVe millénaires av. J.-C.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Besançon, Presses Universitaires de Franche-Comté et Centre de Recherche Archéologique de la Vallée de l'Ain, pp.1438-1521, 2012, Cahiers de la MSHE C.N. Ledoux</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00670696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les coquilles de patelles anciennes, sources de connaissances paléo-environnementales et archéoanthropologiques</w:t>
-[...72 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Old friends, new friends, a long-lost friend and false friends: tales from Projet JADE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.A. Sheridan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Petrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Errera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">V. Davis et M. Edmonds (ed.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire inter-instituts IBSHS-IUEM, Université de Bretagne Occidentale</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03148565v1</w:t>
+              <w:t xml:space="preserve">Stone Axe Studies III</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oxford, Oxbow books, pp.411-426, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00670581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethnolinguistique, géomorphologie et archéologie maritimes. Pour une analyse interdisciplinaire des données de l’Atlas Linguistique des Côtes Atlantiques et de la Manche (ALCAM)</w:t>
-[...55 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Eclogite or jadeitite : the two colours involved in the tranfer of alpine axeheads in western Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pétrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Sheridan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Cassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel G.L. Errera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Davis et M. Edmonds. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire inter-instituts IBSHS-IUEM, Université de Bretagne Occidentale</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03148569v1</w:t>
+              <w:t xml:space="preserve">Stone Axe Studies III.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oxbow books, pp.55-82, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00824738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ancient limpet shells as paleo-environmental and ethno-archaeological archives: the case of Beniguet Island's shell middens (Iroise Sea)</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Le bâtiment en pierres sèches de Beg ar Loued, Ile Molène (Finistère) : évolution d’une construction en pierres sèches du Campaniforme au Bronze ancien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...14 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Gandois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewen Ihuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Sparfel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">C. Billard; M. Legris. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2017</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01520982v1</w:t>
+              <w:t xml:space="preserve">Premiers néolithiques de l'Ouest : cultures, réseaux, échanges des premières sociétés néolithiques à leur expansion, Actes du 28e colloque interrégional sur le Néolithique (Le Havre, 2007)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.415-440, 2010, Archéologie &amp; Culture</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02884384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les monuments mégalithiques submergés de la côte léonarde</w:t>
-[...55 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'Unique, la Paire, les Multiples. A propos des dépôts de haches polies en roches alpines en Europe occidentale pendant les Ve et IVe millénaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pétrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Cassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Errera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Klassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">S. Bonnardin; C. Hamon; M. Lauwers et B. Quilliec. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du Thème 4 de la ZabrI : "Dynamiques d’occupation humaines et paléoenvironnements"</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01503805v1</w:t>
+              <w:t xml:space="preserve">Du matériel au spirituel. Réalités archéologiques et historiques des « dépôts » de la Préhistoire à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Antibes, Editions APDCA, pp.417-427, 2009, Actes des XXIXe Rencontres internationales d'archéologie et d'histoire d'Antibes</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00476187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les coquilles de patelles anciennes comme sources de connaissances paléoenvironnementales et ethnoarchéologiques : le cas de l’amas coquillier de l’île de Béniguet en mer d’Iroise</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Le matériel poli de la Table des Marchands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Serge Cassen. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de la Zone Atelier Brest-Iroise « Dynamiques d’occupation humaines et paléoenvironnements »</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03148545v1</w:t>
+              <w:t xml:space="preserve">Autour de la Table. Explorations archéologiques et discours savants sur des architectures néolithiques à Locmariaquer, Morbihan (Table des Marchands et Grand Menhir)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LARA, CNRS, Univ. Nantes, p. 616-631, 2009, 2-86939-228-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05008373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamiques de peuplement en mer d’Iroise (Finistère) : apport des analyses spatiales à l’étude des sites archéologiques datés du Néolithique à l’Age du Fer</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Produire des lames polies en contexte rituel, le matériel poli d’Er-Lannic (Arzon)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">LARA, université de Nantes / CNRS. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de la Zone Atelier Brest-Iroise « Dynamiques d’occupation humaines et paléoenvironnements »</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03148551v1</w:t>
+              <w:t xml:space="preserve">Autour de la Table. Explorations archéologiques et discours savants sur des architectures néolithiques à Locmariaquer, Morbihan (Table des Marchands et Grand Menhir)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 632-641, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04162617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude géo-archéologique des pêcheries du Finistère : premiers résultats et perspectives</w:t>
-[...72 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Produire des lames polies en fibrolite en contexte rituel, le matériel poli d'Er Lannic (Arzon)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Serge Cassen. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de la Zone Atelier Brest-Iroise « Dynamiques d’occupation humaines et paléoenvironnements »</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03148537v1</w:t>
+              <w:t xml:space="preserve">Autour de la Table. Explorations archéologiques et discours savants sur des architectures néolithiques à Locmariaquer, Morbihan (Table des Marchands et Grand Menhir)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 632-641, 2009, 2-86939-228-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05008430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apport des données alti-bathymétriques (Litto3D et bathymétrie SMF) dans la détection et l'étude des vestiges archéologiques inter- et sub-tidaux : premiers résultats et perspectives le long des côtes du Finistère</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Le Dantec</w:t>
+                <w:t xml:space="preserve">Neolithic Alpine Axeheads, from the Continent to Great Britain, the Isle of Man and Ireland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Petrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison Sheridan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Cassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel G.L. Errera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">H. Fokkens, B. J. Coles, A. Van Gijn, J. P. Kleijne, H. H. Ponjee and C. G. Slappendel. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25e Réunions des Sciences de la Terre</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01520657v1</w:t>
+              <w:t xml:space="preserve">Between foraging and farming, an extended broad spectrum of papers presented to Leendert Louwe Kooijmans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Publication of the Faculty of Archaeology, Leiden University, pp.261-279, 2008, Analecta Praehistoria Leidensia 40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01760304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les monuments mégalithiques submergés du Nord Finistère : approche pluridisciplinaire</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Les anneaux en pierre dans le Massif armoricain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Herbaut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">S. Cassen dir. avec C. Boujot, J. Vaquero. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25e Réunions des Sciences de la Terre</w:t>
-[...76 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Éléments d'architecture. Exploration d'un tertre funéraire à Lannec er Gadouer (Erdeven, Morbihan). Constructions et reconstructions dans le Néolithique morbihannais. Propositions pour une lecture symbolique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, mémoire XIX, Association des Presses Chauvinoises, pp.353-385, 2000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serge S. Suanez</w:t>
-[...403 lines deleted...]
-                <w:t xml:space="preserve">hal-01093318v1</w:t>
+                <w:t xml:space="preserve">hal-01760966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (46)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Submerged Stone Structures in the Far West of Europe During the Mesolithic/Neolithic Transition (Sein Island, Brittany, France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Holocene paleoenvironmental reconstructions in western Brittany (Bay of Brest): Part II – A 7 kyr human-environment story with a focus on the Neolithic-Bronze Age transition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Valero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Penaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Fouquet</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Muriel Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Bodénès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Nautical Archaeology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Holocene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/09596836251313635⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05406477v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04951605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Holocene paleoenvironmental reconstructions in western Brittany (Bay of Brest): Part II – A 7 kyr human-environment story with a focus on the Neolithic-Bronze Age transition</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">New coastal records in northern Brittany (Plouescat, NW France): Sedimentological, palynological and paleogenomic data over the last 7.3 ka BP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aneta Gorczynska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Penaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Holocene</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/09596836251313635⟩</w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 59, pp.111361. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2025.111361⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04951605v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05025253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New coastal records in northern Brittany (Plouescat, NW France): Sedimentological, palynological and paleogenomic data over the last 7.3 ka BP</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Brisons la hache et enterrons-la ! Autopsie et réflexions autour du dépôt d'une grande lame polie en fibrolite à Kerarmerrien, Plouzané (Finistère)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphan Hinguant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Mabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Agranier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 122 (2), pp.253-289</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2025.111361⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05025253v1</w:t>
+                <w:t xml:space="preserve">hal-05151031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brisons la hache et enterrons-la ! Autopsie et réflexions autour du dépôt d'une grande lame polie en fibrolite à Kerarmerrien, Plouzané (Finistère)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Submerged Stone Structures in the Far West of Europe During the Mesolithic/Neolithic Transition (Sein Island, Brittany, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Fouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Keroulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Vincent Bernard</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bodénès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 122 (2), pp.253-289</w:t>
+              <w:t xml:space="preserve">International Journal of Nautical Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05151031v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05406477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’habitat lorrain du Néolithique moyen et final de Saint-Julien-lès-Metz en Moselle</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Limpet shell oxygen isotopes as markers of seasonality in shell middens: The case of Molène Archipelago (Brittany, France) from Late Neolithic to Early Middle Age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Bonnardin</w:t>
+                <w:t xml:space="preserve">Jean-François Cudennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Cayol</w:t>
+                <w:t xml:space="preserve">Cynthia Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stephan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 64, </w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 60, pp.104805. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/galliap.4290⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2024.104805⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04209591v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04780936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Limpet shell oxygen isotopes as markers of seasonality in shell middens: The case of Molène Archipelago (Brittany, France) from Late Neolithic to Early Middle Age</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’habitat lorrain du Néolithique moyen et final de Saint-Julien-lès-Metz en Moselle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cynthia Oliveira</w:t>
+                <w:t xml:space="preserve">Véronique Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Stephan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yvan Pailler</w:t>
+                <w:t xml:space="preserve">Ginette Auxiette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Berrio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Bonnardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Cayol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2024.104805⟩</w:t>
+              <w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 64, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/galliap.4290⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04780936v1</w:t>
+                <w:t xml:space="preserve">hal-04209591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des incertitudes levées sur les reliques de Lothéa (forêt de Carnoët, Quimperlé, Finistère)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">Les « princes de la Manche » : des États royaux dans l’Europe de l’âge du Bronze ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Marcigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/11wmd⟩</w:t>
+              <w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 45, pp.45-67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/12n3l⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04631461v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04865946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les « princes de la Manche » : des États royaux dans l’Europe de l’âge du Bronze ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">Des incertitudes levées sur les reliques de Lothéa (forêt de Carnoët, Quimperlé, Finistère)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Gomez De Soto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyril Marcigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/12n3l⟩</w:t>
+              <w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 64, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/11wmd⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04865946v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04631461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From a coastal plain to an anthropized fluvial valley (NW Brittany, France): 7.3 kyr of paleoenvironmental evolution from sedimentological, palynological and paleogenomic perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aneta Gorczyńska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Penaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 344, pp.108983. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.quascirev.2024.108983⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04736802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire gras à Molène: dairy products and ruminant fats detected by lipid and isotopic analysis of pottery dating to the Final Neolithic-Early Bronze Age from the island site of Beg ar Loued (Molène, western Brittany, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camielsa Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akshyeta Suryanarayan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Blasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 23 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5852/cr-palevol2024v23a1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04396855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Première campagne de fouille du tumulus de Saint-Bélec (Leuhan, Finistère)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thrine H Freiesleben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Galinand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séances de la Société préhistorique française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Investigate the Shore, Sound out the Past: Methods and Practices of Maritime Prehistory, 19, pp.11-14</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 120 (1), pp.65-69</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04162646v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04063044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Holocene evolution of coastal dunes in western France: regional reconstruction from archaeological and historical data</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">An interdisciplinary approach to Late/Final Neolithic coastal gallery graves in Brittany, Western France: The 3D structure, origin of stone material, and paleoenvironmental setting of the Kernic and Lerret monuments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aneta Gorczyńska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aeolian Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aeolia.2022.100851⟩</w:t>
+              <w:t xml:space="preserve">Geoarchaeology: An International Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/gea.21970⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03824296v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04160612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An interdisciplinary approach to Late/Final Neolithic coastal gallery graves in Brittany, Western France: The 3D structure, origin of stone material, and paleoenvironmental setting of the Kernic and Lerret monuments</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégor Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoarchaeology: An International Journal</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Séances de la Société préhistorique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Investigate the Shore, Sound out the Past: Methods and Practices of Maritime Prehistory, 19, pp.11-14</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04160612v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04162646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Première campagne de fouille du tumulus de Saint-Bélec (Leuhan, Finistère)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Holocene evolution of coastal dunes in western France: regional reconstruction from archaeological and historical data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aneta Gorczynska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Cyrille Galinand</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Pénaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Aeolian Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 60, pp.100851. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aeolia.2022.100851⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04063044v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03824296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sedimentological and palynological records since 10 ka BP along a proximal-distal gradient on the Armorican shelf (NW France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Penaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wiem Fersi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 293, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.quascirev.2022.107678⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03824739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic population structure across Brittany and the downstream Loire basin provides new insights on the demographic history of Western Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanna Giemza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Bernhardsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Chatel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BioRxiv</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1101/2022.02.03.478491⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04045175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des outils de métallurgistes dans le Bronze ancien de Bretagne ? Révéler le rôle du macro-outillage lithique en associant analyses tracéologiques et de spectroscopie de fluorescence X</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Klet Donnart</w:t>
+                <w:t xml:space="preserve">AN EARLY 3D‐MAP OF A TERRITORY? THE BRONZE AGE CARVED SLAB FROM SAINT‐BÉLEC, LEUHAN (BRITTANY, FRANCE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Pierson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/bspf.2021.15250⟩</w:t>
+              <w:t xml:space="preserve">Oxford Journal of Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 40 (4), pp.367-390. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ojoa.12230⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03554228v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04101998v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La carte et le territoire : la dalle gravée du Bronze ancien de Saint-Bélec (Leuhan, Finistère)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Pierson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 118 (1), pp.99-146. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/bspf.2021.15173⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03507764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AN EARLY 3D‐MAP OF A TERRITORY? THE BRONZE AGE CARVED SLAB FROM SAINT‐BÉLEC, LEUHAN (BRITTANY, FRANCE)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Aubry</w:t>
+                <w:t xml:space="preserve">Des outils de métallurgistes dans le Bronze ancien de Bretagne ? Révéler le rôle du macro-outillage lithique en associant analyses tracéologiques et de spectroscopie de fluorescence X</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solenn Reguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vérane Brisotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Le Carlier de Veslud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oxford Journal of Archaeology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ojoa.12230⟩</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 118 (4), pp.697-737. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/bspf.2021.15250⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04101998v2</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03554228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting stratigraphical issues using direct radiocarbon dating from small‐mammal remains</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre‐yves Nicod</w:t>
+                <w:t xml:space="preserve">Oceanic &amp;lt;em&amp;gt;versus&amp;lt;/em&amp;gt; continental influences over the last 7 kyrs from a mid-shelf record in the northern Bay of Biscay (NE Atlantic)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Pénaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Ganne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Eynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Quaternary Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jqs.3193⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 229, pp.106135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2019.106135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02569726v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02895508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vivre dans les îles il y a 4 000 ans. Les enseignements des fouilles de Beg ar Loued, île Molène</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Klet Donnart</w:t>
+                <w:t xml:space="preserve">Detecting stratigraphical issues using direct radiocarbon dating from small‐mammal remains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Rofes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Cersoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zazzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Royer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre‐yves Nicod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Penn ar Bed</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Quaternary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 35 (4), pp.505-513. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jqs.3193⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02992022v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02569726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oceanic &amp;lt;em&amp;gt;versus&amp;lt;/em&amp;gt; continental influences over the last 7 kyrs from a mid-shelf record in the northern Bay of Biscay (NE Atlantic)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Olivier Coste</w:t>
+                <w:t xml:space="preserve">Vivre dans les îles il y a 4 000 ans. Les enseignements des fouilles de Beg ar Loued, île Molène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorena Audouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Convertini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Penn ar Bed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 238-239, pp.66-88</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02895508v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02992022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tracking the first bronze metallurgists of Western Europe: combined use-wear analysis and X-ray fluorescence synchrotron spectroscopy of a stone toolkit from Ploneour-Lanvern (Brittany)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenn Réguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Bellot-Gurlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vérane Brisotto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 12 (1), pp.14. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s12520-019-00999-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02444675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real and ideal European maritime transfers along the Atlantic coast during the Neolithic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Cassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Rodríguez-Rellán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramon Fábregas Valcarce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Grimaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Documenta Praehistorica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, XLVI, pp.308-325. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4312/dp.46.19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02401391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Palaeoenvironmental reconstructions during the Meso- to Neolithic transition (9.2–5.3 cal. ka BP) in Northwestern France: Palynological evidences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Pénaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal P. Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Goubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Holocene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 29 (3), pp.380-402. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/0959683618816457⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02369521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des dalles ornées durant le Campaniforme et l’âge du Bronze ancien en Bretagne. Mythe ou réalité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 113 (2), pp.333-371</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01759195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Holocene salt-marsh sedimentary infilling and relative sea-level changes in West Brittany (France) using foraminifera-based transfer functions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Serge S. Suanez</w:t>
+                <w:t xml:space="preserve">La production des anneaux-disques alpins pendant les VIe et Ve millénaires av. J.-C. et le Mont Viso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pétrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Cassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chevillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel G.L. Errera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Boreas</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue archéologique de l'Est - Suppléments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, L’homme et son environnement : des lacs, des montagnes et des rivières. Bulles d’archéologie offertes à A. Marguet, 41e supplément, p. 259-302, 28 fig</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01021995v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01241560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La production des anneaux-disques alpins pendant les VIe et Ve millénaires av. J.-C. et le Mont Viso</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Les vestiges d’habitat du Néolithique ancien de Quimper, Kervouyec (Finistère)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Tinévez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guirec Querré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégor Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue archéologique de l'Est - Suppléments</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 112 (2), pp.269-316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/bspf.2015.14522⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01241560v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01761653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les vestiges d’habitat du Néolithique ancien de Quimper, Kervouyec (Finistère)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yvan Pailler</w:t>
+                <w:t xml:space="preserve">Holocene salt-marsh sedimentary infilling and relative sea-level changes in West Brittany (France) using foraminifera-based transfer functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Goslin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rose Manceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge S. Suanez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/bspf.2015.14522⟩</w:t>
+              <w:t xml:space="preserve">Boreas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 44 (1), pp.153-177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bor.12092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01761653v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01021995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hent Trégoné en Fouesnant (Finistère) : une maison rurale gallo-romaine</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Landscape Evolution and Human Settlement in the Iroise Sea (Brittany, France) during the Neolithic and Bronze Age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pailler Yvan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Gandois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Sparfel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aremorica. Études sur l’ouest de la Gaule romaine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proccedings of the Prehistoric Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, vol. 80, pp. 105-139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/ppr.2014.9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01169355v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01092640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Landscape Evolution and Human Settlement in the Iroise Sea (Brittany, France) during the Neolithic and Bronze Age</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yohann Sparfel</w:t>
+                <w:t xml:space="preserve">Hent Trégoné en Fouesnant (Finistère) : une maison rurale gallo-romaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Ferrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Maligorne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stephan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proccedings of the Prehistoric Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/ppr.2014.9⟩</w:t>
+              <w:t xml:space="preserve">Aremorica. Études sur l’ouest de la Gaule romaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 6, pp.115-143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/aremo.2014.907⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01092640v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03806144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hent Trégoné en Fouesnant (Finistère) : une maison rurale gallo-romaine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Une implantation très méridionale du Blicquy-Villeneuve-Saint-Germain au sud du Cher, à Sublaines (Indre-et-Loire).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lardé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Creusillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Irribarria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Rolet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aremorica. Études sur l’ouest de la Gaule romaine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Internéo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Internéo, 10, pp.129-142</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03806144v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01487945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une implantation très méridionale du Blicquy-Villeneuve-Saint-Germain au sud du Cher, à Sublaines (Indre-et-Loire).</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Hent Trégoné en Fouesnant (Finistère) : une maison rurale gallo-romaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Joël Rolet</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Ferrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Maligorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Internéo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Internéo, 10, pp.129-142</w:t>
+              <w:t xml:space="preserve">Aremorica. Études sur l’ouest de la Gaule romaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 6, pp.115-143</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01487945v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01169355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un dépôt de deux poignards en silex du Grand Pressigny à « La Pièce de Prézault - La Varenne », commune de Parçay-sur-Vienne (Indre-et-Loire)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arquille Jérôme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gardère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jimmy Linton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin des amis du Musée de préhistoire du Grand-Pressigny</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 64, pp.11-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01244792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les reliques de Lothéa (Quimperlé, Finistère) : une tombe aux connexions atlantiques entre Campaniforme et âge du Bronze ancien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pailler Yvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Gandois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 55, pp.181-227. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/galip.2013.2501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01093125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early Neolithic in West Brittany: New discoveries at Pen Hoat Salaiin (Pleuven, Finistere, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégor Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Juhel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'anthropologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 117 (2), pp.195-237. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.anthro.2013.02.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01147546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deux occupations rurales de La Tène ancienne à Sainte-Maure-de-Touraine, Les Chauffeaux (Indre-et-Loire)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Lusson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poupon Frédéric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Froquet-Uzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pradat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Archéologique du Centre de la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 1 (50)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01240170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution des paysages et occupation humaine en mer d'Iroise (Finistère, Bretagne) du Néolithique à l'Âge du Bronze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pailler Yvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Gandois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Sparfel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 220, pp.39-68. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/norois.3662⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00588066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un dépôt sous-marin de lames polies néolithiques en jadéitite et sillimanite, et un ouvrage de stèles submergé sur la plage dite du Petit Rohu près Saint-Pierre-Quiberon (Morbihan)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Cassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Boujot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Errera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 107 (1), pp.53-84</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02379023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La hache polie de Lagor (Pyrénées-Atlantiques) : une production du Ve millénaire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Petrequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Cassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel G.L. Errera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Gauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie des Pyrénées Occidentales et des Landes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 26, pp.7-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00372140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kerliezoc en Plouvien (Finistère). Regards croisés sur un habitat du Mésolithique final</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Josselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégor Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Moalic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 20, pp.53-85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01778684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acidic Derivative of Per(3,6-anhydro)-α-cyclodextrin: Preparation and a First Evaluation of Its Affinity for Lanthanides by 1H NMR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Fauvelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Gadelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C. Debouzy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Inclusion Phenomena and Macrocyclic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 42 (3/4), pp.203-207. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1023/A:1016063103736⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04695606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kerlec’h 3 en Ploudalmézeau, un site du Néolithique final/Chalcolithique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Étude d'une série de galets biseautés à enlèvements bifaciaux du Néolithique découverts à Kermorvan (Le Conquet, Finistère)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yohann Sparfel</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Hallégouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Mauguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société archéologique du Finistère</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 130, pp.55-68</w:t>
+              <w:t xml:space="preserve">, 2001, 130, pp.43-54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03906325v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03906314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude d'une série de galets biseautés à enlèvements bifaciaux du Néolithique découverts à Kermorvan (Le Conquet, Finistère)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Kerlec’h 3 en Ploudalmézeau, un site du Néolithique final/Chalcolithique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michel Mauguin</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Sparfel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société archéologique du Finistère</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 130, pp.43-54</w:t>
+              <w:t xml:space="preserve">, 2001, 130, pp.55-68</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03906314v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03906325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Préhistoire, les Enfants et l'École, quelques éléments de réflexion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Auvray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gouletquer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 85, pp.50-54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01778694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un site du Néolithique au Conquet : étude du matériel en fibrolite provenant de Kermorvan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société archéologique du Finistère</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 128, pp.89-98</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03778484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (48)</w:t>
+        <w:t xml:space="preserve">Ouvrages (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Campaniforme dans l’archipel de Molène</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">L’âge du Bronze en Bretagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Mélin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Stéphan</w:t>
-[...49 lines deleted...]
-                <w:t xml:space="preserve">hal-05429979v1</w:t>
+                <w:t xml:space="preserve">Théophane Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Pihuit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cyril Marcigny; Claude Mordant. Inrap / CNRS Editions, pp.15-37, 2025, Recherches archéologiques, 978-2-271-15493-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05542867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des maisons naviformes ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Une maison sous les dunes : Beg ar Loued, île Molène, Finistère. Identité et adaptation des groupes humains en mer d'Iroise à la transition des IIIe – IIe millénaires avant notre ère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...38 lines deleted...]
-                <w:t xml:space="preserve">hal-05429995v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sidestone press, 734 p., 2019, ISBN 978-90-8890-380-9 (softcover) ; ISBN 978-90-8890-613-8 (hardcover) ; ISBN 978-90-8890-381-6 (PDF e-book)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02148933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’agriculture et l’élevage : que sait-on ?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Les mégalithes de l'arrondissement de Brest, inventaire et essai de synthèse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Sparfel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...33 lines deleted...]
-                <w:t xml:space="preserve">hal-05429989v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Chaigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Chauris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Fichaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CeRAA et Institut culturel de Bretagne. pp.290, 2009, 978-2-86822-111-7 (br.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01781445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’âge du Bronze en Bretagne</w:t>
+                <w:t xml:space="preserve">Des dernières industries à trapèzes à l'affirmation du Néolithique en Bretagne occidentale (5500 – 3500 av. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Blanchet</w:t>
-[...105 lines deleted...]
-                <w:t xml:space="preserve">hal-05410945v1</w:t>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">British Archaeological Reports, International Series 1648, pp.340, 2007, ISBN 978 1 4073 0082 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01786847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De Miquelon à Miquelon en passant par Miquelon</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Le patrimoine archéologique de la commune de Porspoder, du Paléolithique au Moyen-Age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...535 lines deleted...]
-                <w:t xml:space="preserve">J.-F. Griveau</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Sparfel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Arzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paule Cohic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves-Marie Paulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Yvan Pailler; Clément Nicolas. </w:t>
-[...43 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">commune de Porspoder, 2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4308 lines deleted...]
-                <w:t xml:space="preserve">hal-01760966v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04116585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A way to date stone fish weirs ? Some perspectives.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Jumaucourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Le Bris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Stephan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iness Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union General Assembly 2025 (EGU25)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Vienne (Autriche), Austria. pp.EGU25-19154, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu25-19154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05061890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un nouvel outil pour documenter la pêche par barrage dans l'histoire des sociétés humaines : La luminescence de surface de roche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Jumaucourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iness Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29e édition de la Réunion des Sciences de la Terre (RST 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Montpellier, France. pp.658387</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05379466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OSL and radiocarbon-based chronology of sand-drift events on Beniguet island (W France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gillian Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylise Onfray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th International Luminescence and Electron Spin Resonance Dating conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Copenhagen, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04380632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use-wear analysis of the earliest bronze metallurgists’toolkits in Western Europe (end of the 3rd - beginning of the 2nd millenium BC): the examples from Bel air (Lannion) and Kersulec at Plonéour-Lanvern (Brittany, France)</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Les tombes de l’âge du Bronze dans le Finistère : Nouvel inventaire, méthodes et premiers résultats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vérane Brisotto</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Fily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les sociétés du Bronze ancien atlantique</w:t>
+              <w:t xml:space="preserve">Les sociétés du Bronze ancien atlantique du XXIVe au XVIIe s. av. J.-C.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03724893v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02884478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les tombes de l’âge du Bronze dans le Finistère : Nouvel inventaire, méthodes et premiers résultats</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Relevés en 3D de la dalle gravée de Saint-Bélec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clement Nicolas</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lacombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les sociétés du Bronze ancien atlantique du XXIVe au XVIIe s. av. J.-C.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02884478v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02884476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relevés en 3D de la dalle gravée de Saint-Bélec</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Looking for the earliest bronze metallurgists in Western Europe (end of the 3rd - beginning of the 2nd millenium BC): use-wear and XRF application on a macrolithic toolkit from Kersulec at Plonéour-Lanvern (Brittany, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solenn Réguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Bellot-Gurlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vérane Brisotto</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les sociétés du Bronze ancien atlantique du XXIVe au XVIIe s. av. J.-C.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Rennes, France</w:t>
+              <w:t xml:space="preserve">Synchrotron Radiation and Neutrons in Arts and Archaeology - SR2A 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Porthsmouth, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02884476v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03724886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Looking for the earliest bronze metallurgists in Western Europe (end of the 3rd - beginning of the 2nd millenium BC): use-wear and XRF application on a macrolithic toolkit from Kersulec at Plonéour-Lanvern (Brittany, France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Use-wear analysis of the earliest bronze metallurgists’toolkits in Western Europe (end of the 3rd - beginning of the 2nd millenium BC): the examples from Bel air (Lannion) and Kersulec at Plonéour-Lanvern (Brittany, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenn Réguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Bellot-Gurlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vérane Brisotto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synchrotron Radiation and Neutrons in Arts and Archaeology - SR2A 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Porthsmouth, United Kingdom</w:t>
+              <w:t xml:space="preserve">Les sociétés du Bronze ancien atlantique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03724886v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03724893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les monuments mégalithiques submergés de la côte léonarde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aneta Gorczynska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire PAMELA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2016, Plouzané, France. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01503837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18171,2386 +12699,8381 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le creuset du site de Kersulec (Plonéour-Lanvern, Finistère) : la plus ancienne trace de production de bronze de Bretagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Le Carlier de Veslud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théophane Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les sociétés du Bronze ancien atlantique du XXIVe au XVIIe S. a.C.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Rennes, France. 65, pp.221-228, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05426918v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (52)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quel(s) modèle(s) de sociétés pour la culture des Tumulus armoricains ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes du colloque international de l’APRAB, Rennes, Ille-et-Vilaine (16-18 novembre 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, S. Blanchet, T. Nicolas, B. Quilliec, Nov 2018, Rennes, France. pp.593-629</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05426912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inventaire et typologie des tombes de l’âge du Bronze en Bretagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Fily</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les sociétés du Bronze ancien atlantique du XXIVe au XVIIe S. a.C.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, S. Blanchet, T. Nicolas, B. Quilliec, Nov 2018, Rennes, France. pp.485-497</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05426916v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">À l'aune des recherches récentes : la culture des Tumulus armoricains et le Bronze ancien en Bretagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Favrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Fily</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les sociétés du Bronze ancien atlantique du XXIVe au XVIIe S. a.C.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, S. Blanchet, T. Nicolas, B. Quilliec, Nov 2018, Rennes, France. pp.229-247</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05426930v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'évolution paléogéographique de la baie d’Audierne (Nord-Ouest de la France) au cours de l’Holocène. Apports méthodologiques d’une approche pluridisciplinaire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aneta Gorczynska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal P. Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Ehrhold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14e colloque international sur le Quaternaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFEQ-CNF INQUA, Feb 2024, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04670592v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dynamiques dunaires holocène et sociétés insulaires du passé : analyse des évènements d’ensablements de deux îles bretonnes (Béniguet et Batz) et des adaptations humaines associées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gillian Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Suanez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14e colloque international sur le Quaternaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFEQ-CNF INQUA, Feb 2024, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04670567v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An interdisciplinary approach to Recent/Final Neolithic coastal gallery graves in Brittany, France. The 3D-structure, origin of rock material, and paleoenvironmental setting of the Kernic and Lerret monuments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aneta Gorczynska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXIVe colloque du GMPCA : Archéométrie 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04335743v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Holocene evolution of coastal dunes in western France: regional reconstruction from archaeological and historical data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aneta Gorczynska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">28e Réunion des Sciences de la Terre 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04335816v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">3D-structure, origin of stone material and paleoenvironmental setting of Late/Final Neolithic coastal gallery graves in Brittany, western France. Insights from the Kernic and Lerret monuments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aneta Gorczynska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">28e Réunion des Sciences de la Terre 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04335960v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'évolution holocène des petits systèmes estuariens dans le Nord-Ouest de la France. L'exemple des vallées de Trunvel (Tréogat) et de Kerallé (Plouescat)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aneta Gorczynska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">28e Réunion des Sciences de la Terre 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04336002v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coastal socio-environmental trajectories in north-Brittany (NW France) since the Neolithic: palynological and ancient DNA marker records</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aneta Gorczynska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Pénaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">28th Annual Meeting of the European Association of Archaeologists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Budapest, Hungary</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03908073v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coastal socio-environmental trajectories in north-Brittany (NW France) since the Neolithic: palynological and ancient DNA marker records</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aneta Gorczynska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Penaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18ème Congrès Français de Sédimentologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association des Sédimentologistes Français, Sep 2022, Brest, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03908184v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Palynological and sedimentological records since 8.5 ka BP on the southern Brittany platform (NW Europe): complex responses to sealevel, rapid climate and anthropogenic changes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Penaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wiem Fersi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Vienne, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03908047v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Holocene evolution of coastal dunes in western France: regional reconstruction from archaeological and historical data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aneta Gorczynska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XVIIIème Congrès Français de Sédimentologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Brest, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04336038v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Holocene paleoenvironmental reconstructions in the Bay of Brest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Valero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18ème Congrès Français de Sédimentologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association des Sédimentologistes Français, Sep 2022, Brest, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03908154v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approches lipidiques du contenu des céramiques pour l’appréhension des ressources naturelles utilisées sur la côte atlantique de la France à la fin du Néolithique et au début de l’âge du Bronze</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camielsa Prévost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Ard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Blasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Forré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Fromont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HOMER 2021 : Archéologie des peuplements littoraux et des interactions Homme/Milieu en Atlantique nord équateur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Château d'Oléron, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03586048v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les cartes en pierre de la Préhistoire : de l'image mentale à la représentation tridimensionnelle de l'espace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Pierson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transcript. Cartes mentales : entre transcription mémorielle et projection symbolique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03510235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une nouvelle implantation de la fin du rubané à l’ouest du Bassin parisien : Voves “Le Bois Paillet” (Eure-Et-Loir)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Creusillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Irribarria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Coubray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Coussot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Dietsch-Sellami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">32e colloque interrégional sur le Néolithique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, association InterNéo, Nov 2017, Le Mans, France. pp.407-424</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03461861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronologia holoceńskich procesów wydmotwórczych na wybrzeżu Bretanii (Francja północno-zachodnia) : Rekonstrukcja na podstawie analizy danych archeologicznych.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aneta Gorczynska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XII Zjazd Geomorfologów Polskich</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Gdansk, Poland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03652898v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hausse du niveau marin et érosion littorale au cours des derniers millénaires. Ce qu’apportent ces données à l’archéologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude annuelle du Centre International de Recherche et de Documentation sur le Monachisme Celtique “La Bretagne avant les Bretons : enseignements &amp; regards”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Landévennec, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03052038v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Determining a season of collect from oxygen isotopes of Patella vulgata shells: the case of Molene archipelago (Finistère, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cudennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves-Marie Paulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Webinar « Investigate the shore, sound the past: new methods and practices in maritime prehistory »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Brest, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03070324v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beg ar Loued, Molène Island, Finistère (France), an Early Bronze Age insular settlement. Between autarchy and openness to the outside world.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loréna Audouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Convertini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Siedlungsarchäologie des Endneolithikums und der frühen Bronzezeit / Late Neolithic and Early Bronze Age Settlement Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Halle, Germany. pp.948-985</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02371588v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Disc-rings made from Alpine rocks, in the social imagination of Neolithic communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Petrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Cassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel G.L. Errera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Petrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le quistioni nostre paletnologiche più importanti. Trent'anni di tutela e ricerca preistorica in Emilia occidentalev</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maria Maffi; Lorenza Bronzoni; Paola Mazzieri, Jun 2017, Parme, Italy. pp.137-150</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02413150v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rings and axeheads of Alpine jades: imports to and exports from the Gulf of Morbihan during the 5&amp;lt;sup&amp;gt;th&amp;lt;/sup&amp;gt; millennium and the beginning of the 4&amp;lt;sup&amp;gt;th&amp;lt;/sup&amp;gt; millennium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Petrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Petrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Cinquetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel G.L. Errera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramon Fàbregas Valcarce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La parure en callaïs du Néolithique européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Guirec Querré; Serge Cassen; Emmanuelle Vigier, Apr 2015, Carnac, France. pp.445-464, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.32028/9781789692808-20⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02324394v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Campaniforme et la genèse de l’âge du Bronze ancien en Bretagne : vers une nouvelle donne ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Favrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Fily</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théophane Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Préhistoire de l'Europe du Nord-Ouest : mobilité, climats et identités culturelles. 28e congrès préhistorique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cyril Montoya; Jean-Pierre Fagnart; Jean‑luc Locht, May 2016, Amiens, France. pp.269-288</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02876658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un marin ensablé en mer d'Iroise (Molène, Finistère, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Mayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontre autour de nos aïeux. La mort de plus en plus proche. 8e recontre du Gaaf</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nicolas Weydert; Stéfan Tzortzis; Anne Richier; Laetitia Lanteri; Hervé Guy, May 2016, Marseille, France. pp.161-165</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02345283v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De caps en îles : dynamiques de peuplement anciennes en Iroise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque « 25 ans de recherches à l'abbaye Saint-Mathieu de Fine –Terre »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Plougonvelin, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03051585v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isotopic signature of ancient limpet shells as indicator of seasonal harvesting patterns in archaeological context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cudennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves-Marie Paulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20th INQUA Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Dublin, Ireland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03052002v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beg ar Loued, île Molène (Finistère, France), un habitat insulaire de l’âge du Bronze ancien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorena Audouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Convertini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klet Donnart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entre terres et eaux. Les sites littoraux de l’âge du Bronze : spécificités et relations avec l’arrière-pays. Séance de la Société préhistorique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Yves Billaud; Thibault Lachenal, Oct 2017, Agde, France. pp.331-353</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03222785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vies insulaires et contraintes environnementales durant la Préhistoire : exemple de l’archipel de Molène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Pénaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque ILES 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Brest, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03051632v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Campaniforme et la genèse du Bronze ancien en Bretagne : vers une nouvelle donne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Favrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Fily</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théophane Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès Préhistorique de France, Session 5 : La fin du Néolithique et la genèse du Bronze ancien dans l'Europe du nord-ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Amiens, France. pp.269-288</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05493997v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deciphering the role of natural and anthropogenic forcings in coastal paleoenvironmental variability: results of a study in progress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Pénaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MedPalyno2019: The Mediterranean Palynological Societies Symposium 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03051537v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The EBA dry-stone houses from Beg ar Loued (Molène island, Brittany) and the oval-shaped building tradition in Europe (c. 2800–1500 BCE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Siedlungsarchäologie des Endneolithikums und der frühen Bronzezeit, 11. Mitteldeutscher Archäologentag</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, H. Meller; S. Friederich; R. Risch; M. Küßner; H. Stäuble, Oct 2018, Halle, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02884468v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les allées couvertes du nord du Finistère : une étude comparative de deux monuments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aneta Gorczynska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grosses pierres et jeunes chercheurs. Nouvelles dynamiques de recherche pour le mégalithisme/Large rocks and young researchers - new research dynamics for megalithism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03652874v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Use-wear analysis of the earliest bronze metallurgists’toolkits in Western Europe (end of the 3rd - beginning of the 2nd millenium BC): the examples from Bel air (Lannion) and Kersulec at Plonéour-Lanvern (Brittany, France).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vérane Brisotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Escats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pailler Yvan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XVIII° UISPP World Congress – Exploring the world’s prehistory in Paris (4-9 June 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03724881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Landévennec avant Landévennec : évolution de la rade de Brest et de ses abords à l’Holocène.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Maligorne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Gregoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « 818-2018 Landévennec, une abbaye bénédictine en Bretagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Yves Coativy, Jun 2018, Landévennec, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861066v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quel(s) modèle(s) de sociétés pour la culture des Tumulus armoricains ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les sociétés du Bronze ancien atlantique du XXIVe au XVIIe s. av. J.-C.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Stéphane Blanchet; Théophane Nicolas; Bénédicte Quilliec; Ben Roberts, Nov 2018, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03877831v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A l'aune des recherches récentes: La Culture des Tumulus armoricains et le Bronze ancien en Bretagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Favrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Fily</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théophane Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: Les sociétés du Bronze ancien atlantique du XXIVe au XVIIe siècle av. J.-C.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, S. Blanchet; T. Nicolas; B. Quilliec; B. Roberts, Nov 2018, Rennes (France), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03991516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Looking for the earliest bronze metallurgists in Western Europe (end of the 3rd - beginning of the 2nd millenium BC):use-wear and XRF application on a macrolithic toolkit from Kersulec at Plonéour-Lanvern (Brittany, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solenn Réguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Bellot-Gurlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vérane Brisotto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Association of Archaeological Wear &amp; Residue Analysts - Awrana 2018 - Beyond tools and people</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03724873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’allée couverte de Kernic : apports d’une approche pluridisciplinaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aneta Gorczynska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">21e colloque international du GMPCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861459v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les coquilles de patelles anciennes, sources de connaissances paléo-environnementales et archéoanthropologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cudennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves-Marie Paulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Grall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire inter-instituts IBSHS-IUEM, Université de Bretagne Occidentale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Brest, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03148565v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ethnolinguistique, géomorphologie et archéologie maritimes. Pour une analyse interdisciplinaire des données de l’Atlas Linguistique des Côtes Atlantiques et de la Manche (ALCAM)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mael Jézéquel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire inter-instituts IBSHS-IUEM, Université de Bretagne Occidentale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Brest, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03148569v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ancient limpet shells as paleo-environmental and ethno-archaeological archives: the case of Beniguet Island's shell middens (Iroise Sea)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cudennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Thébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Vienne, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01520982v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les monuments mégalithiques submergés de la côte léonarde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aneta Gorczynska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du Thème 4 de la ZabrI : "Dynamiques d’occupation humaines et paléoenvironnements"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Zone Atelier Brest Iroise, IUEM, Jun 2016, Plouzané, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01503805v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude géo-archéologique des pêcheries du Finistère : premiers résultats et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05426918v1</w:t>
+                <w:t xml:space="preserve">Marine Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Gandois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Ehrhold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Dantec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de la Zone Atelier Brest-Iroise « Dynamiques d’occupation humaines et paléoenvironnements »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Plouzané, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03148537v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les coquilles de patelles anciennes comme sources de connaissances paléoenvironnementales et ethnoarchéologiques : le cas de l’amas coquillier de l’île de Béniguet en mer d’Iroise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cudennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves-Marie Paulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Grall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de la Zone Atelier Brest-Iroise « Dynamiques d’occupation humaines et paléoenvironnements »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Plouzane, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03148545v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dynamiques de peuplement en mer d’Iroise (Finistère) : apport des analyses spatiales à l’étude des sites archéologiques datés du Néolithique à l’Age du Fer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Kergourlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de la Zone Atelier Brest-Iroise « Dynamiques d’occupation humaines et paléoenvironnements »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Plouzané, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03148551v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apport des données alti-bathymétriques (Litto3D et bathymétrie SMF) dans la détection et l'étude des vestiges archéologiques inter- et sub-tidaux : premiers résultats et perspectives le long des côtes du Finistère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Gandois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Ehrhold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Dantec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">25e Réunions des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01520657v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les monuments mégalithiques submergés du Nord Finistère : approche pluridisciplinaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aneta Gorczynska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">25e Réunions des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01520687v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transformations of maritime and island landscapes in the western France over the last 8,000 years : a long story of the links between Human and Environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge S. Suanez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Pénaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Landscape Archaeology Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paul Lane, Aug 2016, Uppsala, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01520629v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards a new deal of the Beaker culture and the genesis of the Early Bronze Age in Brittany</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Favrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Fily</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théophane Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Identities in construction: reconsidering the Late Neolithic to Early Bronze Age transition in western Europe, Session RI15, Annual meeting of the European Association of Archaeologists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, K. Cleary; N. Carlin; A. Jorge; L. Salanova, Sep 2015, Glasgow, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02884472v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changements paléogéographiques de l’archipel de Molène (Finistère, Bretagne, France) : implications sur les peuplements humains du Néolithique à l’Age du Bronze</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tresset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Gandois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ancient Maritime Communities and the Relationship between People and Environment along the European Atlantic Coasts / Anciens peuplements littoraux et relations Homme/Milieu sur les côtes de l’Europe atlantique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marie-Yvane Daire, Anna Baudry, Cyrille Billard, Catherine Dupont, Jean-Marc Large, Laurent Lespez, Eric Normand, Laurent Quesnel, Chris Scarre, Olivier Troccaz, Sep 2011, Vannes, France. pp.647-660</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01093222v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’érosion marine et ses effets sur les vestiges archéologiques en mer d’Iroise : exemple de l’impact de la tempête de mars 2008 sur l’île de Kemenez et ses Ledenez (Le Conquet, Finistère, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Gandois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anciens peuplements litoraux et relaions Homme/Milieu sur les côtes de l’Europe Atlanique / Ancient Maritime Communities and the Relationship between People and Environment along the European Atlantic Coasts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marie-Yvane Daire; Anna Baudry; Cyrille Billard; Catherine Dupont; Jean-Marc Large; Laurent Lespez; Eric Normand; Laurent Quesnel; Chris Scarre; Olivier Troccaz, Sep 2011, Vannes, France. pp.99-110</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01093318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programme archéologique molénais, rapport n°21. Quatrième campagne de fouille programmée sur le site multipériodes de Porz ar Puns, île de Béniguet (Le Conquet, Finistère)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Barloy-Hubler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Cabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Calonnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">21, UBO. 2025, 435 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05008170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programme archéologique molénais, rapport n° 20, Troisième campagne de fouille programmée sur le site multi-périodes de Porz ar Puñs, île de Béniguet (Le Conquet, Finistère)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Calonnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Chazot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvon Dréano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université de Brest; Service régional d'Archéologie de Bretagne; EA n° 29 040 0008, Arrêté n° 2023-184. 2024, 258 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04825038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deuxième campagne de fouille programmée sur le tumulus de Saint-Bélec (Leuhan, Finistère) EA n° 29 125 0010, opération n° 2023-183</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trine H Freisleben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Guéguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SRA Bretagne. 2024, pp.207</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04866512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programme archéologique molénais, rapport n° 19. Deuxième campagne de fouille programmée sur le site multi-périodes de Porz ar Puñs, île de Béniguet (Le Conquet, Finistère) EA n° 29 040 0008, Opération n° 2022-107</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Clochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Dieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Duigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">UBO. 2023, pp.236</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04108589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Première campagne de fouille programmée sur le site multi-périodes de Porz ar Puns, île de Béniguet (Le Conquet, Finistère)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvon Dréano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mael Jézéquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] 18, SRA Bretagne. 2022, pp.198</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03586460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saint-Pierre-et-Miquelon, Miquelon-Langlade. Recherches croisées autour des occupations modernes (XVII&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt;-XVIII&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; s.) de Miquelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Durbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Féliu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Fores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Gonidec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap. 2022, pp.219</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03713503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Normandie -Calvados (14), Colombelles ZAC Lazzaro 3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ginette Auxiette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doriane Barraco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Barthélémy-Sylvand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chris-Cécile Besnard-Vauterin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap. 2021, pp.931</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03877782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bretagne, Finistère, île Molène. Le Bourg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vérane Brisotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Culioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Delage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphan Hinguant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] INRAP Grand-Ouest. 2019, 76 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02165920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finistère, Ergué-Gabéric, Park al Lann. 10 000 ans d’occupations humaines en discontinu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">rapport final d’opération fouille archéologique, Inrap; Service régional d'Archéologie de Bretagne. 2019, 2 vol., vol. 1 : 587 p., vol. 2 : 257 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04825053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eure-et-Loire, Voves, Le Bois Paillet, Une première implantation néolithique en Beauce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-France Creusillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Coubray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Coussot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Irribarria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap Centre - Ile-de-France; UMR 8215 Trajectoires. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01801083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport des données alti-bathymétriques (Litto3D et bathymétrie SMF) dans la détection et l'étude des vestiges archéologiques inter-et sub-tidaux (façade Manche- Atlantique, Région Bretagne, Finistère).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge S. Suanez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Dantec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Opérations n° OA 2955 et OA 3002, DRASSM. 2017, pp.72</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01520721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plonéour-Lanvern (Finistère), Kersulec. Un dépôt en fosse du Néolithique moyen 2 et une occupation de l’âge du Bronze ancien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vérane Brisotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Collado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Conan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Institut national de recherches archéologiques préventives. 2016, pp.231</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01778701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GUIPAVAS (Finistère), ZAC Nord Lavallot. Occupations diachroniques du plateau léonard : Des premiers agriculteurs à la libération de Brest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Bideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vérane Brisotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Coffineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Hallégouët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap. 2015, 354 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04108596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programme de prospections « Bronze ancien », rapport n° 5 : fouille programmée du site de Kerneïs Langristin (Plounévez-Lochrist, 29)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clement Nicolas</w:t>
+                <w:t xml:space="preserve">Pierre Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yvan Pailler</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Lorraine Manceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Françoise Cherel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Service régional de l’Archéologie Bretagne. 2015, pp.87</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02884542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'occupation archéologique des îles de Kemenez et Litiri, archipel de Molène (Finistère). L'apport des prospections de surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Kergourlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Gandois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cuisnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soisig Cuisnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Conservatoire du Littoral, délégation Bretagne. 2013, 79 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04138578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programme de prospections « Bronze ancien », rapport n° 3 : Rapport de prospection thématique à Lannilis et ses communes environnantes (29). Opération n° 2011 - 213, autorisation préfectorale du 24 avril 2011</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Gandois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Kergourlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Le Carlier de Veslud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Bretagne. 2011, 102 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02884548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Opération n° 2010 – 211, autorisation préfectorale du 17 février 2010</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clement Nicolas</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Pierre Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Quillivic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Service régional de l’Archéologie Bretagne. 2010, pp.129</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02884553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programme archéologique molenais : prospection inventaire sur les îles de Quéménez (Le Conquet) et du Lédénez Vraz (Molène) (Finistère), autorisation préfectorale du 22 mai 2009</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Gandois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Sparfel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Goslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">13, SRA Bretagne. 2009, 56 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04139420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programme de prospections « Bronze ancien », rapport n° 1, rapport de prospection inventaire à Plouvorn et ses environs (29)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Blitte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Duigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Lemaître</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Service régional de l'Archéologie Bretagne. 2009, pp.51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02884554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -20560,134 +21083,134 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An interdisciplinary approach to Recent/Final Neolithic coastal gallery graves in Brittany, western France. The 3D-structure, origin of rock material and paleoenvironmental setting of the Kernic and Lerret monuments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aneta Gorczynska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Pailler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03909363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -20697,573 +21220,168 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une enceinte du Néolithique moyen II : Méry-sur-Marne, &amp;quot; La Remise&amp;quot; (Seine-et-Marne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bulard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélodie Barray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ève Boitard-Bidaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Cayol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue archéologique d'Île-de-France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 12, pp.5-132, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02887019v1</w:t>
-              </w:r>
-[...403 lines deleted...]
-                <w:t xml:space="preserve">hal-04116585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId448"/>
+      <w:footerReference w:type="default" r:id="rId449"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -21410,51 +21528,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426930v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanchet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Favrel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Fily" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Nicolas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Pailler" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426912v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426916v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Lemaire" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670592v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aneta Gorczynska" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre St&#233;phan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Le Roy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Ehrhold" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670567v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillian St&#233;phan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gu&#233;rin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Suanez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335960v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Le Gall" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336002v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335743v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335816v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908154v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Valero" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lambert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Vidal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336038v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908073v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie David" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Martin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie P&#233;naud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908184v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Penaud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908047v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiem Fersi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03652898v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03461861v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Creusillet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Irribarria" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coubray" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Coussot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Dietsch-Sellami" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586048v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camielsa Pr&#233;vost" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Blasco" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Forr&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fromont" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510235v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nicolas" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pierson" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Aubry" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052038v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070324v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cudennec" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Paulet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493997v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophane Nicolas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051537v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02413150v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Petrequin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Cassen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel G.L. Errera" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Petrequin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02324394v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Cinquetti" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon F&#224;bregas Valcarce" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32028/9781789692808-20" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02876658v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371588v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#233;na Audouard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Convertini" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klet Donnart" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052002v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051585v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02345283v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Mayer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03222785v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Audouard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051632v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724873v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn R&#233;guer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bellot-Gurlet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;rane Brisotto" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884468v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03652874v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724881v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Escats" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pailler Yvan" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861066v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Maligorne" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Gregoire" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991516v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877831v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861459v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148565v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Grall" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148569v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Le Bris" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520982v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dupont" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Th&#233;bault" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503805v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148545v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148551v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Le Goff" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Kergourlay" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148537v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Paul" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Gandois" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Dantec" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520657v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520687v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520629v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge S. Suanez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884472v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093222v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tresset" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093318v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406477v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Fouquet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Keroulle" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bod&#233;n&#232;s" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04951605v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09596836251313635" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025253v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.111361" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151031v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Hinguant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Mabo" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Agranier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bernard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209591v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brunet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Auxiette" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Berrio" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bonnardin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cayol" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.4290" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780936v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Oliveira" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Stephan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2024.104805" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631461v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Gomez De Soto" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11wmd" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865946v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Marcigny" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12n3l" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736802v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aneta Gorczy&#324;ska" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2024.108983" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396855v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akshyeta Suryanarayan" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/cr-palevol2024v23a1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04162646v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gor Marchand" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824296v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aeolia.2022.100851" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160612v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gea.21970" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063044v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thrine H Freiesleben" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Galinand" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03824739v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2022.107678" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04045175v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Alves" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Giemza" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Blum" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Bernhardsson" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Chatel" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2022.02.03.478491" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554228v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Reguer" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Carlier de Veslud" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2021.15250" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507764v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2021.15173" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101998v2" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ojoa.12230" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569726v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Rofes" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cersoy" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zazzo" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Royer" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;yves Nicod" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jqs.3193" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992022v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895508v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Ganne" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Eynaud" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Coste" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2019.106135" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444675v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-019-00999-x" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401391v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Rodr&#237;guez-Rell&#225;n" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon F&#225;bregas Valcarce" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Grimaud" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4312/dp.46.19" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369521v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Goubert" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683618816457" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759195v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021995v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Goslin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pailler" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose Manceau" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bor.12092" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241560v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P&#233;trequin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chevillot" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761653v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Tin&#233;vez" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Hamon" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guirec Querr&#233;" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2015.14522" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01169355v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Ferrette" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092640v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Sparfel" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ppr.2014.9" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-3W91DVCR-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03806144v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Simon" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/aremo.2014.907" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01487945v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lard&#233;" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Rolet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01244792v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arquille J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gard&#232;re" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Linton" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093125v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.2013.2501" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01147546v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Nicolas" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier H&#233;naff" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Juhel" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anthro.2013.02.002" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T2XTQ9DK-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240170v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Napoli" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Lusson" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poupon Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Froquet-Uzel" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Pradat" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00588066v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.3662" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379023v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Boujot" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Errera" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Meunier" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372140v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Gauthier" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778684v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Josselin" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Moalic" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695606v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fauvelle" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gadelle" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aous" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Debouzy" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1016063103736" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-B390ZNMM-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906325v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906314v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hall&#233;gouet" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mauguin" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778694v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Auvray" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gouletquer" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778484v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429979v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Manceau" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429995v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429989v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410945v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel M&#233;lin" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pihuit" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/revues/ra-28-l-age-du-bronze-en-france-2500-a-800-avant-notre-ere-syntheses-regionales/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223807v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Feliu" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194262v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Verdin" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580945v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906274v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02324282v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02324362v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Tissier" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Griveau" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02083140v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Prodeo" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sidestone.com/books/contacts-boundaries-and-innovation-in-the-fifth-millennium" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578377v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie P&#233;trequin" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02324240v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066023v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lolita Rousseau" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxbowbooks.com/oxbow/the-bell-beaker-settlement-of-europe.html" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02324294v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965971v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02324212v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02155247v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sidestone.com/books/une-maison-sous-les-dunes" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02150645v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861274v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ehrhold" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcaurelio Franzetti" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02324251v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02324313v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gonidec" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02324341v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Pineau" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309639v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Gandois" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100634v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566332v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nicolas" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Audouard" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Donnart" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02868518v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760197v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759642v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Buthod-Ruffier" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760223v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760234v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01146345v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yvane Daire" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice M&#233;niel" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Baudry" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Dr&#233;ano" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461097v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Cornen" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Denaire" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884380v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884378v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884363v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00670663v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Klassen" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00824832v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lutz Klassen" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00670696v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Errera" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00670581v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Sheridan" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Petrequin" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00824738v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sheridan" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884384v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewen Ihuel" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00476187v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008373v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162617v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008430v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760304v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Sheridan" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760966v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Herbaut" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061890v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Jumaucourt" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iness Bernier" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-19154" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379466v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380632v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Onfray" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724893v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884478v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884476v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lacombe" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724886v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503837v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426918v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008170v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Barloy-Hubler" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Cabot" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Calonnec" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825038v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chazot" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866512v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trine H Freisleben" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gu&#233;guen" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108589v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Clochon" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Dieu" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Duigou" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586460v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Corsi" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713503v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Durbet" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment F&#233;liu" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fores" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877782v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Barraco" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barth&#233;l&#233;my-Sylvand" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris-C&#233;cile Besnard-Vauterin" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165920v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Culioli" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Delage" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825053v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01801083v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520721v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778701v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Collado" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Conan" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108596v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bideau" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Coffineau" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hall&#233;gou&#235;t" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884542v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Cherel" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138578v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cuisnier" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soisig Cuisnier" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884548v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884553v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Denis" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Quillivic" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139420v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884554v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blitte" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lema&#238;tre" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909363v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887019v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bulard" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Barray" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#200;ve Boitard-Bidaut" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02148933v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781445v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Chaigneau" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Chauris" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fichaut" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01786847v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116585v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Arzel" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Cohic" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429995v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Pailler" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Nicolas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429979v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre St&#233;phan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Manceau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429989v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410945v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanchet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel M&#233;lin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nicolas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophane Nicolas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pihuit" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/revues/ra-28-l-age-du-bronze-en-france-2500-a-800-avant-notre-ere-syntheses-regionales/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223807v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Feliu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194262v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gor Marchand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Verdin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580945v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906274v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02324240v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578377v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P&#233;trequin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie P&#233;trequin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Cinquetti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel G.L. Errera" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon F&#224;bregas Valcarce" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066023v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Favrel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lolita Rousseau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxbowbooks.com/oxbow/the-bell-beaker-settlement-of-europe.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02324294v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965971v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#233;na Audouard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Convertini" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klet Donnart" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02324212v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02155247v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sidestone.com/books/une-maison-sous-les-dunes" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02150645v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861274v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Gandois" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ehrhold" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Dantec" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcaurelio Franzetti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02324341v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Pineau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02324313v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gonidec" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02324251v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309639v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Stephan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Gandois" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Ehrhold" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566332v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pailler" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nicolas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Audouard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Donnart" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100634v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Cassen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Errera" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02868518v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Fily" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02324282v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tresset" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02324362v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Rolet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Tissier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Griveau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02083140v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Prodeo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sidestone.com/books/contacts-boundaries-and-innovation-in-the-fifth-millennium" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760223v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Buthod-Ruffier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759642v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760234v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Petrequin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760197v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Petrequin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01146345v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Hamon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yvane Daire" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice M&#233;niel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Baudry" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Dr&#233;ano" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461097v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chevillot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Cornen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Denaire" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884378v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884380v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Maligorne" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884363v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00824832v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Gauthier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lutz Klassen" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00670663v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Klassen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00670696v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Errera" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00670581v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Sheridan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Petrequin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00824738v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sheridan" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884384v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewen Ihuel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Sparfel" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00476187v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008373v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162617v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008430v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760304v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Sheridan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760966v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Herbaut" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04951605v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Valero" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Penaud" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lambert" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Vidal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09596836251313635" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025253v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie David" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aneta Gorczynska" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.111361" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151031v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Hinguant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Mabo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Agranier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bernard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406477v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Fouquet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Keroulle" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bod&#233;n&#232;s" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780936v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cudennec" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Oliveira" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2024.104805" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209591v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brunet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Auxiette" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Berrio" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bonnardin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cayol" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.4290" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865946v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Marcigny" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12n3l" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631461v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Gomez De Soto" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11wmd" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736802v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aneta Gorczy&#324;ska" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2024.108983" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396855v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camielsa Pr&#233;vost" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akshyeta Suryanarayan" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Blasco" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/cr-palevol2024v23a1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063044v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Aubry" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thrine H Freiesleben" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Galinand" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160612v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Le Gall" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gea.21970" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04162646v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824296v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie P&#233;naud" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aeolia.2022.100851" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03824739v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiem Fersi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2022.107678" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04045175v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Alves" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Giemza" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Blum" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Bernhardsson" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Chatel" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2022.02.03.478491" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101998v2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pierson" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ojoa.12230" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507764v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2021.15173" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554228v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Reguer" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;rane Brisotto" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Carlier de Veslud" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2021.15250" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895508v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Ganne" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Eynaud" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Coste" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2019.106135" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569726v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Rofes" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cersoy" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zazzo" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Royer" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;yves Nicod" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jqs.3193" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992022v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Audouard" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444675v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn R&#233;guer" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bellot-Gurlet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-019-00999-x" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401391v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Rodr&#237;guez-Rell&#225;n" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon F&#225;bregas Valcarce" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Grimaud" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4312/dp.46.19" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369521v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Le Roy" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Goubert" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683618816457" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759195v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241560v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761653v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Tin&#233;vez" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guirec Querr&#233;" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2015.14522" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021995v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Goslin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose Manceau" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge S. Suanez" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bor.12092" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092640v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pailler Yvan" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ppr.2014.9" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-3W91DVCR-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03806144v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Ferrette" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Simon" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/aremo.2014.907" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01487945v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lard&#233;" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Creusillet" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Irribarria" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01169355v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01244792v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arquille J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gard&#232;re" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Linton" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093125v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galip.2013.2501" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01147546v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Nicolas" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier H&#233;naff" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Juhel" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anthro.2013.02.002" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T2XTQ9DK-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240170v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Napoli" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Lusson" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poupon Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Froquet-Uzel" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Pradat" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00588066v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.3662" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379023v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Boujot" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Meunier" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372140v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778684v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Josselin" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Moalic" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695606v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fauvelle" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gadelle" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aous" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Debouzy" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1016063103736" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-B390ZNMM-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906314v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hall&#233;gouet" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mauguin" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906325v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778694v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Auvray" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gouletquer" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778484v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05542867v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02148933v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781445v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Chaigneau" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Chauris" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fichaut" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01786847v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116585v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Arzel" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Cohic" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Paulet" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061890v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Jumaucourt" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gu&#233;rin" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Le Bris" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iness Bernier" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-19154" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379466v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380632v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillian St&#233;phan" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Onfray" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884478v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884476v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lacombe" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724886v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724893v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503837v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426918v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426912v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426916v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Lemaire" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426930v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670592v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670567v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Suanez" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335743v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335816v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335960v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336002v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908073v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Martin" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908184v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908047v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336038v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908154v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586048v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Forr&#233;" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fromont" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510235v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03461861v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coubray" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Coussot" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Dietsch-Sellami" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03652898v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052038v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070324v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371588v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02413150v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02324394v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32028/9781789692808-20" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02876658v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02345283v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Mayer" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051585v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052002v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03222785v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051632v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493997v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051537v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884468v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03652874v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724881v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Escats" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861066v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Gregoire" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877831v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991516v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724873v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861459v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148565v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Grall" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148569v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520982v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dupont" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Th&#233;bault" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503805v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148537v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Paul" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148545v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148551v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Le Goff" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Kergourlay" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520657v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520687v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520629v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884472v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093222v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01093318v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008170v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Barloy-Hubler" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Cabot" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Calonnec" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825038v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chazot" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866512v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trine H Freisleben" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gu&#233;guen" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108589v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Clochon" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Dieu" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Duigou" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586460v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Corsi" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713503v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Durbet" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment F&#233;liu" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fores" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877782v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Barraco" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barth&#233;l&#233;my-Sylvand" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris-C&#233;cile Besnard-Vauterin" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165920v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Culioli" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Delage" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825053v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01801083v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520721v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778701v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Collado" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Conan" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108596v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bideau" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Coffineau" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hall&#233;gou&#235;t" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884542v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Cherel" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138578v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cuisnier" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soisig Cuisnier" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884548v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884553v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Denis" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Quillivic" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139420v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884554v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blitte" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lema&#238;tre" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909363v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887019v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bulard" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Barray" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#200;ve Boitard-Bidaut" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>