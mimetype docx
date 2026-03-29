--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -1494,278 +1494,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01900297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experiments with mixing in stratified flow over a topographic ridge</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Knife-bladed vortices in non-Newtonian fluids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Madelaine G Rosevear</w:t>
+                <w:t xml:space="preserve">E Freyssingeas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ross W Griffiths</w:t>
+                <w:t xml:space="preserve">D Frelat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew Mcc Hogg</w:t>
+                <w:t xml:space="preserve">Y Dossmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graham O Hughes</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">J.-C Géminard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 121 (9), pp.6961-6977. </w:t>
+              <w:t xml:space="preserve">Papers in physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 8, pp.080007. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/2016JC011990⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4279/pip.080007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01486129v1</w:t>
+                <w:t xml:space="preserve">hal-01417929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Knife-bladed vortices in non-Newtonian fluids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experiments with mixing in stratified flow over a topographic ridge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Dossmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E Freyssingeas</w:t>
+                <w:t xml:space="preserve">Madelaine G Rosevear</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D Frelat</w:t>
+                <w:t xml:space="preserve">Ross W Griffiths</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y Dossmann</w:t>
+                <w:t xml:space="preserve">Andrew Mcc Hogg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-C Géminard</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Graham O Hughes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Papers in physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 8, pp.080007. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 121 (9), pp.6961-6977. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4279/pip.080007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/2016JC011990⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01417929v1</w:t>
+                <w:t xml:space="preserve">hal-01486129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Topographically induced internal solitary waves in a pycnocline: Ultrasonic probes and stereo-correlation measurements</w:t>
               </w:r>
@@ -3659,52 +3659,192 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00758207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers une mesure simultanée du mélange et du transport turbulents en écoulement bicouche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noé Clavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Dossmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Volk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Bourgoin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26ème congrès français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Metz (France), France. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05292922v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId118"/>
+      <w:footerReference w:type="default" r:id="rId122"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3851,51 +3991,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05318396v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Harrouk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Mehaddi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Arcen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Dossmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2025.10759" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04530429v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gagan Kewalramani" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bowen Ji" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Becker" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gradeck" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2024.161" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04151013v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rimbert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miloud Hadj-Achour" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Labergue" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2023.104518" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105133v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Schneider" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Dossmann" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Farges" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Regnier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kiesgen de Richter" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-022-03562-y" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03765626v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-022-03496-5" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193053v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kial Stewart" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callum Shakespeare" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Mcc. Hogg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-021-03190-y" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169513v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JC016503" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678878v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pollet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Odier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dauxois" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JC013309" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01914770v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Auclair" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bordois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Duhaut" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Paci" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocemod.2018.07.011" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491186v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jenny" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Kiesgen de Richter" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Louvet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salahedine Skali-Lami" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.2.023302" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900297v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bourget" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brouzet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Joubaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-016-2212-y" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01486129v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madelaine G Rosevear" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross W Griffiths" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Mcc Hogg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham O Hughes" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JC011990" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417929v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Freyssingeas" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Frelat" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Dossmann" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C G&#233;minard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4279/pip.080007" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01102330v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lepilliez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cid" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4873202" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347345v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Estournel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocemod.2014.03.002" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01753326v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Auclair" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Paci" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4817373" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01753319v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4808163" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000043v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dossmann Y." TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paci A." TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auclair F." TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floor J." TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-011-1155-6" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461387v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05292893v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Bultel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joy Surjy Deb" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312940v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847310v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-10029" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193061v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443687v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callum Shalespeare" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643735v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Micard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Gostiaux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665071v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Ferrari" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01365953v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00924412v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291732v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Gadal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Schneider" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Bonamy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chauchat" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394216727.ch2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00758207v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05318396v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Harrouk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Mehaddi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Arcen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Dossmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2025.10759" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04530429v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gagan Kewalramani" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bowen Ji" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Becker" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gradeck" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2024.161" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04151013v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rimbert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miloud Hadj-Achour" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Labergue" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2023.104518" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105133v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Schneider" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Dossmann" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Farges" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Regnier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kiesgen de Richter" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-022-03562-y" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03765626v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-022-03496-5" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193053v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kial Stewart" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callum Shakespeare" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Mcc. Hogg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-021-03190-y" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169513v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JC016503" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678878v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pollet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Odier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dauxois" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JC013309" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01914770v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Auclair" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bordois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Duhaut" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Paci" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocemod.2018.07.011" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491186v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jenny" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Kiesgen de Richter" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Louvet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salahedine Skali-Lami" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.2.023302" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900297v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bourget" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brouzet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Joubaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-016-2212-y" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417929v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Freyssingeas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Frelat" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Dossmann" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C G&#233;minard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4279/pip.080007" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01486129v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madelaine G Rosevear" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross W Griffiths" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Mcc Hogg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham O Hughes" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JC011990" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01102330v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lepilliez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cid" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4873202" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347345v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Estournel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocemod.2014.03.002" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01753326v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Auclair" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Paci" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4817373" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01753319v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4808163" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000043v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dossmann Y." TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paci A." TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auclair F." TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floor J." TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-011-1155-6" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461387v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05292893v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Bultel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joy Surjy Deb" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312940v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847310v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-10029" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193061v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443687v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callum Shalespeare" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643735v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Micard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Gostiaux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665071v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Ferrari" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01365953v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00924412v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291732v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Gadal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Schneider" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Bonamy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chauchat" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394216727.ch2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00758207v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05292922v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Clavier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Volk" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Bourgoin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>