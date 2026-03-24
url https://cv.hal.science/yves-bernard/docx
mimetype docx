--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1152,278 +1152,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03182203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanics-aided digital image correlation for the investigation of piezoelectric and ferroelectric behaviour of a soft PZT</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of giant magnetostrictive materials under static stress: influence of loading boundary conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Domenjoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Galopin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Corcolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2018.12.058⟩</w:t>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 28 (9), pp.095012. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/ab313b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02043530v1</w:t>
+                <w:t xml:space="preserve">hal-02293690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of giant magnetostrictive materials under static stress: influence of loading boundary conditions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mechanics-aided digital image correlation for the investigation of piezoelectric and ferroelectric behaviour of a soft PZT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Segouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Domenjoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 28 (9), pp.095012. </w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 39 (6), pp.2091-2102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/ab313b⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2018.12.058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02293690v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02043530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2D Traveling Wave Driven Piezoelectric Plate Robot for Planar Motion</w:t>
               </w:r>
@@ -1702,235 +1702,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01705386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real time implementation of H-infinity and RST motion control of rotary traveling wave ultrasonic motor</w:t>
+                <w:t xml:space="preserve">H-infinity and RST Position Controllers of Rotary Traveling Wave Ultrasonic Motor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhanned Brahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imen Bahri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechatronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 44, pp.14-23. </w:t>
+              <w:t xml:space="preserve">International Journal of Mechanical &amp; Mechatronics Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 11 (2), pp.334-341. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mechatronics.2017.04.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.1128773⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01692522v1</w:t>
+                <w:t xml:space="preserve">hal-01692565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H-infinity and RST Position Controllers of Rotary Traveling Wave Ultrasonic Motor</w:t>
+                <w:t xml:space="preserve">Real time implementation of H-infinity and RST motion control of rotary traveling wave ultrasonic motor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhanned Brahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imen Bahri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Mechanical &amp; Mechatronics Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 11 (2), pp.334-341. </w:t>
+              <w:t xml:space="preserve">Mechatronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 44, pp.14-23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5281/zenodo.1128773⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mechatronics.2017.04.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01692565v1</w:t>
+                <w:t xml:space="preserve">hal-01692522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Static force transducer based on resonant piezoelectric structure: Root cause investigation</w:t>
               </w:r>
@@ -2758,213 +2758,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00606640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Délocalisation de diplômes universitaires français au Vietnam dans le cadre du PUF, cas du master Information, Systèmes et Technologie (IST-EEA) de l'université Paris-Sud 11 et l'ENS Cachan</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling of a Plate Structure With Piezoelectric Patches: Damping Application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Corcolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bouillault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bernard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Retailleau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 44 (6), pp.798-801</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01227360v1</w:t>
+                <w:t xml:space="preserve">hal-00352288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of a Plate Structure With Piezoelectric Patches: Damping Application</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Délocalisation de diplômes universitaires français au Vietnam dans le cadre du PUF, cas du master Information, Systèmes et Technologie (IST-EEA) de l'université Paris-Sud 11 et l'ENS Cachan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Retailleau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/j3ea:2008041⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00352288v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01227360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de structures de type plaque contenant des matériaux piézoélectriques</w:t>
               </w:r>
@@ -2976,51 +2976,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Corcolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bouillault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4698,278 +4698,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02401768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and Validation of FEM Models for a 6-axis Single Mass Piezoelectric Motion Sensor</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Brahim Mezghani</w:t>
+                <w:t xml:space="preserve">Dynamic contact modelling for resonant piezoelectric motor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Harmouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Marchal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE 15th International Multi-Conference on Systems, Signals and Devices (SSD'18)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">16th International Conference on New Actuators &amp; Exhibition on Smart Actuators and Drive Systems (Actuator 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Bremen, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01859915v1</w:t>
+                <w:t xml:space="preserve">hal-03277816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic contact modelling for resonant piezoelectric motor</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">K Harmouch</w:t>
+                <w:t xml:space="preserve">Development and Validation of FEM Models for a 6-axis Single Mass Piezoelectric Motion Sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sinda Kaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hela Almabrouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fares Tounsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Mezghani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bernard</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">P. Marchal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th International Conference on New Actuators &amp; Exhibition on Smart Actuators and Drive Systems (Actuator 2018)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE 15th International Multi-Conference on Systems, Signals and Devices (SSD'18)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Hammamet, Tunisia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ssd.2018.8570594⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03277816v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01859915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design Presentation and Induced-Stress Study of a 6-axis Single-Mass Piezoelectric IMU</w:t>
               </w:r>
@@ -5187,51 +5187,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01477344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure de déformations piézoélectriques par corrélation d’images numériques</w:t>
+                <w:t xml:space="preserve">Development of a 2D DIC experimental tool for piezoelectric strains measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Segouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Domenjoud</w:t>
@@ -5249,97 +5249,106 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MECAMAT Aussois 2017</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Conference of the International Digital Image Correlation Society and Society for Experimental Mechanics (iDICs 2016-SEM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Philadelphia, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-51439-0_11⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01456910v1</w:t>
+                <w:t xml:space="preserve">hal-01456874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a 2D DIC experimental tool for piezoelectric strains measurements</w:t>
+                <w:t xml:space="preserve">Mesure de déformations piézoélectriques par corrélation d’images numériques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Segouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Domenjoud</w:t>
@@ -5357,82 +5366,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference of the International Digital Image Correlation Society and Society for Experimental Mechanics (iDICs 2016-SEM)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MECAMAT Aussois 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Aussois, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-51439-0_11⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01456874v1</w:t>
+                <w:t xml:space="preserve">hal-01456910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling and Robust Closed Loop Position Controllers of Piezoelectric Actuator Drive (PAD)</w:t>
               </w:r>
@@ -5516,239 +5516,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01692571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Macro model analysis of a single mass 6-DOF Inertial Measurement Unit system</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Resonance frequency tracking for piezoelectric devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maha Kharroubi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Brahim Mezghani</w:t>
+                <w:t xml:space="preserve">Safour Salaheddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 11th International Design &amp; Test Symposium (IDT)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Actuator16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Bremen, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01705506v1</w:t>
+                <w:t xml:space="preserve">hal-01705563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resonance frequency tracking for piezoelectric devices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Safour Salaheddine</w:t>
+                <w:t xml:space="preserve">Macro model analysis of a single mass 6-DOF Inertial Measurement Unit system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hela Almabrouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maha Kharroubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fares Tounsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Mezghani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actuator16</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2016 11th International Design &amp; Test Symposium (IDT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Hammamet, Tunisia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IDT.2016.7843057⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01705563v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01705506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piezomotor for automotive applications</w:t>
               </w:r>
@@ -5803,51 +5803,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stator/Rotor Interface Analysis for Piezoelectric Motors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Harmouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6114,51 +6114,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of static and dynamic force sensor based on Piezoelectric material</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safour Salaheddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6315,213 +6315,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01235570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radial Traveling Wave Ultrasonic Piezoelectric Motor: an analysis of performance enhancing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling and RST position control of Rotary Traveling Wave Ultrasonic Motor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhanned Brahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Bahri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bernard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camilo Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Piezo15</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE conference on System Process &amp; Control (ICSPC2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Bandar Sunway, Malaysia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/spc.2015.7473553⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01274341v1</w:t>
+                <w:t xml:space="preserve">hal-01264173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling and RST position control of Rotary Traveling Wave Ultrasonic Motor</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Radial Traveling Wave Ultrasonic Piezoelectric Motor: an analysis of performance enhancing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camilo Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE conference on System Process &amp; Control (ICSPC2015)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Piezo15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, Maribor, Slovenia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/spc.2015.7473553⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01264173v1</w:t>
+                <w:t xml:space="preserve">hal-01274341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radial traveling wave ultrasonic motor design.</w:t>
               </w:r>
@@ -6727,51 +6727,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse du comportement magnétique et étude de sensibilité d’un système pour la transmission de puissance sans fil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safour Salaheddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6898,204 +6898,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01264152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Piezoelectric valves design and optimization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">MODELISATION DE STRUCTURES COMPOSITES PIEZO-METAL ASYMETRIQUES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Hariri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Razek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACTUATOR 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Bremen, Allemagne. pp.191-193</w:t>
+              <w:t xml:space="preserve">MECAMAT 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2012, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00779595v1</w:t>
+                <w:t xml:space="preserve">hal-00779580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MODELISATION DE STRUCTURES COMPOSITES PIEZO-METAL ASYMETRIQUES</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Piezoelectric valves design and optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Razek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MECAMAT 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2012, Aussois, France</w:t>
+              <w:t xml:space="preserve">ACTUATOR 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Bremen, Allemagne. pp.191-193</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00779580v1</w:t>
+                <w:t xml:space="preserve">hal-00779595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling and experimental study of a two modes excitation traveling wave piezoelectric miniuature robot</w:t>
               </w:r>
@@ -7490,217 +7490,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01859731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation par éléments finis d'un système asymétrique de type poutre avec des patchs piézoélectriques</w:t>
+                <w:t xml:space="preserve">Finite element model of a beam structure with RL shunt circuits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Hariri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Razek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EF 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Paris, France. pp.10</w:t>
+              <w:t xml:space="preserve">AC2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Darmstadt, Germany. pp.124-131</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00712517v1</w:t>
+                <w:t xml:space="preserve">hal-00712503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finite element model of a beam structure with RL shunt circuits</w:t>
+                <w:t xml:space="preserve">Modélisation par éléments finis d'un système asymétrique de type poutre avec des patchs piézoélectriques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Hariri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Razek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AC2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Darmstadt, Germany. pp.124-131</w:t>
+              <w:t xml:space="preserve">EF 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Paris, France. pp.10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00712503v1</w:t>
+                <w:t xml:space="preserve">hal-00712517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception d’une soucoupe volante (ou illustration du phénomène de lévitation magnétique)</w:t>
               </w:r>
@@ -8407,73 +8407,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mulet Marquis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème colloque Jeunes chercheurs - Alain Bouyssy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2008, Orsay, France</w:t>
+              <w:t xml:space="preserve">4ème Forum Cifre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, La Défense, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00353097v1</w:t>
+                <w:t xml:space="preserve">hal-00353094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transfert d'énergie en régime impulsionnel</w:t>
               </w:r>
@@ -8502,73 +8502,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mulet Marquis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4ème Forum Cifre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, La Défense, France</w:t>
+              <w:t xml:space="preserve">16ème colloque Jeunes chercheurs - Alain Bouyssy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2008, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00353094v1</w:t>
+                <w:t xml:space="preserve">hal-00353097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling of an electromagnetic device operating in pulse mode</w:t>
               </w:r>
@@ -10269,51 +10269,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346120v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Razek" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bernard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/act14110528" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930862v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandip Jana" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Ghenna" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saikat Kumar Shome" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arup Kumar Nandi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.precisioneng.2025.01.027" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805678v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Ajnada" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Daniel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389X241259371" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882445v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechatronics.2022.102928" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097781v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Berhil" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Barati" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389X221128568" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103445v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Corcolle" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2631-8695/ac68d4" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03256319v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Segouin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Domenjoud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2021.116870" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182214v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Almabrouk" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mezghani" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Agnus" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kaziz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48084/etasr.3711" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182203v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Almabrouk" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hadj Sa&#239;d" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fares Tounsi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Mezghani" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Agnus" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14569/IJACSA.2020.0111207" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02043530v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2018.12.058" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02293690v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Berthelot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Galopin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ab313b" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705415v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Hariri" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMECH.2018.2791508" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02401589v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brahim" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bernard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bahri" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMA.2018.095516" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705386v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salaheddine Safour" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2017160422" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01692522v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhanned Brahim" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Bahri" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechatronics.2017.04.003" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01692565v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1128773" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705475v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/aa63da" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338303v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Refzul Khairi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bernard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-2018" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01227322v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hariri" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Razek" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389X15572013" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01227336v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cls-2015-0002" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00933617v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/23/2/025013" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00931590v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Hernandez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2013.2779" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779508v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/21/6/064009" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-DTG50KVG-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00606640v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hernandez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2010090" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227360v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Retailleau" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea:2008041" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00352288v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouillault" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227365v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Sala&#252;n" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Richard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rige.11.717-730" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/ADD83ABE47871C638F684441E571F70DDF23730A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336752v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sala&#252;n" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bouillault" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Richard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321640810836762" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/4W2-L3GJM6LM-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227362v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea:2008033" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227382v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maalej A." TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lebrun" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ducharne" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/jae-2007-750" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227341v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunyoto Sunyoto" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2978/jsas.18.162" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227369v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Salon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bouchilloux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2004.825323" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227367v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ossart" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/jae-2004-625" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00201134v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shebel Al-Sabbah" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Mendes" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227348v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mendes" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bouillault" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/20.996228" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227364v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cl&#233;net" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Ouled-Amor" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Feliachi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rige.5.359-369" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6AAFB70B50CB3206F06BAAC85FF124C9A560D373/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227354v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Santandrea" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap:2000178" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FB385B3682D79B223858C4AACA410E28DF047EEE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859974v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Ren" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321640010347439" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FD093EC66FCF82BD31E9C56087F88AC6155EF680/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02001097v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03287255v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02401768v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinda Kaziz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM.2018.8703996" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859915v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ssd.2018.8570594" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03277816v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Harmouch" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Aubry" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marchal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02401755v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM.2018.8703989" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01477344v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01456910v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01456874v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-51439-0_11" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01692571v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSD.2017.8166946" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705506v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Kharroubi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IDT.2016.7843057" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705563v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safour Salaheddine" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859797v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417646v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705555v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Poirier-Quinot" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Ginefri" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705614v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Safour" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MECATRONICS.2016.7547172" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01274345v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01235570v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Laurent" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01274341v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01264173v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/spc.2015.7473553" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00948032v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272457v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gava" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;drik Besseyre" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Crouzet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Marliere" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01274350v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264152v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779595v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779580v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779581v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712502v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263725v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Loup Christen" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2529/PIERS101119023710" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859731v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Tian" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712517v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712503v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322637v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Santandrea" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555705v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camillo Hernandez" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555702v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00557539v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447261v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555704v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00352911v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Bouaoune" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaatar Makni" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mulet Marquis" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00353097v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00353094v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00352906v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268309v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322669v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00201132v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825966v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115640v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Brousselle" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182258v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03534346v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Harmouch" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01263919v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263916v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263779v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Hernandez-Rodriguez" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263913v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263793v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263877v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pera" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Roudot" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263785v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263751v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346120v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Razek" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bernard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/act14110528" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930862v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandip Jana" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Ghenna" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saikat Kumar Shome" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arup Kumar Nandi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.precisioneng.2025.01.027" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805678v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Ajnada" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Daniel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389X241259371" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882445v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechatronics.2022.102928" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097781v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Berhil" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Barati" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389X221128568" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103445v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Corcolle" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2631-8695/ac68d4" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03256319v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Segouin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Domenjoud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2021.116870" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182214v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Almabrouk" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mezghani" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Agnus" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kaziz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48084/etasr.3711" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182203v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Almabrouk" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hadj Sa&#239;d" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fares Tounsi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Mezghani" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Agnus" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14569/IJACSA.2020.0111207" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02293690v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Berthelot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Galopin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ab313b" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02043530v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2018.12.058" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705415v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Hariri" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMECH.2018.2791508" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02401589v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brahim" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bernard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bahri" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMA.2018.095516" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705386v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salaheddine Safour" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2017160422" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01692565v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhanned Brahim" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Bahri" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1128773" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01692522v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechatronics.2017.04.003" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705475v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/aa63da" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338303v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Refzul Khairi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bernard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-2018" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01227322v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hariri" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Razek" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389X15572013" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01227336v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cls-2015-0002" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00933617v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/23/2/025013" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00931590v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Hernandez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2013.2779" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779508v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/21/6/064009" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-DTG50KVG-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00606640v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hernandez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2010090" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00352288v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouillault" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227360v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Retailleau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea:2008041" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227365v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Sala&#252;n" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Richard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rige.11.717-730" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/ADD83ABE47871C638F684441E571F70DDF23730A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336752v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sala&#252;n" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bouillault" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Richard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321640810836762" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/4W2-L3GJM6LM-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227362v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea:2008033" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227382v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maalej A." TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lebrun" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ducharne" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/jae-2007-750" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227341v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunyoto Sunyoto" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2978/jsas.18.162" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227369v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Salon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bouchilloux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2004.825323" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227367v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ossart" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/jae-2004-625" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00201134v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shebel Al-Sabbah" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Mendes" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227348v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mendes" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bouillault" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/20.996228" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227364v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cl&#233;net" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Ouled-Amor" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Feliachi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rige.5.359-369" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6AAFB70B50CB3206F06BAAC85FF124C9A560D373/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227354v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Santandrea" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap:2000178" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FB385B3682D79B223858C4AACA410E28DF047EEE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859974v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Ren" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321640010347439" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FD093EC66FCF82BD31E9C56087F88AC6155EF680/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02001097v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03287255v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02401768v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinda Kaziz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM.2018.8703996" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03277816v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Harmouch" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Aubry" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marchal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859915v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ssd.2018.8570594" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02401755v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM.2018.8703989" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01477344v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01456874v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-51439-0_11" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01456910v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01692571v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSD.2017.8166946" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705563v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safour Salaheddine" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705506v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Kharroubi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IDT.2016.7843057" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859797v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417646v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705555v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Poirier-Quinot" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Ginefri" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705614v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Safour" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MECATRONICS.2016.7547172" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01274345v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01235570v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Laurent" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01264173v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/spc.2015.7473553" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01274341v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00948032v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272457v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gava" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;drik Besseyre" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Crouzet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Marliere" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01274350v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264152v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779580v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779595v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779581v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712502v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263725v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Loup Christen" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2529/PIERS101119023710" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859731v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Tian" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712503v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712517v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322637v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Santandrea" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555705v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camillo Hernandez" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555702v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00557539v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447261v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555704v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00352911v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Bouaoune" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaatar Makni" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mulet Marquis" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00353094v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00353097v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00352906v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268309v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322669v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00201132v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825966v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115640v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Brousselle" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182258v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03534346v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Harmouch" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01263919v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263916v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263779v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Hernandez-Rodriguez" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263913v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263793v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263877v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pera" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Roudot" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263785v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263751v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>