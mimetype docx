--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -3350,404 +3350,404 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03983315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transrating by frequencies selectivity for H.264/AVC intra pictures</w:t>
+                <w:t xml:space="preserve">TOSCANE : TOwards SCalable Audiovisual Communication Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Deknudt</w:t>
+                <w:t xml:space="preserve">O. Salem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Corlay</w:t>
+                <w:t xml:space="preserve">L. Carminati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">A. Senoussaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Renan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A.S. Bacquet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Guarisco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2009 IEEE International Symposium on Broadband Multimedia Systems and Broadcasting (BMSB)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ISBMSB.2009.5133730⟩</w:t>
+              <w:t xml:space="preserve">IEEE Global Information Infrastructure Symposium, GIIS 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Tunisia. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/GIIS.2009.5307043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03983468v1</w:t>
+                <w:t xml:space="preserve">hal-00474153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TOSCANE : TOwards SCalable Audiovisual Communication Networks</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transrating by frequencies selectivity for H.264/AVC intra pictures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Carminati</w:t>
+                <w:t xml:space="preserve">Christophe Deknudt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Senoussaoui</w:t>
+                <w:t xml:space="preserve">Patrick Corlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Bacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Renan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A.S. Bacquet</w:t>
+                <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Guarisco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Global Information Infrastructure Symposium, GIIS 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Tunisia. pp.1-6, </w:t>
+              <w:t xml:space="preserve">2009 IEEE International Symposium on Broadband Multimedia Systems and Broadcasting (BMSB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Bilbao, Spain. pp.1-7, </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/GIIS.2009.5307043⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ISBMSB.2009.5133730⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00474153v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03983468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TOSCANE: TOwards SCalable audiovisual communication networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Salem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Carminati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Senoussaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Renan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A-S. Bacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2009 Global Information Infrastructure Symposium (GIIS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Hammemet, Tunisia. pp.1-6, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/GIIS.2009.5307043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03983467v1</w:t>
@@ -3758,130 +3758,130 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transrating by frequencies selectivity for H.264/AVC intra pictures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Deknudt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Corlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.S. Bacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Guarisco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Symposium on Broadband Multimedia Systems and Braodcasting, BMSB 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Spain. pp.59-64, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ISBMSB.2009.5133730⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00474152v1</w:t>
@@ -3892,90 +3892,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TOSCANE - optimised transmission of scalable video in terms of source/channel coding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Carminati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Bacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Carminati</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Christophe Deknudt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Corlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Gharbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5219,64 +5219,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Carminati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">As Bacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Deknudt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Corlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Gharbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5911,51 +5911,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04057237v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Berviller" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoomeh Shireen Ansarnia" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Tisserand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schweitzer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tremeau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23052637" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03919940v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Zidane" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22041381" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924044v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poure" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Rabah" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics9020264" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02079450v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vidales" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSENS.2018.2875265" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337863v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Jovanovic" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Berviller" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Weber" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20171019" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397368v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Humbert" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2015.3738" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397371v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2016.1398" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397359v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinmi Lezama" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2014.09.011" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397356v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2015.1246" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983274v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ahmad" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Amira" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rabah" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-spr.2011.0392" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337991v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tanougast" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Janiaut" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Weber" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSVT.2008.2009254" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983479v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mannino" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2008.06.013" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L8RKTMBF-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983477v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camel Tanougast" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983637v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207210600628230" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983636v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207210600900423" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938690v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983690v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Brunet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983762v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Brunet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0141-9331(02)00102-3" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JNC1LX5P-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938617v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/S1110865703212051" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337831v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140571v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruobo Chu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yueyang Jiang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bonnet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HLM54538.2022.9969784" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938675v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWSOC.2003.1213016" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983465v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Guarisco" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belkouch" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SOCCON.2009.5398004" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938768v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWRSP.2004.1311111" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938764v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dabellani" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Marques" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2011.6122199" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983315v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guarisco" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2010.5653472" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983468v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Deknudt" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Corlay" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Bacquet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Coudoux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBMSB.2009.5133730" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474153v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Salem" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Carminati" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Senoussaoui" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Renan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GIIS.2009.5307043" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983467v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-S. Bacquet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474152v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575453v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gharbi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03565818v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Karimi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Saadate" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2007.4511088" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938667v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Perez" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2006.296142" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983646v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FPL.2005.1515752" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983649v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCECE.2005.1557320" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099834v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cansell" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique M&#233;ry" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Proch" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983311v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afandi Ahmad" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abbes Amira" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APCCAS.2010.5774903" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983687v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Janiaut" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mannino" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938744v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-30117-2_120" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-TXLRZXR4-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983752v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983476v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Carminati" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=As Bacquet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gharbi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938800v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983755v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01754257v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1998NAN10001" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04057237v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Berviller" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoomeh Shireen Ansarnia" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Tisserand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schweitzer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tremeau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23052637" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03919940v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Zidane" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22041381" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924044v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poure" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Rabah" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics9020264" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02079450v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vidales" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSENS.2018.2875265" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337863v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Jovanovic" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Berviller" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Weber" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20171019" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397368v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Humbert" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2015.3738" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397371v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2016.1398" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397359v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinmi Lezama" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2014.09.011" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397356v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2015.1246" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983274v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ahmad" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Amira" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rabah" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-spr.2011.0392" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337991v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tanougast" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Janiaut" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Weber" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSVT.2008.2009254" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983479v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mannino" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2008.06.013" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L8RKTMBF-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983477v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camel Tanougast" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983637v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207210600628230" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983636v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207210600900423" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938690v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983690v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Brunet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983762v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Brunet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0141-9331(02)00102-3" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JNC1LX5P-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938617v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/S1110865703212051" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337831v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140571v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruobo Chu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yueyang Jiang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bonnet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HLM54538.2022.9969784" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938675v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWSOC.2003.1213016" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983465v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Guarisco" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belkouch" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SOCCON.2009.5398004" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938768v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWRSP.2004.1311111" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938764v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dabellani" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Marques" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2011.6122199" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983315v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guarisco" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2010.5653472" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474153v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Salem" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Carminati" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Senoussaoui" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Renan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Bacquet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GIIS.2009.5307043" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983468v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Deknudt" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Corlay" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Coudoux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBMSB.2009.5133730" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983467v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-S. Bacquet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474152v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575453v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gharbi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03565818v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Karimi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Saadate" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2007.4511088" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938667v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Perez" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2006.296142" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983646v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FPL.2005.1515752" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983649v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCECE.2005.1557320" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099834v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cansell" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique M&#233;ry" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Proch" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983311v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afandi Ahmad" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abbes Amira" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APCCAS.2010.5774903" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983687v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Janiaut" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mannino" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938744v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-30117-2_120" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-TXLRZXR4-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983752v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983476v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Carminati" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=As Bacquet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gharbi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938800v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983755v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01754257v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1998NAN10001" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>