--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Yves DAVILA </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chercheur Post doctorant chargé des projets R&D</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">yves-davila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-7232-2856</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">191162833</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strain measurements through fiber Bragg grating sensors embedded in composite structure: from curing to blast loading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Paccou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Barbarin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Dynamic Behavior of Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40870-025-00499-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05342339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-scale variability of sandwich architecture with bamboo strip reinforced composite skins: an issue for packaging stress analysis?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Hichem Saihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Henri Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Composite Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, pp.JCM-25-0777.R1_Proof_hi. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00219983251413399⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05342344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-instrumented technological evaluator for elastic properties identification in bio-based tertiary packaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Hichem Saihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Henri Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Composite Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, Received November 12, 2024 Revised April 24, 2025 Accepted April 24, 2025 Online May 7, 2025, pp.SAGE Publications ISSN0021-9983 eISSN1530-793X. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00219983251340867⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05048312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proof of a composite repair concept for aeronautical structures: a simplified method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanics &amp; Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 20 (8), pp.812. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/meca/2020056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02909687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification and Modelling of the In-Plane Reinforcement Orientation Variations in a CFRP Laminate Produced by Manual Lay-Up</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Henri Grunevald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Composite Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 25 (3), pp.647-660. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10443-017-9642-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01841945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Evolution of the Thickness Variations over a CFRP Laminated Structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Henri Grunevald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Composite Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 24 (5), pp.1201 - 1215. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10443-016-9573-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01841955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usinage par jet d’eau abrasif pour la réparation de pièces composites primaires aéronautiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cénac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des composites et des matériaux avancés = Journal of Composite and Advanced Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 23 (3), pp.459--482. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rcma.23.459-482⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02180499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réparation de pièces structurales monolithiques aéronautiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Henri Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème Journées Nationales sur les Composites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École Nationale Supérieure d'Arts et Métiers (ENSAM) - Bordeaux, Jul 2019, Bordeaux, Talence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02423014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation de la variabilité des structures composites à matrice polymère et fibres longues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Rocher Gleizes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GFP 2018 - 47e colloque national du Groupe Français d’études et d’applications des Polymères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced Methodology to Evaluate Design of Bonded Large Composite Repair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Henri Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Cerisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sampe Europe Conference &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Liège, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation numérique avec prise en compte de la continuité spatiale des variabilités réparties sur évaluateurs CFRP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNC19 - 19èmes Journées Nationales sur les Composites, Lyon (France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repair of primary composite structures - a challenge in aeronautics for the composite solution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cerisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane Zitoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Franco-Chinese Symposium on Damage and Fracture of Composite Structures: Assessment and Monitoring, Tarbes (France), July 14 - 17</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Tarbes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cure monitoring of an autoclave manufactured industrial part: added value of complementary instrumentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Luyckx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sonnenfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCM-19 – The 19th International Conference on Composite Materials, Montréal (Canada), July 28 – August 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Montréal, Canada. pp.1178-1187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02183204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des sources de variabilités d’une structure composite CFRP réalisée en autoclave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th JNC, Journées Nationales sur les Composites, Nantes, France.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02183346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des avancées dans le suivi de cuisson des pièces composites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Luyckx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sonnenfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th JNC, Journées Nationales sur les Composites, Nantes, France.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02183347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Added value of technological evaluators for structural repair characterization: MITE Toolbox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cerisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEICO13 – Sampe Europe 34th International Conference &amp; Forum, Paris (France), March 11-12</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Paris, France. pp.179-186</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02183706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation numérique et expérimentale d’une réparation en double escalier sous chargements combinées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th JNC, Journées Nationales sur les Composites, Nantes, France.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02183345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of step-lap repairs from elementary coupons to structural evaluators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEICO13 – Sampe Europe 34th International Conference &amp; Forum, Paris (France), March 11-12</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Paris, France. pp.167-172</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02183705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of sources of variability in CRFP plates cured in autoclave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCM-19 – The 19th International Conference on Composite Materials, Montréal (Canada), July 28 – August 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Montréal, Canada. pp.2560-2567</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02183205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Primary principal composite structure repair with multi-instrumented technological evaluator tool box</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCM15 - The 15th European Conference on Composite Materials, Venice (Italy), June 24-28</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Venice, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large repair for aeronautics’ primary principal composite structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Aircraft Materials ACMA 2012, Fez (Morocco).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Fez, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02187144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Embedded instrumentation: from coupon level to a representative composite part</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Luyckx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sonnenfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Lammens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEICO12 - Sampe Europe 33rd International Technical Conference &amp; Forum, Paris (France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Paris, France. pp.262-291</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of double step lap composite repairs on CFRP evaluators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCM15 - The 15th European Conference on Composite Materials, Venice (Italy), June 24-28.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Venice, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting the temperature insensitivity of the modal birefringence of micro-structured fibre Bragg gratings for cure cycle monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Luyckx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sonnenfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Lammens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Workshop on the use of Optical Fibres for monitoring Composites manufacturing process, Toulouse (France), 28-29 nov.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02187230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability in Monolithic Composite Parts: From Data Collection to FE Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Henri Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Futuristic Composites. Materials Horizons: From Nature to Nanomaterials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.75-97, 2018, </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-13-2417-8_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02015363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repairing composites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane Zitoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Composites Manufacturing and Process Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, © 2015 Elsevier Ltd, 2015, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-1-78242-307-2.00010-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02055803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-scale study of the material-processing coupling for the identification and modelling of variabilities in a composite structure.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Materials and structures in mechanics [physics.class-ph]. Université toulouse 3 Paul Sabatier, 2015. English. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2015TOU30009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04914153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId70"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Yves DAVILA </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chercheur Post doctorant chargé des projets R&D</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">yves-davila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-7232-2856</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">191162833</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-scale variability of sandwich architecture with bamboo strip reinforced composite skins: an issue for packaging stress analysis?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Hichem Saihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Henri Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Composite Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, pp.JCM-25-0777.R1_Proof_hi. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00219983251413399⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05342344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strain measurements through fiber Bragg grating sensors embedded in composite structure: from curing to blast loading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Paccou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Barbarin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Dynamic Behavior of Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40870-025-00499-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05342339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-instrumented technological evaluator for elastic properties identification in bio-based tertiary packaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Hichem Saihi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Sassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Henri Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Composite Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, Received November 12, 2024 Revised April 24, 2025 Accepted April 24, 2025 Online May 7, 2025, pp.SAGE Publications ISSN0021-9983 eISSN1530-793X. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00219983251340867⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05048312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proof of a composite repair concept for aeronautical structures: a simplified method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanics &amp; Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 20 (8), pp.812. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/meca/2020056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02909687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification and Modelling of the In-Plane Reinforcement Orientation Variations in a CFRP Laminate Produced by Manual Lay-Up</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Henri Grunevald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Composite Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 25 (3), pp.647-660. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10443-017-9642-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01841945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Evolution of the Thickness Variations over a CFRP Laminated Structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Henri Grunevald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Composite Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 24 (5), pp.1201 - 1215. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10443-016-9573-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01841955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usinage par jet d’eau abrasif pour la réparation de pièces composites primaires aéronautiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cénac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des composites et des matériaux avancés = Journal of Composite and Advanced Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 23 (3), pp.459--482. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rcma.23.459-482⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02180499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réparation de pièces structurales monolithiques aéronautiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Henri Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème Journées Nationales sur les Composites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École Nationale Supérieure d'Arts et Métiers (ENSAM) - Bordeaux, Jul 2019, Bordeaux, Talence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02423014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation de la variabilité des structures composites à matrice polymère et fibres longues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Rocher Gleizes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GFP 2018 - 47e colloque national du Groupe Français d’études et d’applications des Polymères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced Methodology to Evaluate Design of Bonded Large Composite Repair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Henri Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Cerisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sampe Europe Conference &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Liège, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation numérique avec prise en compte de la continuité spatiale des variabilités réparties sur évaluateurs CFRP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNC19 - 19èmes Journées Nationales sur les Composites, Lyon (France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repair of primary composite structures - a challenge in aeronautics for the composite solution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cerisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane Zitoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Franco-Chinese Symposium on Damage and Fracture of Composite Structures: Assessment and Monitoring, Tarbes (France), July 14 - 17</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Tarbes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cure monitoring of an autoclave manufactured industrial part: added value of complementary instrumentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Luyckx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sonnenfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCM-19 – The 19th International Conference on Composite Materials, Montréal (Canada), July 28 – August 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Montréal, Canada. pp.1178-1187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02183204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des avancées dans le suivi de cuisson des pièces composites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Luyckx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sonnenfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th JNC, Journées Nationales sur les Composites, Nantes, France.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02183347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des sources de variabilités d’une structure composite CFRP réalisée en autoclave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th JNC, Journées Nationales sur les Composites, Nantes, France.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02183346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Added value of technological evaluators for structural repair characterization: MITE Toolbox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cerisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEICO13 – Sampe Europe 34th International Conference &amp; Forum, Paris (France), March 11-12</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Paris, France. pp.179-186</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02183706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation numérique et expérimentale d’une réparation en double escalier sous chargements combinées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th JNC, Journées Nationales sur les Composites, Nantes, France.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02183345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of step-lap repairs from elementary coupons to structural evaluators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEICO13 – Sampe Europe 34th International Conference &amp; Forum, Paris (France), March 11-12</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Paris, France. pp.167-172</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02183705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of sources of variability in CRFP plates cured in autoclave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCM-19 – The 19th International Conference on Composite Materials, Montréal (Canada), July 28 – August 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Montréal, Canada. pp.2560-2567</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02183205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large repair for aeronautics’ primary principal composite structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Aircraft Materials ACMA 2012, Fez (Morocco).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Fez, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02187144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Primary principal composite structure repair with multi-instrumented technological evaluator tool box</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCM15 - The 15th European Conference on Composite Materials, Venice (Italy), June 24-28</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Venice, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Embedded instrumentation: from coupon level to a representative composite part</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Luyckx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sonnenfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Lammens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEICO12 - Sampe Europe 33rd International Technical Conference &amp; Forum, Paris (France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Paris, France. pp.262-291</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of double step lap composite repairs on CFRP evaluators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCM15 - The 15th European Conference on Composite Materials, Venice (Italy), June 24-28.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Venice, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting the temperature insensitivity of the modal birefringence of micro-structured fibre Bragg gratings for cure cycle monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Luyckx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sonnenfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Lammens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Workshop on the use of Optical Fibres for monitoring Composites manufacturing process, Toulouse (France), 28-29 nov.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02187230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability in Monolithic Composite Parts: From Data Collection to FE Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Henri Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Futuristic Composites. Materials Horizons: From Nature to Nanomaterials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.75-97, 2018, </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-13-2417-8_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02015363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repairing composites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-H. Grunevald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Crouzeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Douchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redouane Zitoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Composites Manufacturing and Process Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, © 2015 Elsevier Ltd, 2015, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-1-78242-307-2.00010-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02055803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-scale study of the material-processing coupling for the identification and modelling of variabilities in a composite structure.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Davila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Materials and structures in mechanics [physics.class-ph]. Université toulouse 3 Paul Sabatier, 2015. English. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2015TOU30009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04914153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId70"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E91CB420"/>
+    <w:nsid w:val="59634011"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yves-davila" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7232-2856" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/191162833" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342339v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Paccou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Collombet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Barbarin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Crouzeix" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Davila" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40870-025-00499-1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342344v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hichem Saihi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Sassi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Henri Grunevald" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00219983251413399" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048312v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00219983251340867" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909687v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Avila" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Morales" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2020056" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841945v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Douchin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10443-017-9642-4" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841955v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10443-016-9573-5" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180499v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. C&#233;nac" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.-H. Grunevald" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rcma.23.459-482" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/27B450B16BE960FA7113D8EEAE0F03C1DC8EDF5E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423014v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087142v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rocher Gleizes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087140v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Cerisier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052190v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Douchin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052580v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cerisier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane Zitoune" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183204v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Luyckx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sonnenfeld" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183346v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183347v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183706v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183345v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183705v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183205v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02186850v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zeng" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187144v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02186961v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lammens" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02186849v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187230v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015363v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-13-2417-8_3" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055803v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78242-307-2.00010-5" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04914153v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015TOU30009" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/yves-davila" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7232-2856" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/191162833" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342344v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hichem Saihi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Collombet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Sassi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Henri Grunevald" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Davila" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00219983251413399" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342339v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Paccou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Barbarin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Crouzeix" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40870-025-00499-1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048312v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00219983251340867" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909687v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Avila" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Morales" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2020056" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841945v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Douchin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10443-017-9642-4" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841955v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10443-016-9573-5" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180499v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. C&#233;nac" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.-H. Grunevald" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rcma.23.459-482" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/27B450B16BE960FA7113D8EEAE0F03C1DC8EDF5E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423014v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087142v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rocher Gleizes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087140v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Cerisier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052190v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Douchin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052580v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cerisier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane Zitoune" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183204v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Luyckx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sonnenfeld" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183347v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183346v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183706v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183345v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183705v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183205v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187144v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02186850v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zeng" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02186961v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lammens" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02186849v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187230v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015363v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-13-2417-8_3" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055803v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78242-307-2.00010-5" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04914153v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015TOU30009" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>